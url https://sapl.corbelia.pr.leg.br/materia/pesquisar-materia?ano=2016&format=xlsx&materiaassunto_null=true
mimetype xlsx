--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR PERMUTA DE IMÓVEIS ENTRE O MUNICÍPIO DE CORBÉLIA E A SRA. NILVA MOREIRA DA COSTA E SEU MARIDO BENINGO DA COSTA.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Gilberto de Souza</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A LOGRADOURO PÚBLICO DA VILA RURAL NOSSA SENHORA DA SALETE, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Dangelles Decki, Chui, Guiomar Voss Jandrey, Zezinho Milhome</t>
   </si>
@@ -225,51 +225,51 @@
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM A ASSOCIAÇÃO DOS PAIS E AMIGOS DOS EXCEPCIONAIS - APAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE DOTAÇÃO NO PPA 2014-2017, E AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO II DO ARTIGO 2º DA LEI MUNICIPAL Nº 894 DE 02 DE OUTUBRO DE 2015.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Dangelles Decki, Chui, Gilberto de Souza, Guiomar Voss Jandrey, José Osni Alves, Maico Xuxão José Aldebrand , Marcio Antonio Auache , Nei Pauvels, Paulinho Zaquette, Zezinho Milhome</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO REVERENDÍSSIMO PADRE OVÍDIO NATAL BREDA</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
@@ -718,68 +718,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="165.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="89.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>