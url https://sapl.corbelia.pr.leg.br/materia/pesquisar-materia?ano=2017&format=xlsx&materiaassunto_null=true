--- v0 (2025-11-28)
+++ v1 (2026-03-14)
@@ -54,1956 +54,1956 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO/REPOSIÇÃO INFLACIONÁRIA GERAL À REMUNERAÇÃO DOS SERVIDORES ATIVOS E INATIVOS DO PODER EXECUTIVO MUNICIPAL E AUTARQUIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Paulo do Raio X, Eli Stefanello, Luis Sturmer, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL Á REMUNERAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Eli Stefanello, Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O OFERECIMENTO DE ORIENTAÇÃO DE NOÇÕES DE PRIMEIROS SOCORROS ÀS PARTURIENTES, GESTANTES EM UNIDADES BÁSICAS DE SAÚDE, SITUADAS NO MUNICÍPIO DE CORBELIA.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2018, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Paulo do Raio X, Chui, Cordeiro, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL N° 753 DE 28 DE DEZEMBRO DE 2011 QUE DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE INCENTIVO A ATIVIDADES AGROPECUÁRIAS RURAIS, DENOMINADO DE </t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO A FIRMAR PARCELAMENTO COM O CONSAMU - CONSÓRCIO INTERMUNICIPAL SAMU OESTE, DA FORMA QUE ESPECIFICA, E, DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO A RECONHECER DÍVIDA E REALIZAR PARCELAMENTO JUNTO Á AMOP - ASSOCIAÇÃO DOS MUNICÍPIOS DO OESTE DO PARANÁ, E, DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 959 DE 15 DE MAIO DE 2017 QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CÂMARA MUNICIPAL DE CORBÉLIA A FIRMAR CONVÊNIO COM AGENTES INTEGRADORES E OU INSTITUIÇÕES DE ENSINO, PÚBLICAS E/OU PRIVADAS, PARA O OFERECIMENTO DE ESTÁGIO PROFISSIONAL. </t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE COMPRAS GOVERNAMENTAL. </t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PUBLICAÇÃO, NO PORTAL DA TRANSPARÊNCIA DO MUNICÍPIO DE CORBÉLIA, AS LISTAS DOS PACIENTES QUE AGUARDAM POR CONSULTAS, EXAMES E INTERVENÇÕES CIRÚRGICAS NOS ESTABELECIMENTOS DA REDE PÚBLICA DE SAÚDE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 621 DE 30 DE AGOSTO DE 2005 QUE DÁ A NOMENCLATURA AO CENTRO DE EVENTOS DO MUNICÍPIO DE CORBÉLIA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2018-2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ORÇAMENTO ANUAL DO MUNICÍPIO DE CORBÉLIA, PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO PECUNIÁRIO AOS AGENTES VOLUNTÁRIOS QUE ATUAM NO SERVIÇO DE RECUPERAÇÃO DE NASCENTES E MATAS CILIARES. </t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 639 DE 26 DE DEZEMBRO 2005 - CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE COMPLEMENTAÇÃO DE VENCIMENTOS AOS SERVIDORES OCUPANTES DE CARGOS DE PROFESSOR, PARA O FIM ESPECÍFICO DE ADEQUAÇÃO AO PISO SALARIAL PROFISSIONAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, NOS TERMOS EM QUE PRECEITUA A LEI FEDERAL N° 11.738/2008 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Cordeiro, Chui, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O DIA DO GAÚCHO NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE CORBÉLIA. </t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATA DE CONFISSÃO DE DÍVIDA E LIQUIDAÇÃO DAS CONTRIBUIÇÕES DEVIDAS À CAIXA DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CORBÉLIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE PRORROGAÇÃO DA LICENÇA MATERNIDADE NO ÂMBITO DA ADMINISTRAÇÃO DIRETA, AUTÁRQUICA E FUNDACIONAL DO PODER EXECUTIVO DO MUNICÍPIO DE CORBÉLIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ANEXO I, ITEM 5, DA LEI MUNICIPAL Nº 823/2013 CONCEDENDO AUMENTO DE VAGAS REAIS AO QUADRO PRÓPRIO DO MAGISTÉRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º DA LEI MUNICIPAL Nº 874/2015 E INCLUI O ANEXO I-A E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO SERVIÇO DE LIONS CLUBE NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE CORBÉLIA.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LIMPEZA NOS IMÓVEIS URBANOS, DOS SERVIÇOS DE COLETA DE ENTULHOS NO MUNICÍPIO DE CORBÉLIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA LOTEAMENTO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DE BRINQUEDOS ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIA EM LOCAIS PÚBLICOS E PRIVADOS DE LAZER.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE PROGRAMA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO DE INCENTIVO À CULTURA DE FLORES E DE PLANTAS ORNAMENTAIS DE QUALIDADE.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>ATUALIZA A LISTA DE SERVIÇOS E DISPÕE SOBRE A NOTA FISCAL DE SERVIÇOS ELETRONICA - NFS-E</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx</t>
   </si>
   <si>
     <t>OUTORGA TÍTULO DE MÉRITO COMUNITÁRIO AO MUNÍCIPE VALDIR DUPONT</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO MUNICÍPIO DE CORBÉLIA RELATIVAS AO EXERCÍCIO DE 2014. </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REJEIÇÃO DAS CONTAS DO MUNICÍPIO DE CORBÉLIA RELATIVAS AO EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º DO PROJETO DE LEI Nº 048/2016</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Eli Stefanello, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º E ARTIGO 2º DO PROJETO DE LEI Nº 8/2017</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI N° 008/2017 ALTERANDO O ARTIGO 4°.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CEFO - Comissão de Economia, Finanças e Orçamento, CICA - Comissão de Indústria, Comércio e Agropecuária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE DISPOSITIVOS ALTERADOS PELOS ARTIGOS 2° E 3° E ACRESCENTA DISPOSITIVO NO TEXTO DO ARTIGO 4° TODOS DO PROJETO DE LEI N° 019/2017.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>CICA - Comissão de Indústria, Comércio e Agropecuária, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE DISPOSITIVOS PREVISTOS NOS ARTIGOS 2º E 3º E ACRESCENTA DISPOSITIVO NO TEXTO DO ARTIGO 4º TODOS DO PROJETO DE LEI Nº 018/2017</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CECS - Comissão de Educação, Cultura e Saúde, CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO PROJETO DE LEI Nº 020/2017, ESPECIALMENTE A CLÁUSULA DE PROMULGAÇÃO E ARTIGO 2º, COM A FINALIDADE DE APERFEIÇOAR A TÉCNICA LEGISLATIVA.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CECS - Comissão de Educação, Cultura e Saúde</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 26 DE 13 DE NOVEMBRO DE 2017: DÁ NOVA REDAÇÃO, INCLUI E REVOGA ESTRATÉGIAS INTEGRANTES DO ANEXO I DA LEI MUNICIPAL Nº 874 DE 25 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>RETIFICA A REDAÇÃO DO ART. 12 DO PLO Nº 17/2017</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO PROJETO DE LEI Nº 025/2017, ESPECIALMENTE A EMENTA, A CLÁUSULA DE PROMULGAÇÃO E ARTIGO 2º, COM A FINALIDADE DE APERFEIÇOAR A TÉCNICA LEGISLATIVA.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E EXCLUI O ARTIGO 1º DO PROJETO DE LEI Nº 032/2017, COM A FINALIDADE DE ADEQUAR À LEGISLAÇÃO E APERFEIÇOAR A TÉCNICA LEGISLATIVA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>INCLUI AÇÕES AO ANEXO DE PROGRAMAS FINALÍSTICOS E DE APOIO ADMINISTRATIVO DO PROJETO DE LEI Nº 016/2017 - PPA 2018 A 2021</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 320/17 - PRIMEIRA CÂMARA DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ. PRESTAÇÃO DE CONTAS PODER EXECUTIVO DO MUNICÍPIO DE CORBÉLIA. EXERCÍCIO DE 2015. MANIFESTAÇÕES UNIFORMES. CONTAS IRREGULARES.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES DA SITUAÇÃO FUNCIONAL RELATIVO AS FÉRIAS DOS SERVIDORES DO MUNICÍPIO DE CORBÉLIA. </t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES AO PODER EXECUTIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DOCUMENTAÇÃO DO PROCESSO DE LICITAÇÃO DA COMPRA DOS REMÉDIOS DA SECRETARIA DE SAÚDE DO MUNICÍPIO REFERENTES AO PERÍODO FINAL DO ANO DE 2016 E TAMBÉM AS QUE FORAM REALIZADAS NO ANO DE 2017, BEM COMO A RELAÇÃO DOS ITENS QUE FORAM COMPRADOS. </t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ENVIADOS OS DADOS RELATIVOS Á PRESTAÇÃO DE ATENDIMENTO EM EXAME RADIOLÓGICO DE MAMOGRAFIA. REQUER AINDA QUE SEJAM INFORMADOS OS VALORES DESPENDIDOS PELA ADMINISTRAÇÃO PÚBLICA NO PAGAMENTO DOS EXAMES DE MAMOGRAFIA, BEM COMO A PERIODICIDADE DE REALIZAÇÃO DOS EXAMES E A QUANTIDADE DE BENEFICIÁRIOS, E TAMBÉM A QUANTIDADE DE PROFISSIONAIS QUE SÃO NECESSÁRIOS PARA A REALIZAÇÃO DOS EXAMES.  </t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>Cordeiro, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES REFERENTES ÀS RUAS NAS QUAIS ESTÃO SENDO E OU IRÃO SER FEITOS OS TAPA BURACOS NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM AO SENHOR PREFEITO QUE DISPONIBILIZE INFORMAÇÕES REFERENTES AOS PAGAMENTOS DO PASEP.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREM AO SENHOR PREFEITO QUE DISPONIBILIZE INFORMAÇÕES REFERENTES AO PASSIVO TRABALHISTA DA PREFEITURA MUNICIPAL, EM ANDAMENTO E EM FASE DE EXECUÇÃO. </t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES REFERENTES AOS VALORES ARRECADADOS COM OS HORÁRIOS DO GINÁSIO DE ESPORTES, DO CAMPO SOCIEY E DA PRAÇA PARAGUAY.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A PRESENTE PROPOSIÇÃO REQUER A CÂMARA MUNICIPAL DE CORBÉLIA QUE NOMEIE COMISSÃO ESPECIAL COM A FINALIDADE DE CONCESSÃO DE TÍTULO HONORÍFICO AO MUNÍCIPE DR. JOSÉ ACÁCIO HNATUW. </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Cordeiro, Eli Stefanello, Luis Sturmer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREM AO SENHOR PREFEITO QUE DISPONIBILIZE INFORMAÇÕES REFERENTES AO CUMPRIMENTO DE HORAS EXTRAS DE TODOS OS SERVIDORES DA PREFEITURA. </t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES RELATIVAS A TAXA DE ILUMINAÇÃO, INCLUINDO VALORES ARRECADADOS E SUA DESTINAÇÃO. </t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRAMITAÇÃO DO PLO 12/2017.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ivo</t>
   </si>
   <si>
     <t xml:space="preserve">VERIFICAÇÃO DAS PLACAS DE SINALIZAÇÃO DE TRÂNSITO DE TODAS AS RUAS DO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE ILUMINAÇÃO DO CAMPO DE FUTEBOL SUIÇO NA COMUNIDADE DO PLANALTO DO PIQUIRIZINHO EM CORBÉLIA. </t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REFORMA DA ACADEMIA DA TERCEIRA IDADE EM FRENTE AO GINÁSIO. </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PODA DE ÁRVORE NO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REFORMA DO GINÁSIO DE ESPORTES JOSÉ BENTO RODRIGUES LOCALIZADO NO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA CRESCENCIO MUNIZ NO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE PINTURA E REPAROS EM TODA ESTRUTURA DO POSTO DE SAÚDE DO DISTRITO DO OURO VERDE DO PIQUIRI, INCLUINDO O PÁTIO. </t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS NA PRAÇA CENTRAL DO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO DE MANUTENÇÃO DO ASFALTO NA AVENIDA SAPUCAÍ COM PIQUIRI E LEOPOLDO FREDERICO TRENTIN LOCALIZADAS NO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA NOMENCLATURA DO CENTRO DE EVENTOS LEONEL DE MOURA BRIZOLA PARA LAUDEMIR TURRA.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE REFORMA, MELHORIAS E INSTALAÇÃO DE UMA ACADEMIA DA TERCEIRA IDADE NA PRAÇA ARMANDIO DE MELLO PEREIRA LOCALIZADA NA AVENIDA MINAS GERAIS COM INÍCIO DA RUA FLANBOYANT, BEM COMO COLOCAR UMA PLACA CONTENDO A NOMENCLATURA DE IDENTIFICAÇÃO DA PRAÇA.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUBSTITUIÇÃO DA QUADRA DE AREIA LOCALIZADA NO JARDIM NOVA REPÚBLICA (BNH) POR UMA ACADEMIA DA TERCEIRA IDADE, BEM COMO MELHORIAS E REVITALIZAÇÃO DO LOCAL. </t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVITALIZAÇÃO DA AVENIDA RIO GRANDE DO SUL INCLUINDO TROCA DE CALÇADAS, PLANTIO DE NOVAS ÁRVORES E RETIRADAS DE ÁRVORES ANTIGAS. </t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE ABRIGO PARA OS VEÍCULOS DO MUNICÍPIO A DISPOSIÇÃO DA UNIDADE BÁSICA DE SAÚDE CENTRAL, BEM COMO A CONSTRUÇÃO DE COBERTURA NA ENTRADA PARA TODAS AS UBS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Luis Sturmer, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ÁREA DE ESCAPE NA ESTRADA QUE LIGA Á LOCALIDADE COLÔNIA NOVA.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE NIVELAMENTO DO SOLO COM UMA BASE REFORÇADA UTILIZANDO PÓ DE PEDRA NA PISTA DE CAMINHADA DO ESTÁDIO PAULO ROBERTO DE SOUZA. </t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAÇÃO AO SR. PREFEITO MUNICIPAL PARA QUE PROCEDA A MANUTENÇÃO DE TODAS AS PONTES NO MUNICÍPIO DE CORBÉLIA, ADEQUANDO COM A IMPLANTAÇÃO DE CONSTRUÇÃO EM ALVENARIA. </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE UM PROJETO CONTENDO O LEVANTAMENTO DE CUSTOS (ORÇAMENTO) NO INTUITO DE VIABILIZAR RECURSOS PARA EXECUTAR O MANILHAMENTO NO TRECHO INICIAL DA ESTRADA QUE LIGA A BARRA BONITA ATÉ NA PONTE DO RIO RANCHO MUNDO. </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS NA ILUMINAÇÃO PÚBLICA NA RUA PIRETRO LOCALIZADA NO BAIRRO VILA NOVA NAZARÉ BEM COMO A INSTALAÇÃO DE MAIS UM POSTE NO INÍCIO DA RUA. </t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Eli Stefanello, Luis Sturmer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE UTILIZAÇÃO DO CENTRO DE EVENTOS LEONEL DE MOURA BRIZOLA PARA QUE OS MUNÍCIPES REALIZEM SUAS CAMINHADAS EM DIAS DE CHUVA E/OU MUITO FRIO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE IMPLANTAÇÃO DE UTILIZAÇÃO DE UNIFORME PARA OS FUNCIONÁRIOS, BEM COMO CRACHÁS CONTENDO A IDENTIFICAÇÃO PESSOAL E A RESPECTIVA FUNÇÃO DE CADA UM. </t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Eli Stefanello, Gaúcho da Farmácia, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO PARA QUE A SECRETARIA DE SAÚDE REALIZE UM LEVANTAMENTO DE TODOS AQUELES QUE PRECISAM SE VACINAR CONTRA A FEBRE AMARELA E TAMBÉM NOTIFICAR ESSAS PESSOAS DA NECESSIDADE DA VACINAÇÃO. </t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE IMPLANTAÇÃO DO SISTEMA DE EMISSÃO DE NOTA FISCAL ELETRÔNICA NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Luis Sturmer, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUIR UM REDUTOR DE VELOCIDADE NA RUA PRIMAVERA, LOCALIZADA NA ALTURA DO LAGO MUNICIPAL, NO INTUITO DE PROVER A SEGURANÇA DOS MORADORES E DA POPULAÇÃO DE MODO GERAL. </t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE CONFECÇÃO DE PROJETO DE CONCLUSÃO DE ASFALTO NO BAIRRO VILA NOVA NAZARÉ, BEM COMO DE VERBA PARA CUSTEAR A OBRA JÁ EXISTENTE.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE CONTRATAÇÃO DE UMA EMPRESA ESPECIALIZADA PARA REALIZAR A LIMPEZA DOS BUEIROS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE ELABORAÇÃO DE OFÍCIO SOLICITANDO A REALIZAÇÃO DO FESTIVAL DE MÚSICA </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONSTRUÇÃO DE MEIO FIO E BUEIROS NA RUA COPO DE LEITE, LOCALIZADA ENTRE AS RUAS FLOR DE MARACUJÁ E GLICÍNEO, BEM COMO A MANUTENÇÃO DAS MANILHAS QUE REALIZAM O ESCOAMENTO DAS ÁGUAS DAS CHUVAS.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>José Osni Alves</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE TROCA DAS LÂMPADAS DA ILUMINAÇÃO PÚBLICA LOCALIZADA NA RUA HORTÊNCIA - CENTRO.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE 250M² DE GRAMA SINTÉTICA PARA O PARQUE INFANTIL DA ESCOLA MUNICIPAL DOM BOSCO LOCALIZADA NO DISTRITO DA PENHA, BEM COMO, 456M² DE SOMBRITE PARA COBRIR O PARQUE E UMA ÁREA DE LAZER DOS ALUNOS DA REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE AMPLIAÇÃO DAS ENTRADAS DE ÁGUA DOS BUEIROS DE TODO O MUNICÍPIO DE CORBÉLIA BEM COMO, INSERIR GRADE DE PROTEÇÃO NOS MESMOS. </t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PRESENTE INDICAÇÃO SUGERE Á CÂMARA MUNICIPAL DE CORBÉLIA A CONCESSÃO DE TÍTULO HONORÍFICO AO MUNÍCIPE VALDIR DUPONT (CONHECIDO COMO VALDIR TUPA).</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE CONSTRUÇÃO DE UMA PASSARELA ELEVADA E ROTATÓRIA, OU IMPLANTAÇÃO DE SEMÁFORO NA AVENIDA SÃO PAULO COM RUA VITÓRIA RÉGIA. </t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>FORMAÇÃO DE UMA COMISSÃO MISTA OU UMA FORÇA TAREFA COM A FINALIDADE DE FISCALIZAR E BUSCAR SOLUÇÕES JUNTO AOS RESPONSÁVEIS PELO TRANSPORTE METROPOLITANO (CORBÉLIA &amp;#8211; CASCAVEL).</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE OBTENÇÃO DE LINHAS DE ÔNIBUS COM ORIGEM OURO VERDE DO PIQUIRI E DESTINO CASCAVEL AS 06:00HS E OUTRA COM ORIGEM CASCAVEL DESTINO OURO VERDE DO PIQUIRI AS 18:00HS PELA EMPRESA DE ÔNIBUS EXPRESSO MARINGÁ.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONSTRUÇÃO DE REDUTORES DE VELOCIDADE, SENDO DOIS NA RUA FLOR DE LIS, ATRÁS DO COLÉGIO DUQUE DE CAXIAS E OUTRO UM POUCO MAIS A FRENTE, E TAMBÉM UM NA RUA JOSÉ CITON QUE LIGA AO LOTEAMENTO MANTOVANI JARDIM JULIANA.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Paulo do Raio X, Cordeiro, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE QUAIS PROVIDÊNCIAS FORAM TOMADAS PELO PODER EXECUTIVO EM RELAÇÃO AO VALORES PAGOS PELA ADMINISTRAÇÃO ANTERIOR, POR OCASIÃO DA RESCISÃO DE CARGOS EM COMISSÃO.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE REFORMA GERAL NAS DEPENDÊNCIAS DA SUBPREFEITURA DO OURO VERDE DO PIQUIRI LOCALIZADA NA RUA SAPUCAÍ ESQUINA COM AVENIDA PIQUIRI. </t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE REFORMA NO CANTEIRO CENTRAL LOCALIZADO NA AVENIDA PARANÁ, SENDO NECESSÁRIA A SUBSTITUIÇÃO DAS CALÇADAS POR PAVER DOS DOIS LADOS E A CONSTRUÇÃO ONDE NÃO HOUVER, E TAMBÉM REMOVER AS ÁRVORES ANTIGAS E PLANTAR OUTRAS NO LUGAR, BEM COMO REALIZAR O PLANTIO DE FLORES NA PARTE CENTRAL ENTRE AS DUAS LATERAIS DE PAVER. </t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAR A CONSTRUÇÃO DE ESTACIONAMENTOS PARA MOTOCICLETAS NO CENTRO. </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t xml:space="preserve">ADEQUAÇÃO AO ATENDIMENTO DA SAÚDE MUNICIPAL. </t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Chui, Ivo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJAM REALIZADAS ADEQUAÇÕES E MELHORIAS NO DISTRITO DO OURO VERDE DO PIQUIRI TENDO EM VISTA DIVERSOS DANOS QUE ALGUNS MORADORES DO LOCAL ESTÃO SOFRENDO. </t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Chui</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS COM ADEQUAÇÃO E CASCALHO NA RUA FORMIGHERI BEM COMO VIABILIZAR O ESCOAMENTO DE ÁGUA E TERRA NA RUA FRANCISCO GLICÉRIO E OUTRAS, NO BAIRRO JARDIM VERA LÚCIA.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA PARANÁ, NAS PROXIMIDADES DO CRUZAMENTO COM A AVENIDA MINAS GERAIS PRÓXIMO Á GRÁFICA FORTUNATO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Zezinho Milhome, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM REFORÇO DE SINALIZAÇÃO DE TRÂNSITO DENTRO DO PERÍMETRO URBANO NO DISTRITO DA PENHA NA PR 574. </t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE REFORMA, BEM COMO AMPLIAÇÃO DO POSTO DE SAÚDE AVELINO BELTRAMIN LOCALIZADO NO DISTRITO DA PENHA. </t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MESA DIRETIVA E AO PODER EXECUTIVO QUE ENCAMINHEM OFÍCIO AO DEPUTADO FEDERAL NELSON PADOVANI SOLICITANDO UMA AMBULÂNCIA EQUIPADA PARA O MUNICÍPIO DE CORBÉLIA</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A PLANTAÇÃO DE ÁRVORES DOS DOIS LADOS DA RUA SAPUCAÍ LOCALIZADA NO DISTRITO DO OURO VERDE DO PIQUIRI BEM COMO SUBSTITUIR POR ÁRVORES ADEQUADAS ALGUMAS QUE ESTÃO DANIFICANDO AS CALÇADAS POR CONTA DE SUAS RAÍZES.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE GESTIONE JUNTO AOS ÓRGÃOS COMPETENTES A POSSIBILIDADE DE VIABILIZAR RECURSOS EM ÂMBITO ESTADUAL OU FEDERAL PARA REALIZAR A CONSTRUÇÃO DE ASFALTO OU CALÇAMENTO NO PARQUE INDUSTRIAL ALVISIO SCHNEIDER. </t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE VIABILIZE A POSSIBILIDADE DE DISPONIBILIZAR NA UBS (UNIDADE BÁSICA DE SAÚDE) DO BAIRRO VILA UNIDA ATENDIMENTO DE DENTISTA DE NO MÍNIMO DUAS VEZES POR SEMANA EM HORÁRIO DIFERENCIADO, SENDO DAS 18:00HS ÁS 22:00HS. </t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE UMA RAMPA DE ACESSO PARA CADEIRANTES NA UBS (UNIDADE BÁSICA DE SAÚDE) DO BAIRRO JARDIM VERA LÚCIA. </t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES SOLICITAM AO SENADO FEDERAL, Á CÂMARA DOS DEPUTADOS E Á BANCADA DO PARANÁ PARA QUE PERANTE A COMISSÃO ESPECIAL DA REFORMA PREVIDENCIÁRIA, VOTEM CONTRARIAMENTE A PROPOSTA DE EMENDA CONSTITUCIONAL N° 287/2016. </t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE GESTIONE JUNTO AOS ÓRGÃOS COMPETENTES EM ESFERA FEDERAL OU ESTADUAL PARA QUE SEJA VIABILIZADA A AQUISIÇÃO DE UM CAMINHÃO MUNCK O QUAL SERÁ UTILIZADO PARA REALIZAR A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A REALIZAÇÃO DE CONSTRUÇÃO DE DOIS REDUTORES DE VELOCIDADE NA COMUNIDADE RURAL DO PLANALTO, BEM COMO VIABILIZAR A SINALIZAÇÃO DOS MESMOS. </t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A IMPLANTAÇÃO DE UMA ACADEMIA DA TERCEIRA IDADE NA COMUNIDADE RURAL DO PLANALTO. </t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Eli Stefanello, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE GESTIONE JUNTO Á EMPRESA DE ÔNIBUS EXPRESSO MARINGÁ A REALIZAÇÃO DA ALTERAÇÃO NO TRAJETO DOS ÔNIBUS COM DESTINO Á CASCAVEL SENDO, AS 16:30HS PASSAR PELO TREVO CATARATAS E ÁS 17:30HS PASSAR PELO BAIRRO MORUMBI. </t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE CONSTRUÇÃO DE DOIS PARQUES INFANTIS, SENDO UM NO BAIRRO JARDIM VERA LÚCIA E OUTRO NO BAIRRO VILA UNIDA. </t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE CONSTRUÇÃO DE DOIS PARQUES INFANTIS, SENDO UM NO BAIRRO SANTA CATARINA E OUTRO NO BAIRRO ALVORADA DO SOL. </t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE RECOLOCAÇÃO DO PONTO DE ÔNIBUS QUE ESTAVA INSERIDO NA PRAÇA DR. NESTOR LOCALIZADA NA AVENIDA SÃO PAULO. </t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE PLACAS AÉREAS NAS AVENIDAS PRINCIPAIS INDICANDO A LOCALIZAÇÃO DOS ÓRGÃOS PÚBLICOS MUNICIPAIS, BAIRROS, HOSPITAL, DENTRE OUTROS. </t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAR MELHORIAS COM ADEQUAÇÕES NECESSÁRIAS E CASCALHO NA AVENIDA BRASÍLIA LOCALIZADA NO DISTRITO DO OURO VERDE DO PIQUIRI. </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CONSTRUÇÃO DE DUAS ACADEMIAS DA TERCEIRA IDADE SENDO UMA NO BAIRRO VILA UNIDA E OUTRA NA COMUNIDADE VILA RURAL.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO PARA QUE GESTIONE EM ESFERA ESTADUAL OU FEDERAL A AQUISIÇÃO DE UM APARELHO DE ECOGRAFIA PARA A UBS (UNIDADE BÁSICA DE SAÚDE) CENTRAL DO MUNICÍPIO E POSTERIORMENTE QUE ENCAMINHE O APARELHO UTILIZADO ATUALMENTE PARA ALGUM BAIRRO. </t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA JOSÉ CITON LOCALIZADA NA VILA SÃO JOSÉ EM FRENTE Á RESIDÊNCIA N° 132.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO PARA QUE GESTIONE JUNTO AO ÓRGÃO COMPETENTE A POSSIBILIDADE DE REALIZAR CASCALHAMENTO NA ESTRADA PRINCIPAL ONDE SE INICIA A COMUNIDADE DO PLANALTO PIQUIRIZINHO ATÉ A PROPRIEDADE DO SENHOR HÉLIO FROZZI. </t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE ESTEJA, JUNTO AO PODER PÚBLICO ADERINDO, FOMENTANDO E AUXILIANDO FINANCEIRAMENTE SE FOR POSSÍVEL, O PROJETO DE PLANTAÇÃO DE ORQUÍDEAS NAS ÁRVORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Luis Sturmer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA JOSÉ LIRA, LOCALIZADA NO BAIRRO CIDADE DAS FLORES, EM FRENTE Á RESIDÊNCIA N° 2086. </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE ESTEJA INSERINDO PLACAS DE SINALIZAÇÃO VERTICAL NOS BAIRROS VILA SÃO JOSÉ E JARDIM NOVA REPÚBLICA. </t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA PARA QUE SEJA PERMITIDA A REALIZAÇÃO DE PARCELAMENTO DAS TAXAS DE ALVARÁ E DE SAÚDE. </t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE ENCAMINHE LEI AO PODER LEGISLATIVO AUTORIZANDO E REGULAMENTANDO O PARCELAMENTO E A REMISSÃO DE DÉBITOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Paulo do Raio X, Cordeiro, Luis Sturmer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE QUANDO DETERMINAR PONTO FACULTATIVO EXCLUA DOS EFEITOS DO REFERIDO ATO AS ATIVIDADES DOS CMEIS. </t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A REALIZAÇÃO DA VIABILIZAÇÃO DE ILUMINAÇÃO PÚBLICA NA AVENIDA INDEPENDÊNCIA LOCALIZADA NO DISTRITO NOSSA SENHORA DA PENHA. </t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CASCALHAMENTO NA ESTRADA DA SEDE CAMPERA CTG (CENTRO DE TRADIÇÕES GAÚCHAS) RECORDANDO OS PAGOS Á ESTRADA QUE LIGA Á CAMPININHA.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE REALIZE A CONSTRUÇÃO OU ADEQUAÇÃO DE UMA CANCHA JÁ EXISTENTE PARA A PRÁTICA DE BOCHA NO MUNICÍPIO, NOS MOLDES OFICIAIS, EM PISO DE CARPETE. </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO A AQUISIÇÃO DE UMA MÁQUINA DE FRAUDAS PARA O MUNICÍPIO. </t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO QUE REALIZE A CONSTRUÇÃO DE UM ASSENTO DE ELEVAÇÃO NA RUA SAPUCAIA LOCALIZADA NO DISTRITO DO OURO VERDE DO PIQUIRI.  </t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO PARA QUE REALIZE AUDIÊNCIAS PÚBLICAS ANTES DA ELABORAÇÃO DA LOA (LEI ORÇAMENTÁRIA ANUAL) E PPA (PLANO PLURIANUAL) PARA TRATAR DOS ASSUNTOS PERTINENTES ENVOLVENDO TODAS AS SECRETARIAS, ANTES DA PROPOSITURA DOS PROJETOS NA CÂMARA MUNICIPAL. </t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DA CONSTRUÇÃO DE UM PONTO DE ÔNIBUS PRÓXIMO A UBS (UNIDADE BÁSICA DE SAÚDE) LOCALIZADA NO BAIRRO SANTA CATARINA.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Eli Stefanello, Cordeiro, Luis Sturmer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE VIABILIZE A AQUISIÇÃO DE UMA MÁQUINA PARA COMBATER A PROLIFERAÇÃO DE FORMIGAS NA ZONA RURAL E URBANA. </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE GESTIONE A VIABILIZAÇÃO DA ILUMINAÇÃO DA MARGINAL BR-369. </t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO PARA QUE GESTIONE A REALIZAÇÃO DE MELHORIAS E AMPLIAÇÃO DO PONTO DE ÔNIBUS DESTINADO AOS ESTUDANTES DO COLÉGIO ESTADUAL AMÂNCIO MORO, LOCALIZADO NA RUA CRAVO, BEM COMO A PINTURA DA SINALIZAÇÃO DAS RUAS E TAPA BURACOS PRÓXIMO AO COLÉGIO.  </t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE PROVIDENCIE A AMPLIAÇÃO DO CEMITÉRIO MUNICIPAL DE CORBÉLIA. </t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO QUE ALTERE A POSIÇÃO DOS ESTACIONAMENTOS DAS RUAS DO MUNICÍPIO PARA O SENTIDO FRONTAL, PRINCIPALMENTE NO CENTRO ONDE ESTÃO LOCALIZADOS OS COMÉRCIOS. </t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO QUE CONSTRUA UM REDUTOR DE VELOCIDADE NA RUA FLOR DE LIZ, EM FRENTE A CAPELA SANTA CATARINA. </t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A AMPLA PUBLICAÇÃO E INFORMAÇÃO DOS HORÁRIOS DE ATENDIMENTO DOS SERVIÇOS PÚBLICOS ESPECIALMENTE QUANDO NÃO HOUVER EXPEDIENTE OU ESTE FOR REDUZIDO. </t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE REALIZE UMA REFORMA NA RODOVIÁRIA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE GESTIONE JUNTO AO ÓRGÃO COMPETENTE A POSSIBILIDADE DE INSTALAR POSTES DE ILUMINAÇÃO PÚBLICA NO ESTÁDIO PAULO ROBERTO DE SOUZA. </t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DE CONTINUIDADE ÁS OBRAS INICIADAS NA UBS (UNIDADE BÁSICA DE SAÚDE) CENTRAL.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO QUE GESTIONE JUNTO AO ÓRGÃO COMPETENTE A POSSIBILIDADE DE COLOCAR UM BEBEDOR DE ÁGUA PRÓXIMO AO CAMPO SOCIETY LOCALIZADO EM FRENTE AO GINÁSIO DE ESPORTES SENADOR JOSÉ RICHA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA PROPOR PROJETO DE LEI QUE DISPÕE SOBRE AUXÍLIO-TRANSPORTE PARA ALUNOS DO ENSINO TÉCNICO, EM NÍVEL MÉDIO, E DE GRADUAÇÃO DE NÍVEL SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS. SEGUE ANEXO SUGESTÃO DE PROJETO DE LEI. </t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE VIABILIZE A TROCA DA GRAMA SINTÉTICA DO PARQUE INFANTIL LOCALIZADO EM FRENTE Á UBS (UNIDADE BÁSICA DE SAÚDE) CENTRAL. </t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE REALIZE A SUBSTITUIÇÃO DAS CALÇADAS DO PASSEIO PÚBLICO AO REDOR DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A REALIZAÇÃO DA CONSTRUÇÃO DE DOIS REDUTORES DE VELOCIDADE, SENDO UM NA RUA TIRADENTES, E OUTRO NA RUA FLAVIO MARIOT. </t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO A CONSTRUÇÃO DE ABRIGO PARA OS VEÍCULOS DO MUNICÍPIO A DISPOSIÇÃO DA UNIDADE BÁSICA DE SAÚDE CENTRAL, BEM COMO A CONSTRUÇÃO DE COBERTURA NA ENTRADA PARA TODAS AS UBS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia, Cordeiro, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE VIABILIZE A IMPLANTAÇÃO DE CASCALHAMENTO NO PROLONGAMENTO DA AVENIDA RIO GRANDE DO SUL ATÉ A BR 369, BEM COMO UM REDUTOR DE VELOCIDADE NO INÍCIO DO TRAJETO. </t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO RECAPE ASFÁLTICO NA RUA DÁLIA LOCALIZADA NO BAIRRO SANTA CATARINA. </t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE INSTALE UMA FLOREIRA CONFECCIONADA COM MATERIAIS RECICLADOS EM ALGUMA PRAÇA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Eli Stefanello, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE REALIZE O NIVELAMENTO DA ESTRADA DA COMUNIDADE RURAL SÃO ROQUE COM O PARALELEPÍPEDO QUE ESTÁ SENDO FEITO, NA LOCALIDADE QUE LIGA O RIO TESOURO AO RIO SAPUCAI. </t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Eli Stefanello, Cordeiro, Luis Sturmer, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE SEJA REALIZADA A MANUTENÇÃO DE TODOS OS LOCAIS DE RECREAÇÃO UTILIZADOS PELOS MUNÍCIPES DE MANEIRA PERIÓDICA. </t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA PARA QUE SEJAM INSTALADOS POSTES DE ILUMINAÇÃO NO CAMPO DE FUTEBOL LOCALIZADO NA COMUNIDADE RURAL SÃO ROQUE. </t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO PARA QUE CONSTRUA NO GINÁSIO DE ESPORTES SENADOR JOSÉ RICHA UMA GALERIA PARA OS TROFÉUS. </t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO QUE NOTIFIQUE O FÓRUM DA COMARCA, BEM COMO A OI TELECOM PARA QUE REALIZEM MELHORIAS NO PASSEIO PÚBLICO. </t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO PARA QUE PROVIDENCIE O PLANTIO DE ÁRVORES NO LUGAR DAS QUE FORAM RETIRADAS, ATRAVÉS DO PLANTIO DE NOVAS ÁRVORES NOS LOCAIS. </t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE, BEM COMO DE UMA FAIXA PARA PEDESTRES NA AVENIDA PARANÁ. </t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APOIO AO SINDICATO DOS TRABALHADORES RURAIS DE CORBÉLIA. </t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx</t>
   </si>
   <si>
     <t>MANIFESTA MOÇÃO DE PESAR PELO FALECIMENTO DE DARIO CRISPIN SENN.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA APOIO AO SERVIÇO DE INFORMAÇÃO ANÔNIMA 181 E CONCITA AO GOVERNO DO ESTADO PELA MANUTENÇÃO DO MESMO NOS COMANDOS REGIONAIS. </t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E CONGRATULAÇÕES EM FESTEJO E RECONHECIMENTO DOS ATLETAS E TREINADORES DA EQUIPE DE BOCHA DE CORBÉLIA, PELO EXCELENTE DESEMPENHO NOS JOGOS ABERTOS DO PARANÁ, FICANDO EM TERCEIRO LUGAR NO GERAL. </t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EM FESTEJO E RECONHECIMENTO DOS ATLETAS E TREINADORES DA EQUIPE DE HANDEBOL DE CORBÉLIA, PELO EXCELENTE DESEMPENHO NOS JOGOS ABERTOS DO PARANÁ FASE REGIONAL, FICANDO EM PRIMEIRO LUGAR. </t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA MOÇÃO DE PESAR PELO FALECIMENTO DE ORESTES AMARO DE OLIVEIRA, POPULARMENTE CONHECIDO COMO CURIÓ. </t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA MOÇÃO DE PESAR PELO FALECIMENTO DE MATEUS BORDIN BERGAMIN. </t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Luis Sturmer, Chui, Cordeiro, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Paulinho Zaquette, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MANIFESTA MOÇÃO DE PESAR PELO FALECIMENTO DE MARILDE ANDREANI DE SOUZA. </t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>MANIFESTA MOÇÃO DE PESAR PELO FALECIMENTO DE ISAAC F. GUILLEN.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>EM FESTEJO E RECONHECIMENTO AOS 500 ANOS DA REFORMA PROTESTANTE.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EM FESTEJO E RECONHECIMENTO A TODA EQUIPE DA SECRETARIA DE ESPORTE E LAZER DO MUNICÍPIO DE CORBÉLIA PELA EXITOSA REALIZAÇÃO DOS JOGOS ABERTOS DE CORBÉLIA - JOCORB'S. </t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM FESTEJO E RECONHECIMENTO AO ANIVERSÁRIO DE 50 (CINQUENTA) ANOS DA BIBLIOTECA PÚBLICA DO MUNICÍPIO DE CORBÉLIA.</t>
   </si>
   <si>
     <t>HCO</t>
   </si>
   <si>
     <t>Homologação de Decisão Colegiada</t>
   </si>
   <si>
     <t>Chui, Cordeiro, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
     <t>HOMOLOGA COMPOSIÇÃO DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE CORBÉLIA NOS TERMOS DA ATA DE REUNIÃO DOS VEREADORES DE 03 DE JANEIRO DE 2017.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2322,68 +2322,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="140" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>