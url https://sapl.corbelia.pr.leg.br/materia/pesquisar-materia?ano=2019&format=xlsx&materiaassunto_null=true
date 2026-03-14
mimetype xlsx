--- v0 (2025-11-28)
+++ v1 (2026-03-14)
@@ -54,1005 +54,1005 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos, inativos e celetistas integrantes do quadro próprio do Poder Executivo e Autárquico, comissionados, dos agentes políticos e do quadro próprio do Magistério e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
     <t>Concede revisão geral anual ao subsídio do Prefeito. Vice-Prefeito e agentes políticos do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Concede revisão geral à remuneração dos servidores do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Concede revisão geral anual ao subsídio dos Vereadores, Presidente da Câmara e agentes políticos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/445/plo_n_005-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/445/plo_n_005-2019.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de subsídio de Conselheiro Tutelar e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/450/plo_n_006-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/450/plo_n_006-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a isenção, ao doador de sangue e de medula óssea, do pagamento de taxas de inscrição em concursos públicos municipais e adota outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/451/plo_n_007-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/451/plo_n_007-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação de cargos de Gari, Zelador e Auxiliar de Serviços Gerais, do quadro de pessoal permanente de servidores e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/452/plo_n_008-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/452/plo_n_008-2019.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Corbélia o Projeto "Cidade Limpa", o "Selo Empresa Amiga do Meio Ambiente" e o certificado "Gentileza Ambiental" e dá outras providências.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/461/plo_n_009-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/461/plo_n_009-2019.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/462/plo_n_010-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/462/plo_n_010-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo às Agroindústrias Familiares do Município de Corbélia.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/475/plo-011-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/475/plo-011-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política de Atendimento dos Direitos da Pessoa Idosa, e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/477/plo-012-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/477/plo-012-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal firmar convênio com a Apracor - Associação dos Produtores Rurais de Corbélia - e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/480/plo_n_013-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/480/plo_n_013-2019.pdf</t>
   </si>
   <si>
     <t>Institui a "Ficha Limpa Municipal" na nomeação de servidores a cargos públicos no âmbito da administração direta, autárquica e fundacional do Poder Executivo e do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/491/plo-014-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/491/plo-014-2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação e altera a Lei Municipal n° 625 de 18 de novembro de 2005 que dispõe sobre a Política de Atendimento dos Direitos da Pessoa Idosa, e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/494/plo-015-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/494/plo-015-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de área de propriedade do Município, na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/501/plo-016-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/501/plo-016-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/505/plo-017-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/505/plo-017-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal do Trabalho - CMT e o Fundo Municipal do Trabalho - FMT, e dá outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/517/plo-018-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/517/plo-018-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza celebrar Termo de Convênio com o Poder Judiciário do Estado do Paraná para a cedência de Servidor Municipal ao Fórum de Corbélia.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/520/plo-019-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/520/plo-019-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial para inclusão do elemento de despesa 3.3.90.08.00.00 no orçamento de 2019, e no PPA 2018-2021, e dá outras providências.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/536/plo_n_020-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/536/plo_n_020-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1° da Lei Municipal n° 1.002 de 06 de junho de 2018, que alterou o Art. 77° do Estatuto do Servidor Público do Município de Corbélia, das autarquias e das fundações municipais, e seu regime único, e dá outras providências.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/543/plo-021-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/543/plo-021-2019.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana Municipal de Prevenção, Conscientização e Combate ao Uso de Drogas” e dá outras providências.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/547/plo-022-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/547/plo-022-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamento eliminador de ar na tubulação do sistema de abastecimento de água do Município de Corbélia e, dá outras providências.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/549/plo-023-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/549/plo-023-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da validade do receituário médico na forma que especifica.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/554/plo-024-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/554/plo-024-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Implantação do Programa de Política Municipal de Saúde Pública e dá outras providências.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Dispões acerca da exigência de seguros-garantias por parte dos Poderes Públicos Municipais na forma específica.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/556/plo-026-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/556/plo-026-2019.pdf</t>
   </si>
   <si>
     <t>Concede remissão parcial e juros de mora aos contribuintes em débito com o fisco municipal, mediante quitação, confissão e parcelamento da dívida.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/559/plo-027-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/559/plo-027-2019.pdf</t>
   </si>
   <si>
     <t>Proíbe a inauguração e entrega de obras públicas inacabadas ou que não atendam a finalidade a que se destinam, no Município de Corbélia - PR.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/562/plo-028-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/562/plo-028-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Mês da Cultura e cria o Festival Artístico da Cidade de Corbélia - FACCORB - de vídeos de curta metragem.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/563/plo-029-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/563/plo-029-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar despesas com a premiação do Festival Artístico da Cidade de Corbélia - FACCORB - de vídeos de curta metragem, e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/564/plo-030-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/564/plo-030-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Contratar Operações de Crédito com a Agência de Fomento Paraná S.A e dá outras providências.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/568/plo-031-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/568/plo-031-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial para inclusão do elemento de despesa 3.3.50.43.00.00 no orçamento de 2019, e no PPA 2018-2021, e dá outras providências.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/569/plo-032-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/569/plo-032-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4° da Lei Municipal n° 1.039 de 25 de abril de 2019, que autoriza o Poder Executivo Municipal firmar convênio com a Apracor - Associação dos Produtores Rurais de Corbélia - e dá outras providências.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/574/plo-034-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/574/plo-034-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza e ratifica a participação do Município de Corbélia no Consórcio Intermunicipal para a Gestão e tratamento de Resíduos Urbanos do Oeste do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/575/plo_n_035-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/575/plo_n_035-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diárias devidas aos agentes políticos e servidores públicos, quando de viagens a serviços, e dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/579/plo-036-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/579/plo-036-2019.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/580/plo-037-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/580/plo-037-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 1° da Lei Municipal n° 752 de 28 de dezembro de 2011, que cuida da doação dos lotes urbanos do Colégio Estadual Duque de Caxias à Secretaria Estadual da Educação.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/584/plo-038-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/584/plo-038-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a doar aparelhos auditivos conforme especifica.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/585/plo-039-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/585/plo-039-2019.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e da outras providências.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/592/plo-040-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/592/plo-040-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual do Município de Corbélia para o exercício financeiro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/595/plo-041-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/595/plo-041-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Muicipal a Contratar Operações de Crédito com a Agência de Fomento do Paraná S.A e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/600/plo-042-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/600/plo-042-2019.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3° da lei n° 1051, de 06 de agosto de 2019 e da outras providências.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/601/plo-043-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/601/plo-043-2019.pdf</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/603/plo-044-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/603/plo-044-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a receber doação da Copacol - Cooperativa Agroindustrial Consolata, e dá outras providências.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Eli Stefanello, Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/604/plo-045-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/604/plo-045-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do hasteamento da Bandeira Nacional, do Estado e do Município nas repartições públicas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/607/plo-046-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/607/plo-046-2019.pdf</t>
   </si>
   <si>
     <t>Institui a premiação "Leitor do Ano" no âmbito das escolas da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/615/plo-047-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/615/plo-047-2019.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 2º e 4º da Lei Municipal nº 1.003 de 20 de junho de 2018, que Autoriza o Poder Executivo Municipal firmar convênio com o Conselho Comunitário de Segurança Pública - CONSEG - de Corbélia-PR e dá outras providências.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/616/plo-048-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/616/plo-048-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1° da Lei Municipal n° 1062, de 11 de outubro de 2019, que abre Crédito Adicional Suplementar e da outras providências.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/617/plo-049-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/617/plo-049-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial para inclusão do elemento de despesa 4.4.90.52.00.00 no orçamento de 2019, e no PPA 2018-2021, e dá outras providências.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/622/plo-050-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/622/plo-050-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Farmácia Solidária a ser desenvolvido nas UBS do Município de Corbélia e da outras providências.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/624/plo-051-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/624/plo-051-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Premiação Aluno Nota Dez - destaque escolar - aos estudantes do ensino fundamental das escolas da rede pública do Município de Corbélia Estado do Paraná.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao1-paulorx.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao1-paulorx.pdf</t>
   </si>
   <si>
     <t>Regulamenta o plantio de flores, folhagens e plantas ornamentais em logradouros públicos municipais.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/639/plo-053-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/639/plo-053-2019.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/640/plo-054-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/640/plo-054-2019.pdf</t>
   </si>
   <si>
     <t>Concede incentivos para a instalação da Empresa NOVA ARTE COMÉRCIO DE MÓVEIS EIRELI - ME e dá outras providências.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/641/plo-055-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/641/plo-055-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 5° da Lei Municipal n° 822, de 14 de outubro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/652/plo-056-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/652/plo-056-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta Parágrafos ao Art. 3º, altera o inciso I do Art. 2º, os incisos I e III do Art. 4º o caput e o Parágrafo único do Art. 6º da Lei Municipal nº 868 de 15 de abril de 2015 que Disciplina o horário de funcionamento e institui o serviço de plantão de atendimento das farmácias e drogarias no Município de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Cria e institui o Projeto do Coral Municipal de Corbélia e a Orquestra de Viola de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/669/plo-058-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/669/plo-058-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei n° 1.042, de 21 de maio de 2019 que institui o Conselho Municipal do Trabalho no âmbito do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/670/plo-059-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/670/plo-059-2019.pdf</t>
   </si>
   <si>
     <t>Inclusão, alteração e exclusão de valores das dotações de despesas e ações dos projetos/atividades, do Poder Legislativo, Executivo e da Caixa de Seguridade dos Servidores Públicos de Corbélia, e aumento da receita prevista para o exercício de 2020, alterando a Lei nº 1045/2019 - LDO, e a Lei nº 974/2017 - PPA 2018-2021, e da outras providências.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/671/plo-060-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/671/plo-060-2019.pdf</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Cordeiro, Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/479/pdl-001-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/479/pdl-001-2019.pdf</t>
   </si>
   <si>
     <t>Fixa o número de Vereadores para compor o Poder Legislativo do Município de Corbélia.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/490/projeto.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/490/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a rejeição das contas do Município de Corbélia relativas ao exercício de 2016.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2017.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/523/pre-001-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/523/pre-001-2019.pdf</t>
   </si>
   <si>
     <t>Institui na Câmara Municipal de Corbélia a "Câmara Jovem" e dá outras providências.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/541/pre-002-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/541/pre-002-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no orçamento vigente do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/558/projeto.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/558/projeto.pdf</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/570/pre-004-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/570/pre-004-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no orçamento vigente do Poder Legislativo Municipal, e revoga a Resolução nº 003/2019.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/606/pre-005-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/606/pre-005-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece o Regimento Interno da Câmara Jovem do Município de Corbélia.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/611/pre-006-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/611/pre-006-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "CONHECENDO A CÂMARA MUNICIPAL" e dá outras providências.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>Eli Stefanello, Gaúcho da Farmácia, Luis Sturmer, Zezinho Milhome</t>
   </si>
   <si>
     <t>Institui a Sessão Legislativa "Idoso Vereador por Um Dia" e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Adiciona dispositivo ao Art. 2º do Projeto de Lei nº 008/2019, com a finalidade de aprimorar a matéria proposta.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>Apresenta emenda substitutiva ao Projeto de Lei nº 007/2019, com a finalidade de aprimorar a matéria proposta à técnica legislativa</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/471/emd-003-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/471/emd-003-2019.pdf</t>
   </si>
   <si>
     <t>Apresenta emenda aditiva ao Projeto de Lei nº 007/2019, com a finalidade de aprimorar a matéria proposta.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/502/emd-004-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/502/emd-004-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Ementa e do Art. 1º do Projeto de Lei nº 013/2019, com a finalidade de aprimorar a matéria proposta.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo</t>
   </si>
   <si>
     <t>Apresenta emenda substitutiva ao Projeto de Lei nº 014/2019, com a finalidade de aprimorar à técnica legislativa.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>Apresenta emenda aditiva ao Projeto de Lei nº 014/2019, com a finalidade de complementar a matéria.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>Apresenta emenda aditiva ao Projeto de Lei nº 017/2019, com a finalidade de complementar a matéria.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>Altere-se o Art. 16 do Projeto de Lei nº 017, de 29 de abril de 2019, com a seguinte redação.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/537/emd-009-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/537/emd-009-2019.pdf</t>
   </si>
   <si>
     <t>Apresenta emenda modificativa ao Projeto de Lei n° 018/2019 que, "Que autoriza celebrar Termo de Convênio com o Poder Judiciário do Estado do Paraná para cedência de Servidor Municipal ao Fórum de Corbélia".</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>Apresenta emenda ao Projeto de Resolução n° 001/2019, com a finalidade de aprimorar a técnica legislativa.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>Altera dispositivo do Projeto de Lei nº 016/2018, com a finalidade de corrigir a matéria proposta.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>Inclui dispositivo ao Projeto de Lei nº 016/2018, com a finalidade de corrigir a matéria proposta.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/560/emd-013-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/560/emd-013-2019.pdf</t>
   </si>
   <si>
     <t>Apresenta emenda substitutiva ao Projeto de Lei nº 020/2019, com a finalidade de aprimorar à técnica legislativa e à matéria.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/581/emenda1_cjr_cefo_cvosp_pl_027_2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/581/emenda1_cjr_cefo_cvosp_pl_027_2019.pdf</t>
   </si>
   <si>
     <t>Inclui parágrafo único ao Art. 2º do Projeto de Lei nº 027/2019, com a finalidade de adequar e aperfeiçoar a matéria.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/586/emenda_plo_037_2019_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/586/emenda_plo_037_2019_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 037/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/587/emenda_plo_035_2019_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/587/emenda_plo_035_2019_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 035/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/591/emd-017-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/591/emd-017-2019.pdf</t>
   </si>
   <si>
     <t>Apresenta emenda substitutiva ao Projeto de Lei nº 024/2019 - Dispõe sobre a Implantação do Programa de Política Municipal de Saúde Pública e dá outras providências.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/602/emd-018-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/602/emd-018-2019.pdf</t>
   </si>
   <si>
     <t>Altere-se o Art. 3° do projeto de lei n° 41/2019, protocolo geral n° 412/2019, de 05 de setembro de 2019.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 050/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 051/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Projeto de Lei nº 051/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>650</t>
   </si>
@@ -1068,1440 +1068,1440 @@
   <si>
     <t>660</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Projeto de Lei nº 056/2019, com a finalidade de aprimorar a matéria proposta.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>CICA - Comissão de Indústria, Comércio e Agropecuária, CEFO - Comissão de Economia, Finanças e Orçamento, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 054/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Projeto de Lei nº 054/2019, com a finalidade de adequar a matéria proposta.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/674/emd-027-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/674/emd-027-2019.pdf</t>
   </si>
   <si>
     <t>Emenda que altera, inclui e suprime dispositivos do PLO 040/2019 e seus anexos.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/557/tcepr-acordao-94-19-1c_contas_corbelia_2017.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/557/tcepr-acordao-94-19-1c_contas_corbelia_2017.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 94/19 - Primeira Câmara. Prestação de contas de Prefeito. Exercício 2017. Contas regulares com aplicação de multa pelos atrasos na alimentação do Sistema SIM/AM. Recomendação.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/633/acordao_tce_pr_22.10.2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/633/acordao_tce_pr_22.10.2019.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 226/19 - Segunda Câmara. Prestação de contas do Prefeito Municipal. Manifestações uniformes. Exercício de 2018. Parecer prévio recomendando a regularidade das contas.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n_001-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n_001-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao pregão n° 175/2017 - item 7 no valor de R$ 6.300,00 mensais, com o seguinte objeto - Serviço de orientação para uso de informações.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n_002-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às medidas de combate a dengue no Município.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n_003-2019_fbI8Uy4.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n_003-2019_fbI8Uy4.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à Fisioterapias.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/469/requerimento_n_004-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/469/requerimento_n_004-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos trabalhos do Conselho de Desenvolvimento Industrial de Corbélia - CODIC.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/470/requerimento_n_005-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/470/requerimento_n_005-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas a situação da Defesa Civil no Município de Corbélia.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/473/requerimento_n_006-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/473/requerimento_n_006-2019.pdf</t>
   </si>
   <si>
     <t>Requer encaminhamento de oficio a respeito da proibição de cessão de estagiária ao Poder Judiciário.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/483/requerimento_n_007-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/483/requerimento_n_007-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre estrada rural municipal.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/499/requerimento_n_008-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/499/requerimento_n_008-2019.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos relatórios de plantões médicos realizados no PAM referentes ao mês de dezembro de 2018 e janeiro de 2019.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/500/requerimento_n_009-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/500/requerimento_n_009-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao sistema de ouvidoria Fala Cidadão - 156.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia, Ivo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/506/requerimento_n_010-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/506/requerimento_n_010-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos imóveis que pertencem ao Município,</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Chui, Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/533/requerimento_11.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/533/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao serviço de radiologia prestado ao Município.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Chui, Gaúcho da Farmácia, Ivo, José Osni Alves</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_n_12-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_n_12-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Processo Licitatório e do contrato de prestação de serviço da obra de reforma da cobertura da UBS Central.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/567/requerimento_n_013-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/567/requerimento_n_013-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao atendimento médico em UBS do Município.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>Cordeiro, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/571/requerimento_n_014-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/571/requerimento_n_014-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao atendimento odontológico em UBS do Município.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/577/requerimento_n_015-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/577/requerimento_n_015-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações da Concessionária Prestadora de serviços de saneamento básico no Município.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/612/requerimento_n_016-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/612/requerimento_n_016-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à contratação de instituição financeira para prestação de serviços bancários.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/623/requerimento_n_017-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/623/requerimento_n_017-2019.pdf</t>
   </si>
   <si>
     <t>Requer a Câmara Municipal de Corbélia que nomeie Comissão Especial de Títulos e Honrarias a fim de homenagear o Cidadão Cláudio Prestes Junior.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/628/requerimento_n_018-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/628/requerimento_n_018-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às viagens realizadas pela Secretaria de Saúde para transportar pacientes ao Hospital do Rocio em Campo Largo.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/630/req-019-2019-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/630/req-019-2019-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos equipamentos que foram retirados do Bairro Vila Nova Nazaré para execução da nova obra.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>Chui</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/634/req-020-2019-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/634/req-020-2019-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos valores arrecadados pelo Município com o ISSQN pago pelas empresas que trabalharam na obra de duplicação da BR 369.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/647/req-021-2019-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/647/req-021-2019-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos contratos realizados com os médicos contratados por meio de processo licitatório.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Chui</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_n_022-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_n_022-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos veículos pertencentes a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>Luis Sturmer, Cordeiro, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/658/requerimento_n_023-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/658/requerimento_n_023-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às obras contempladas pelos financiamentos autorizados, junto a Agência de Fomento do Paraná.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>José Osni Alves, Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/661/req-024-2019-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/661/req-024-2019-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a viabilidade de se instituir o "AUXÍLIO ALIMENTAÇÃO" no âmbito da Administração Municipal de Corbélia-Pr.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/453/indicacao_n_001-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/453/indicacao_n_001-2019.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade na marginal da BR 369.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/454/indicacao_n_002-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/454/indicacao_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a realização de melhorias, bem como a ampliação do Centro de Convivência.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/455/indicacao_n_003-2019_qHD73T5.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/455/indicacao_n_003-2019_qHD73T5.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a realização de melhorias no prolongamento da Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_n_004-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_n_004-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja viabilizada instalação de sistema de circulação de ar ou climatização de ambiente no Ginásio de Esportes Senador José Richa.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_n_5.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_n_5.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal a aquisição de redes de proteção para cortes de grama em vias públicas.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_n_006-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_n_006-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a realização de melhorias na estrada que dá acesso à Usina Hidrelétrica de Corbélia – Usina Melissa.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_n_7.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_n_7.pdf</t>
   </si>
   <si>
     <t>Indica a criação e implantação de Campanha e mobilização para promover a prevenção e o combate contra a dengue.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>José Osni Alves</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_n_008-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_n_008-2019.pdf</t>
   </si>
   <si>
     <t>Indica a realização de arborização no trecho que se inicia na Rua Copo de Leite à Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_n_009-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_n_009-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize campanha de conscientização em combate a meningite.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_n_010-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_n_010-2019.pdf</t>
   </si>
   <si>
     <t>Indica a realização de cascalhamento nas estradas da Vila Rural.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_n_11-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_n_11-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize trabalho de prevenção ao estelionato contra idosos.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Zezinho Milhome, Ivo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_n_012-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_n_012-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que tome as providências cabíveis em relação à reforma dos ginásios de esportes José Bento Rodrigues e Olivo Durigon localizados nos Distritos.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_n_013-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_n_013-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize atividades destinadas às crianças do Município.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/485/indicacao_n_014-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/485/indicacao_n_014-2019.pdf</t>
   </si>
   <si>
     <t>Indica a adequação e recuperação da estrada na comunidade rural Samambaial.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_n_015-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_n_015-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que proceda a operação tapa buracos na Rua Tipuana.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/487/indicacao_n_016-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/487/indicacao_n_016-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que proceda a operação tapa buracos na Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/488/indicacao_n_017-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/488/indicacao_n_017-2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito que viabilize melhorias no passeio público em frente ao Fórum da Comarca, bem como na Oi Telecom.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_n_018-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_n_018-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a sinalização de faixas para pedestres em frente a todas as Escolas Municipais e Estaduais do Município.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/492/indicacao_n_019-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/492/indicacao_n_019-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a criação e implantação de campanha em combate e prevenção ao uso de drogas, destinada a crianças e adolescentes.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/493/indicacao_n_020-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/493/indicacao_n_020-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a viabilização da entrega das cestas básicas distribuídas pelo CRAS nos bairros.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_n_021-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_n_021-2019.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade do tipo assento de elevação na Rua Mirian Flor Fedrizi, no Loteamento Padovani.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>Eli Stefanello, Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_n_022-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_n_022-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize adequação e reparos na estrada que fica na divisa entre o Bairro Jardim Vera Lúcia e propriedade da família Formighieri.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>Chui, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/497/indicacao_n_023-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/497/indicacao_n_023-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que gestione junto a Empresa Cava e a Comissão de Duplicação da BR 369 a viabilização de adequação de estrada rural.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indicacao_n_024-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indicacao_n_024-2019.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de redutor de velocidade no cruzamento da rua Vitória Régia com a Rua Orquídea no Bairro Santa Catarina.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_25.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize o atendimento, a ser feito por equipe de saúde volante, com enfermeira e médico, aos munícipes moradores da área rural, para consultas médicas e atenção básica de saúde da família no âmbito rural de Corbélia.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/504/indicacao_26.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/504/indicacao_26.pdf</t>
   </si>
   <si>
     <t>Solicitar da direção da COHAPAR a possibilidade de doação da área da Comunidade Vila Rural Nossa Senhora da Salete, ou, que forneça o competente termo de cessão de uso para o Município para a implantação de melhorias comunitárias.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>Luis Sturmer, Gaúcho da Farmácia, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_27.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que adote no Município o piso salarial dos profissionais de enfermagem conforme estabelecido pelo COREN/PR.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/510/indicacao_n_28-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/510/indicacao_n_28-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que tome providências em relação a barranco de terra localizado ao lado do pavilhão da Igreja Católica no Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/511/indicacao_29.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/511/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que implante no Município o Projeto "Visão do Futuro".</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_30.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_30.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a criação de horta comunitária no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_n_31-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_n_31-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que tome providências em relação à tubulação no Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_n_32-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_n_32-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize junto a VIAPAR a limpeza da Marginal da BR 369 no Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao_n_33-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao_n_33-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a realização de melhorias na Praça Guadalajara.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao_n_34-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao_n_34-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a conclusão da obra de cascalhamento na estrada da Comunidade Rural Barra Bonita.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_35.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_35.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a substituição das calçadas do passeio público ao redor da rodoviária.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_36.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a construção de travessia elevada para pedestres em frente a todas as escolas municipais do Município.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_37.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Indica a criação de programa de apoio e amparo à moradores de rua com a elaboração de políticas públicas direcionadas a pessoas em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_38.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a manutenção de todas as pontes no Município de Corbélia, adequando com a implantação de construção em alvenaria.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/527/indicacao_39.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/527/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade na Rua Pluma de Avestruz no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_40.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_40.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize sinalização adequada próximo as rotatórias do Município.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_41.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a implantação do Projeto "Talentos em Ação" no Município.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_42.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize melhorias em todas as praças do Município utilizando materiais reciclados.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_43.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_43.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize revitalização e manutenções na Praça Brasil.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/538/indicacao_44.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/538/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Indica a realização de arrastão de limpeza no Município.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_45.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a reconstrução de ponte no Rio Rancho Mundo.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_n_046-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_n_046-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a instalação de ATI (Academia da Terceira Idade) no Bairro Vila Unida.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_n_47-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_n_47-2019.pdf</t>
   </si>
   <si>
     <t>Indica a agilização da instalação de ponto de recolhimento de entulhos em pequenas quantidades e demais materiais não recolhidos pela ACOMAR e pelo serviço de recolhimento do Município.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_n_48-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_n_48-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize revitalização e manutenções no Lago Municipal.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/552/indicacao_n_049-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/552/indicacao_n_049-2019.pdf</t>
   </si>
   <si>
     <t>Indica a criação de bônus/gratificação aos servidores na forma que especifica.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/553/indicacao_n_050-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/553/indicacao_n_050-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize campanha de alfabetização junto a Secretaria de Educação.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/561/indicacao_n_051-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/561/indicacao_n_051-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize campanha de conscientização em combate ao aborto junto a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/565/indicacao_n_052-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/565/indicacao_n_052-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a manutenção de sinalização de trânsito conforme especifica.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/566/indicacao_n_053-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/566/indicacao_n_053-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize revitalização e manutenções da quadra de vôlei anexa ao Salão Comunitário do Bairro Jardim Nova República.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/572/indicacao_n_054-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/572/indicacao_n_054-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize melhorias na iluminação do Estádio Municipal Paulo Roberto de Souza.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/576/indicacao_n_055-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/576/indicacao_n_055-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize o fornecimento gratuito de calcário aos agricultores da Vila Rural.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que institua programa de resgate de cães em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>Luis Sturmer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/582/indicacao_n_057-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/582/indicacao_n_057-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que construa um redutor de velocidade na Rua Lilás.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/583/indicacao_n_058-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/583/indicacao_n_058-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize um semáforo entre as Ruas Hortência e Amor Perfeito em frente ao Paço Municipal.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/588/indicacao_n_059-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/588/indicacao_n_059-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize melhorias com pedra brita nas estradas da Vila Rural Nossa Senhora da Salete.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/589/indicacao_n_060-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/589/indicacao_n_060-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a perfuração de um poço artesiano para abastecimento de água na comunidade Vila Rural Nossa Senhora da Salete.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/590/indicacao_n_061-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/590/indicacao_n_061-2019.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de um semáforo no cruzamento das ruas: Minas Gerais e Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Paulo do Raio X, Ivo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/593/indicacao_n_062-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/593/indicacao_n_062-2019.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um parque infantil na Escola Municipal Anita Garibaldi.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/594/indicacao_n_063-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/594/indicacao_n_063-2019.pdf</t>
   </si>
   <si>
     <t>Indica que sejam viabilizadas placas contendo os nomes das ruas no Loteamento Residencial das Violetas.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/596/indicacao_n_64-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/596/indicacao_n_64-2019.pdf</t>
   </si>
   <si>
     <t>Indica a adequação dos estacionamentos nas proximidades da APAE.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/597/indicacao_n_65-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/597/indicacao_n_65-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado o plantio de grama na lateral de todas as estradas que possuem calçamento.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/598/indicacao_n_066-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/598/indicacao_n_066-2019.pdf</t>
   </si>
   <si>
     <t>Indica providências quanto à iluminação pública à via marginal da Rodovia BR-369 em especial no bairro Alvorada do Sol.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/599/indicacao_n_067-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/599/indicacao_n_067-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado trabalho de conscientização sobre cuidados com o meio ambiente nas proximidades do Rio dos Porcos e Rio Rancho Mundo.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/605/indicacao_n_068-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/605/indicacao_n_068-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize carregadores coletivos para celulares em todas as UBS do Município.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_n_069-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_n_069-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a construção de cobertura na entrada da UBS Central.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/609/indicacao_n_070-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/609/indicacao_n_070-2019.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas providências em relação ao sistema de ouvidoria Fala Cidadão – 156.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/610/indicacao_n_071-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/610/indicacao_n_071-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito a aderir ao Programa Caixa d’Água Boa.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/613/indicacao_n_072-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/613/indicacao_n_072-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize serviços de recuperação, em duas pontes, localizadas na estrada da Comunidade de São Pedro e uma ponte que liga a Vila Nova Nazaré a Linha Rancho Mundo.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/618/indicacao_n_073-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/618/indicacao_n_073-2019.pdf</t>
   </si>
   <si>
     <t>Indica a reforma de ATI (Academia da Terceira Idade) no bairro Santa Catarina, Avenida São Paulo.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/619/indicacao_n_074-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/619/indicacao_n_074-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a aquisição de brinquedos e equipamentos para a produção de guloseimas, destinados às crianças.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/620/indicacao_n_075-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/620/indicacao_n_075-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que solicite junto ao DER material frisado de asfalto a ser destinado para a manutenção e melhorias das estradas na Vila Rural Nossa Senhora da Salete.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/621/indicacao_n_076-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/621/indicacao_n_076-2019.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de moradias populares à população carente do Município.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/627/indicacao_n_077-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/627/indicacao_n_077-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize o fornecimento de alimentação ou recursos financeiros para essa finalidade aos pacientes que se deslocam à outros Municípios para realização de procedimentos médicos.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/629/ind-078-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/629/ind-078-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize iluminação, bem como passeio público nas proximidades da PR 573.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/631/ind-079-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/631/ind-079-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a instalação de um ponto de ônibus coberto em frente ao CMEI do Bairro Vila Unida.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/632/ind-080-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/632/ind-080-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a manutenção dos brinquedos que compõe o parquinho das crianças, na Praça do PAM.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/635/ind-081-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/635/ind-081-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize melhorias na estrutura das UBS dos Bairros Santa Catarina e Jardim Vera Lúcia a fim de proporcionar melhores condições de trabalho aos servidores.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/642/ind-082-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/642/ind-082-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a realização de manutenção e melhorias na pista de caminhada do Estádio Municipal.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/643/ind-083-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/643/ind-083-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize melhorias e investimentos na Biblioteca Pública.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/644/ind-084-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/644/ind-084-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a participação dos servidores das escolas municipais em treinamento de prevenção e combate a incêndio.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/645/ind-085-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/645/ind-085-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de adequações em rampas de acessibilidade e suas proximidades.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/653/ind-086-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/653/ind-086-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias na Rua Miosótis.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/655/indicacao_n_087-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/655/indicacao_n_087-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito para que integre o Município ao “Pacto da Infância Segura”.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/656/indicacao_n_088-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/656/indicacao_n_088-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que tome providências em relação ao calçamento que foi danificado pela empresa Cava durante as obras de duplicação da BR 369.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_n_089-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_n_089-2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize curso de operador de empilhadeira no Município.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Indica o retorno ao horário regular de atendimento prestado pela Secretaria de Saúde.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Eli Stefanello, Chui, Cordeiro, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_de_mocao_n_001-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_de_mocao_n_001-2019.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao atleta VALMIR MARASCA pela participação na 94ª Corrida de São Silvestre.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_de__mocao_n_002-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_de__mocao_n_002-2019.pdf</t>
   </si>
   <si>
     <t>Manifesta Moção de Pesar pelo falecimento de Aldino Formiguieri.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_de_mocao_n_003-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_de_mocao_n_003-2019.pdf</t>
   </si>
   <si>
     <t>Manifesta Moção de Pesar pelo falecimento de Afonso Francisco Toiller.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/467/mocao_n_004-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/467/mocao_n_004-2019.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Sargento Silvio Gilberto Bednarski pelo bom trabalho prestado junto a Polícia Militar em Corbélia.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/468/mocao_n_005-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/468/mocao_n_005-2019.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Soldado Alexandro Tadioto pelo bom trabalho prestado junto a Polícia Militar em Corbélia.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_de_mocao_n_006-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_de_mocao_n_006-2019.pdf</t>
   </si>
   <si>
     <t>Manifesta Moção de Pesar pelo Falecimento de Henriqueta da Ross Stefanello.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>Cordeiro, Chui, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/484/mocao_n_007-2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/484/mocao_n_007-2019.pdf</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento do Sr. Darci Peroza.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/522/moc-008-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/522/moc-008-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Manifesta Moção de Repúdio pelo reajuste do serviço de fornecimento de água (e esgoto) em 12,13% concedido pela AGEPAR.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>Eli Stefanello, Zezinho Milhome</t>
   </si>
   <si>
     <t>Em reconhecimento a Sra. Carolina Sachet Aimi, primeira mulher presidente da Juventude do PSDB Paraná.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>Em reconhecimento ao Secretário de Esporte, Lazer e Turismo Cezar Gonçalves pelo bom trabalho prestado a população de Corbélia.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>Eli Stefanello, Cordeiro, Paulinho Zaquette</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor Moacir Pistori pelo bom trabalho prestado ao Município de Corbélia e região.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>Moção de apoio pela manutenção da Empresa Brasileira de Correios e Telégrafos como empresa pública, pela suspensão dos estudos que objetivam viabilizar sua privatização, e promoção de debate com participação de representantes dos municípios afetados.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/636/moc-013-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/636/moc-013-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Sr. Cláudio Prestes Junior, primeiro Promotor de Justiça do Município.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>Zezinho Milhome, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/637/moc-014-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/637/moc-014-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento a Sra. Ana Clara Cirqueira Uhl, Vencedora do 1° Concurso de Oratória do Núcleo Regional de Cascavel.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/638/moc-015-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/638/moc-015-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento a Sra. Julia Lusitani, vencedora do 1° Concurso de Oratória do Núcleo Regional de Cascavel.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>Moção de aplauso em reconhecimento a atleta DELAIR DA SILVA FARIAS ROTTAVA, pela participação na 96ª Corrida de São Silvestre.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/668/moc-017-2019-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/668/moc-017-2019-aprovada.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento aos Senhores Rorberto Adolfo Nardi e Atair Backes pelo ato de bravura em socorrer uma residência em princípio de incêndio.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>PCVOS</t>
   </si>
   <si>
     <t>Parecer da Comissão de Viação Obras e Serviços Pub</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos, CEFO - Comissão de Economia, Finanças e Orçamento, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/754/parecer_cjr_cefo_cvosp_plo_055_2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/754/parecer_cjr_cefo_cvosp_plo_055_2019.pdf</t>
   </si>
   <si>
     <t>Parecer Desfavorável à tramitação do Projeto de Lei nº 055 de 06 de novembro de 2019. Que acrescenta parágrafo único ao art. 5° da Lei Municipal nº 822, de 14 de outubro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>TST</t>
   </si>
   <si>
     <t>Teste</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2817,68 +2817,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/445/plo_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/450/plo_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/451/plo_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/452/plo_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/461/plo_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/462/plo_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/475/plo-011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/477/plo-012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/480/plo_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/491/plo-014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/494/plo-015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/501/plo-016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/505/plo-017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/517/plo-018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/520/plo-019-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/536/plo_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/543/plo-021-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/547/plo-022-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/549/plo-023-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/554/plo-024-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/556/plo-026-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/559/plo-027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/562/plo-028-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/563/plo-029-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/564/plo-030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/568/plo-031-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/569/plo-032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/574/plo-034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/575/plo_n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/579/plo-036-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/580/plo-037-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/584/plo-038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/585/plo-039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/592/plo-040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/595/plo-041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/600/plo-042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/601/plo-043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/603/plo-044-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/604/plo-045-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/607/plo-046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/615/plo-047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/616/plo-048-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/617/plo-049-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/622/plo-050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/624/plo-051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao1-paulorx.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/639/plo-053-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/640/plo-054-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/641/plo-055-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/652/plo-056-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/669/plo-058-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/670/plo-059-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/671/plo-060-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/479/pdl-001-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/490/projeto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/523/pre-001-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/541/pre-002-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/558/projeto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/570/pre-004-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/606/pre-005-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/611/pre-006-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/471/emd-003-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/502/emd-004-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/537/emd-009-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/560/emd-013-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/581/emenda1_cjr_cefo_cvosp_pl_027_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/586/emenda_plo_037_2019_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/587/emenda_plo_035_2019_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/591/emd-017-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/602/emd-018-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/674/emd-027-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/557/tcepr-acordao-94-19-1c_contas_corbelia_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/633/acordao_tce_pr_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n_003-2019_fbI8Uy4.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/469/requerimento_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/470/requerimento_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/473/requerimento_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/483/requerimento_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/499/requerimento_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/500/requerimento_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/506/requerimento_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/533/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_n_12-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/567/requerimento_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/571/requerimento_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/577/requerimento_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/612/requerimento_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/623/requerimento_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/628/requerimento_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/630/req-019-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/634/req-020-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/647/req-021-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/658/requerimento_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/661/req-024-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/453/indicacao_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/454/indicacao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/455/indicacao_n_003-2019_qHD73T5.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_n_5.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_n_7.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_n_11-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/485/indicacao_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/487/indicacao_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/488/indicacao_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/492/indicacao_n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/493/indicacao_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_n_021-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/497/indicacao_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indicacao_n_024-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/504/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/510/indicacao_n_28-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/511/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_n_31-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_n_32-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao_n_33-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao_n_34-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/527/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/538/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_n_046-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_n_47-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_n_48-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/552/indicacao_n_049-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/553/indicacao_n_050-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/561/indicacao_n_051-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/565/indicacao_n_052-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/566/indicacao_n_053-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/572/indicacao_n_054-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/576/indicacao_n_055-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/582/indicacao_n_057-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/583/indicacao_n_058-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/588/indicacao_n_059-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/589/indicacao_n_060-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/590/indicacao_n_061-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/593/indicacao_n_062-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/594/indicacao_n_063-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/596/indicacao_n_64-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/597/indicacao_n_65-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/598/indicacao_n_066-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/599/indicacao_n_067-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/605/indicacao_n_068-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_n_069-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/609/indicacao_n_070-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/610/indicacao_n_071-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/613/indicacao_n_072-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/618/indicacao_n_073-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/619/indicacao_n_074-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/620/indicacao_n_075-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/621/indicacao_n_076-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/627/indicacao_n_077-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/629/ind-078-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/631/ind-079-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/632/ind-080-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/635/ind-081-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/642/ind-082-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/643/ind-083-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/644/ind-084-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/645/ind-085-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/653/ind-086-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/655/indicacao_n_087-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/656/indicacao_n_088-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_n_089-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_de_mocao_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_de__mocao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_de_mocao_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/467/mocao_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/468/mocao_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_de_mocao_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/484/mocao_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/522/moc-008-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/636/moc-013-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/637/moc-014-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/638/moc-015-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/668/moc-017-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/754/parecer_cjr_cefo_cvosp_plo_055_2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/445/plo_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/450/plo_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/451/plo_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/452/plo_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/461/plo_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/462/plo_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/475/plo-011-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/477/plo-012-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/480/plo_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/491/plo-014-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/494/plo-015-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/501/plo-016-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/505/plo-017-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/517/plo-018-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/520/plo-019-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/536/plo_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/543/plo-021-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/547/plo-022-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/549/plo-023-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/554/plo-024-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/556/plo-026-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/559/plo-027-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/562/plo-028-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/563/plo-029-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/564/plo-030-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/568/plo-031-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/569/plo-032-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/574/plo-034-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/575/plo_n_035-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/579/plo-036-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/580/plo-037-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/584/plo-038-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/585/plo-039-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/592/plo-040-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/595/plo-041-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/600/plo-042-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/601/plo-043-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/603/plo-044-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/604/plo-045-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/607/plo-046-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/615/plo-047-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/616/plo-048-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/617/plo-049-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/622/plo-050-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/624/plo-051-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/625/proposicao1-paulorx.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/639/plo-053-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/640/plo-054-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/641/plo-055-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/652/plo-056-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/669/plo-058-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/670/plo-059-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/671/plo-060-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/479/pdl-001-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/490/projeto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/523/pre-001-2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/541/pre-002-2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/558/projeto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/570/pre-004-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/606/pre-005-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/611/pre-006-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/471/emd-003-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/502/emd-004-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/537/emd-009-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/560/emd-013-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/581/emenda1_cjr_cefo_cvosp_pl_027_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/586/emenda_plo_037_2019_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/587/emenda_plo_035_2019_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/591/emd-017-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/602/emd-018-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/674/emd-027-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/557/tcepr-acordao-94-19-1c_contas_corbelia_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/633/acordao_tce_pr_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/449/requerimento_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/456/requerimento_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/460/requerimento_n_003-2019_fbI8Uy4.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/469/requerimento_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/470/requerimento_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/473/requerimento_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/483/requerimento_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/499/requerimento_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/500/requerimento_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/506/requerimento_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/533/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/546/requerimento_n_12-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/567/requerimento_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/571/requerimento_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/577/requerimento_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/612/requerimento_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/623/requerimento_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/628/requerimento_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/630/req-019-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/634/req-020-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/647/req-021-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/654/requerimento_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/658/requerimento_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/661/req-024-2019-aprovado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/453/indicacao_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/454/indicacao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/455/indicacao_n_003-2019_qHD73T5.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_n_5.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/464/indicacao_n_7.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/466/indicacao_n_008-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/472/indicacao_n_009-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_n_010-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_n_11-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_n_012-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/482/indicacao_n_013-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/485/indicacao_n_014-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_n_015-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/487/indicacao_n_016-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/488/indicacao_n_017-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_n_018-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/492/indicacao_n_019-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/493/indicacao_n_020-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_n_021-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_n_022-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/497/indicacao_n_023-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/498/indicacao_n_024-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/504/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/510/indicacao_n_28-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/511/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_n_31-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_n_32-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/518/indicacao_n_33-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/519/indicacao_n_34-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/527/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/528/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/531/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/538/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/539/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_n_046-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_n_47-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_n_48-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/552/indicacao_n_049-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/553/indicacao_n_050-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/561/indicacao_n_051-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/565/indicacao_n_052-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/566/indicacao_n_053-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/572/indicacao_n_054-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/576/indicacao_n_055-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/582/indicacao_n_057-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/583/indicacao_n_058-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/588/indicacao_n_059-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/589/indicacao_n_060-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/590/indicacao_n_061-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/593/indicacao_n_062-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/594/indicacao_n_063-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/596/indicacao_n_64-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/597/indicacao_n_65-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/598/indicacao_n_066-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/599/indicacao_n_067-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/605/indicacao_n_068-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/608/indicacao_n_069-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/609/indicacao_n_070-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/610/indicacao_n_071-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/613/indicacao_n_072-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/618/indicacao_n_073-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/619/indicacao_n_074-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/620/indicacao_n_075-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/621/indicacao_n_076-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/627/indicacao_n_077-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/629/ind-078-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/631/ind-079-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/632/ind-080-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/635/ind-081-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/642/ind-082-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/643/ind-083-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/644/ind-084-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/645/ind-085-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/653/ind-086-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/655/indicacao_n_087-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/656/indicacao_n_088-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/667/indicacao_n_089-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_de_mocao_n_001-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_de__mocao_n_002-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_de_mocao_n_003-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/467/mocao_n_004-2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/468/mocao_n_005-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_de_mocao_n_006-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/484/mocao_n_007-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/522/moc-008-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/636/moc-013-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/637/moc-014-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/638/moc-015-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/668/moc-017-2019-aprovada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2019/754/parecer_cjr_cefo_cvosp_plo_055_2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H234"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="140" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>