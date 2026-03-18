--- v0 (2025-10-08)
+++ v1 (2026-03-18)
@@ -54,2586 +54,2586 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Paulo do Raio X, Cordeiro, Luis Sturmer, Paulinho Zaquette, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/805/plom-001-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/805/plom-001-2020.pdf</t>
   </si>
   <si>
     <t>Revoga o Parágrafo único e seus incisos I e II do Art. 45 da Lei Orgânica Municipal, para abolir a votação secreta, e renumera emendas anteriores, organizando série histórica.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/724/plc-001-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/724/plc-001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção de medidas econômicas emergenciais em razão da pandemia de SARS-COVID-19 (corona vírus), no Município de Corbélia-PR.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/675/plo-001-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/675/plo-001-2020.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos e inativos e celetistas integrantes do quadro próprio do Poder Executivo, Autárquico, Comissionados, dos Agentes Políticos e do Quadro Próprio do Magistério, e dá outras providências.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/676/projeto-lei-reajuste-prefeito-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/676/projeto-lei-reajuste-prefeito-2020.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual ao subsídio do Prefeito, Vice-Prefeito e agentes políticos do Poder Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Concede revisão geral à remuneração dos servidores do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Concede revisão geral anual ao subsídio dos Vereadores, Presidente da Câmara e agentes políticos do Poder Legislativo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/695/plo-005-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/695/plo-005-2020.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Consciência do Autismo no Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/696/plo-006-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/696/plo-006-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da queima e ou soltura de fogos de artifício de altos estampidos, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso, que causem poluição sonora acima de 85 decibéis, no Município de Corbélia.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/700/plo-007-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/700/plo-007-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar transferência de recurso financeiro na forma de auxílio para obras de reforma, no prédio de propriedade da Associação de Pais e Amigos dos Excepcionais - APAE, e abre Crédito Adicional Especial e dá, outras providências.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/702/plo-008-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/702/plo-008-2020.pdf</t>
   </si>
   <si>
     <t>Concede isenção do HABITE-SE para a obra do Centro Comercial Peroza e dá outras providências.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Paulo do Raio X, Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/718/plo_009-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/718/plo_009-2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 2º do Art. 4º e acrescenta § 2º ao Art. 5º da Lei Municipal nº 999, de 14 de maio de 2018 que dispõe sobre a limpeza nos imóveis urbanos, dos serviços de coleta de entulho no Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/722/plo_010-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/722/plo_010-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e da outras providências.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/723/plo_n_011-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/723/plo_n_011-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/738/plo-012-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/738/plo-012-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação dos prédios públicos da Unidade Básica de Saúde e do Centro Administrativo, ambos no Distrito de Nossa Senhora da Penha no Município de Corbélia.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/741/plo-013-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/741/plo-013-2020.pdf</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/764/plo-014-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/764/plo-014-2020.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Prevenção e Combate ao Acidente Vascular Cerebral - AVC, no âmbito do Município de Corbélia.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/767/plo-015-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/767/plo-015-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/781/plo-016-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/781/plo-016-2020.pdf</t>
   </si>
   <si>
     <t>Ratifica a decisão do Conselho de Desenvolvimento Industrial - CODIC - de 16 de outubro de 2019, que concedeu a totalidade de todos os subsídios alcançados pela Lei Municipal 722/2010, referente a terraplanagem e remoção de terra, com a finalidade de conceder ao Sr. Sérgio Vadeci Drehmer, no imóvel destinado a construção do Centro de Distribuição da empresa Quero Quero, e dá outras providências.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Ivo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/792/plo-017-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/792/plo-017-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Praça no Distrito de Ouro Verde do Piquiri no Município de Corbélia.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/812/plo-018-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/812/plo-018-2020.pdf</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/813/plo-019-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/813/plo-019-2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n° 287/1992, de 20 de julho de 1992, com suas alterações, que dispõe sobre o Regime Próprio de Previdência Social do Município de Corbélia - RPPS, e, da Lei n° 845/2014 de 02 de junho de 2014, que dispõe sobre a estrutura administrativa e institui o organograma da CASSEMC - Caixa de Previdência dos Servidores Públicos Civis do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Paulo do Raio X, Chui, Cordeiro, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulinho Zaquette, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/814/plo-020-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/814/plo-020-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de rua no bairro Jardim Vera Lúcia na sede do Município de Corbélia.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/820/plo-021-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/820/plo-021-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o orçamento anual do Município de Corbélia, para o exercício financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/821/plo-022-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/821/plo-022-2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito, do Procurador Geral do Município, do Chefe de Gabinete e dos Secretários Municipais para o mandato de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/822/plo-023-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/822/plo-023-2020.pdf</t>
   </si>
   <si>
     <t>Mantém os atuais subsídios dos Vereadores para o período da Legislatura de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/824/plo-024-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/824/plo-024-2020.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Associação de Coleta de Materiais Recicláveis Sólidos e Orgânicos - "ACOMAR" e dá outras providências.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/830/plo-025-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/830/plo-025-2020.pdf</t>
   </si>
   <si>
     <t>Inclusão, alteração e exclusão de valores das dotações de despesas e ações dos projetos/atividades, do Poder Legislativo, Executivo e da Caixa de Seguridade dos Servidores Públicos de Corbélia, e aumento da receita prevista para o exercício de 2021, alterando a Lei n° 1094/2020 - LDO, e a Lei n° 974/2017 - PPA 2018-2021, e da outras providências.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Cordeiro, Eli Stefanello, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/837/plo-026-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/837/plo-026-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de praça no bairro Jardim Juliana na sede do Município de Corbélia.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/840/plo-027-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/840/plo-027-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Quadra Esportiva da Escola Municipal Castro Alves do Município de Corbélia.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/842/plo-028-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/842/plo-028-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Centro Esportivo no bairro Vila Nova Nazaré na sede do Município de Corbélia.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/843/plo-029-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/843/plo-029-2020.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/844/plo-030-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/844/plo-030-2020.pdf</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/853/plo-031-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/853/plo-031-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a compensação de débitos de créditos entre o Município de Corbélia e os contribuintes, e dá outras providências.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/854/plo-032-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/854/plo-032-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição do projeto, “Vizinho Solidário” no Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/874/plo-033-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/874/plo-033-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para controle às Endemias - Febre Amarela e Dengue - no Município de Corbélia.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/876/plo-034-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/876/plo-034-2020.pdf</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/885/plo-035-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/885/plo-035-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto a União, por intermédio da Caixa Econômica Federal, na qualidade de Agente Financeiro, a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/886/plo-036-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/886/plo-036-2020.pdf</t>
   </si>
   <si>
     <t>Concede subsídio, conforme decisão do Conselho de Desenvolvimento Industrial - CODIC - de 25 de novembro de 2020, ao empreendedor Sérgio Valdeci Drehmer, para cascalhamento da área no entorno das futuras instalações do CD da empresa QUERO QUERO e dá outras providências.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/893/plo-037-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/893/plo-037-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a planta genérica de valores para lançamento e cobrança dos impostos imobiliários, disciplina fórmula de cálculo, estabelece parâmetros e classificação das edificações do Município de Corbélia e da outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/896/plo-038-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/896/plo-038-2020.pdf</t>
   </si>
   <si>
     <t>Solicita prorrogação do prazo fixado na Lei Municipal n° 984 de 22 de janeiro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/897/plo-039-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/897/plo-039-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo Municipal a deixar de executar saldos remanescentes de débitos tributários e outros de qualquer espécie, cujo valor atualizado seja inferior às respectivas custas judiciais, e, dá outras providências.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/756/pdl-001-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/756/pdl-001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2018.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/894/pre-001-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/894/pre-001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Suplementar no orçamento vigente do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/682/emenda_plo_004_2020_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/682/emenda_plo_004_2020_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 004/2020, com a finalidade de alterar a matéria proposta.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>Luis Sturmer, Gaúcho da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/683/emenda_plo_002_2020_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/683/emenda_plo_002_2020_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 002/2020, com a finalidade de alterar a matéria proposta.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/757/emd-003-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/757/emd-003-2020.pdf</t>
   </si>
   <si>
     <t>Altera redação do artigo 1° do Projeto de Lei n° 011/2020 de 15 de abril de 2020.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/768/emd-004-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/768/emd-004-2020.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei n° 014/2020, com a finalidade de adequar a técnica legislativa da matéria.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CECS - Comissão de Educação, Cultura e Saúde, CICA - Comissão de Indústria, Comércio e Agropecuária, CJR - Comissão de Justiça e Redação, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/798/emenda_plo_011_2020_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/798/emenda_plo_011_2020_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Art. 8º e Art. 39 do Projeto de Lei nº 011/2020, com a finalidade reduzir o limite para abertura de créditos adicionais.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/799/emenda_plo_017_2020_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/799/emenda_plo_017_2020_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Art. 1º do Projeto de Lei nº 017/2020, com a finalidade reduzir aprimorar o nome proposto.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CEFO - Comissão de Economia, Finanças e Orçamento, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/819/emenda_plo_019_2020_-_substitutiva_obrigatoria.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/819/emenda_plo_019_2020_-_substitutiva_obrigatoria.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 019/2020, com a finalidade de adequar a matéria à técnica legislativa, bem como de suprimir as temáticas diversas da Emenda Constitucional nº 103, de 12 de novembro de 2019.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>Luis Sturmer, Cordeiro, Ivo, José Osni Alves, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/825/emd-008-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/825/emd-008-2020.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Art. 2º do Projeto de Lei nº 022/2020, com a finalidade manter inalterado o subsídio do Prefeito.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/826/emd-009-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/826/emd-009-2020.pdf</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/827/emd-010-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/827/emd-010-2020.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Projeto de Lei nº 022/2020, com a finalidade de incluir redução de 50% aos subsídios dos agentes políticos durante o exercício de 2021.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/828/emd-011-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/828/emd-011-2020.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Projeto de Lei nº 023/2020, com a finalidade de incluir redução de 50% aos subsídios dos agentes políticos durante o exercício de 2021.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/829/emenda_plo_023_2020_-_modificativa_2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/829/emenda_plo_023_2020_-_modificativa_2.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Art. 2º e Art. 3º do Projeto de Lei nº 023/2020, com a finalidade reduzir o valor do subsídio dos Vereadores.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/875/emenda_plo_031_2020_-_substitutiva_justificada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/875/emenda_plo_031_2020_-_substitutiva_justificada.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 031/2020, com a finalidade de adequar a técnica legislativa e corrigir a matéria.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>CECS - Comissão de Educação, Cultura e Saúde, CICA - Comissão de Indústria, Comércio e Agropecuária, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/881/emenda_plo_033_2020_-_substitutiva_justificada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/881/emenda_plo_033_2020_-_substitutiva_justificada.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 033/2020, com a finalidade de adequar a técnica legislativa e corrigir a matéria.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/889/emd-015-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/889/emd-015-2020.pdf</t>
   </si>
   <si>
     <t>Inclui-se a natureza de despesas 4.4.90.51.00.00 na fonte 1000 - Recursos Ordinários, no projeto/atividade 2.340, na Secretaria Municipal de Ação Social, no valor de R$ 10.000,00.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>CICA - Comissão de Indústria, Comércio e Agropecuária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/898/emenda_plo_036_2020_-_modificativa_justificada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/898/emenda_plo_036_2020_-_modificativa_justificada.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 033/2020, com a finalidade de adequar a a matéria.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/899/emenda_plo_038_2020_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/899/emenda_plo_038_2020_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 038/2020, com a finalidade de adequar a técnica legislativa.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/900/emenda_plo_039_2020_-_substitutiva_justificada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/900/emenda_plo_039_2020_-_substitutiva_justificada.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 039/2020, com a finalidade de adequar a técnica legislativa e corrigir a matéria.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Paraná</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/846/tcepr-acordao-85-15-2c_contas_2012_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/846/tcepr-acordao-85-15-2c_contas_2012_corbelia.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 85/15 - Segunda Câmara. Prestação de contas do Prefeito Municipal. Manifestações uniformes. Exercício 2012. Parecer prévio recomendando a irregularidade das contas e aplicação de sanções. ACÓRDÃO DE PARECER PRÉVIO Nº 253/20 - Tribunal Pleno. Prestação de contas do Prefeito Municipal. Recursos de Revista. Conversão em ressalva das inconsistências do balanço patrimonial, da apresentação intempestiva do Relatório de Controle Interno e do provimento do cargo de contador em desacordo com o Prejulgado 6. Manutenção das demais irregularidades e sanções. Exercício de 2012. Parecer prévio recomendando a irregularidade das contas.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/901/tce-pr_acordao_parecer_previo_271_2016_2c_-_contas_2011_irregularidade.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/901/tce-pr_acordao_parecer_previo_271_2016_2c_-_contas_2011_irregularidade.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 271/16 - Segunda Câmara. Prestação de contas do Prefeito Municipal. Existência de obrigações financeiras sem o necessário suporte em disponibilidades. Déficit financeiro de 8,23%. Art. 9º da LRF. Exercício 2011. Parecer prévio recomendando a irregularidade das contas.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/902/tce-pr_acordao_parecer_previo_489_2020_1c_-_contas_2019_regularidade.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/902/tce-pr_acordao_parecer_previo_489_2020_1c_-_contas_2019_regularidade.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 489/20 - Primeira Câmara. Prestação de contas do Prefeito Municipal. Exercício 2019. Parecer prévio recomendando a regularidade das contas.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/679/1-2020_volmir_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/679/1-2020_volmir_nene.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Castramovel.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/680/2-2020_volmir_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/680/2-2020_volmir_nene.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a reforma da Escola Municipal Castro Alves.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/681/3-2020_volmir_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/681/3-2020_volmir_nene.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos gastos do Poder Executivo com publicidade e propaganda no ano de 2019.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/689/4-2020_volmir_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/689/4-2020_volmir_nene.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a todas as obras do Município que iniciaram e tiveram sua execução interrompida.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_005-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_005-2020.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a situação do cemitério municipal considerando o estado de superlotação.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/716/requerimento_n_006-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/716/requerimento_n_006-2020.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, para que envie um Projeto de Lei dispondo sobre a instituição de um programa emergencial destinado a concessão de cestas básicas e vale-gás, para as famílias carentes de Corbélia, que integram ou não programas assistenciais.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/719/requerimento_n_007-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/719/requerimento_n_007-2020.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a leitura do consumo de água da cidade.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/727/8-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/727/8-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos redutores de velocidade que estão sendo construídos no Município.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/728/9-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/728/9-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Hospital de Campanha Microrregional montado no Centro de Eventos.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/732/10-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/732/10-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à execução da Lei Municipal n° 870, de 08 de maio de 2015, que dispõe sobre o incentivo ao cultivo da "citronela" e da "crotalária", como método natural de combate à dengue e dá outras providências.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/751/11-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/751/11-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre repasses de recursos do Município para o CONSAMU, para o CISOP e para o Hospital Santa Simone.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/752/12-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/752/12-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Requer seja providenciado o envio de documentos hábeis a prestar os esclarecimentos, sobre obras públicas de colocação de calçadas e manutenção de bocas de lobo, que ora são requisitados pelo Poder Legislativo Municipal de Corbélia-Pr.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/788/13-2020_paulo_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/788/13-2020_paulo_raio_x.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos informando os motivos pelos quais as correspondências não são entregues pelos Correios em diversos bairros no Município.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/797/14-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/797/14-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a distribuição de alimentos realizada pelas Escolas Municipais às famílias carentes.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>Eli Stefanello, Chui, Gaúcho da Farmácia, Ivo, José Osni Alves, Luis Sturmer, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/801/req-015-2020-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/801/req-015-2020-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer seja providenciado o envio de documentos hábeis a prestar os esclarecimentos, sobre o emprego de recursos e de servidores no HOSPITAL DE CAMPANHA, para o enfrentamento da pandemia do COVID-19.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/851/16-2020_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/851/16-2020_nene.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao cronograma de trabalhos do setor de epidemiologia em relação aos procedimentos de prevenção e combate a dengue.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/852/17-2020_paulo_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/852/17-2020_paulo_raio_x.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo que solicite junto a Sanepar informações e providências referentes a qualidade da água no Bairro Vila Unida.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>Requer informações referentes ao planejamento de volta as aulas da Secretaria de Educação.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/863/req-019-2020-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/863/req-019-2020-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à contratação de espaços publicitários “outdoor”.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/870/req-020-2020-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/870/req-020-2020-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informação referente à fiscalização municipal, das condições de atendimento disponibilizados pelos estabelecimentos bancários no município, frente ao COVID-19.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/884/req-021-2020-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/884/req-021-2020-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao cumprimento da Lei Municipal nº 1071, de 05 de dezembro de 2019.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/892/req-022-2020-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/892/req-022-2020-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à contribuição social dos associados da ACOMAR.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/903/req-023-2020-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/903/req-023-2020-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informação referente ao valor gasto nas despesas realizadas com a decoração natalina no Município.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/685/1-2020_paulo_z._valdir_c..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/685/1-2020_paulo_z._valdir_c..pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a conclusão das obras do passeio público no bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>Cordeiro, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/686/2-2020_valdir_c._paulo_z..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/686/2-2020_valdir_c._paulo_z..pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize melhorias na rua paralela a propriedade da família Formighieri no bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/687/3-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/687/3-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a instalação de iluminação pública no prolongamento da Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/688/4-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/688/4-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a criação e implantação de Campanha e mobilização para promover a prevenção e o combate contra a dengue.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/690/5-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/690/5-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a realização de vistoria nos terrenos e lotes baldios a fim de combater a proliferação do mosquito da dengue.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/691/6-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/691/6-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que juntamente a Secretaria de Viações e obras notifique a empresa contratada para que conclua a obra de revitalização da Avenida Castelo Branco.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/692/7-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/692/7-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lixeiras aos arredores da Praça Paraguai.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>Gaúcho da Farmácia, Chui</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/693/8-2020_odairchui.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/693/8-2020_odairchui.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção e melhorias nos banheiros externos do Estádio Municipal.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/694/9-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/694/9-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que determine à Secretaria de Viação e Obras Públicas que viabilize a inspeção dos postes de placas de sinalização do Município de Corbélia e efetue as medidas necessárias à profilaxia do mosquito transmissor da Dengue.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/697/10-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/697/10-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de acompanhamento psicológico aos Servidores Públicos do Município.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/698/11-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/698/11-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a realização de Campanha de Prevenção ao suicídio.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/699/12-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/699/12-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de um local apropriado para atender as vítimas de dengue.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que sejam adotadas medidas a fim de proteger a população do novo coronavírus.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Chui</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/703/indicacao_014-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/703/indicacao_014-2020.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada obra de reestruturação e melhorias na Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/706/indicacao_015-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/706/indicacao_015-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização de procedimento de desinfetação de espaços públicos e no entorno de locais de maior movimento de pessoas na sede e distritos de Corbélia.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/707/indicacao_016-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/707/indicacao_016-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que tome providências em relação a cobrança de IPTU aos munícipes, bem como das Taxas de Alvará e taxa sanitária ao comércio, considerando a situação de calamidade causada pelo COVID-19.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que permita aos servidores públicos acima de 60 anos ficarem em suas casas durante o período de quarentena considerando a situação de calamidade causada pelo COVID-19.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/709/indicacao_018-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/709/indicacao_018-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, o treinamento adequado aos servidores municipais e também, aos Prestadores de Serviço Microempreendedores Individuais (MEIs), que exerçam suas funções laborais na Sede e nos Distritos.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/710/indicacao_019-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/710/indicacao_019-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização de parceria com as costureiras do Município a fim de confeccionar e distribuir máscaras de tecido para a população carente.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/711/indicacao_020-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/711/indicacao_020-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a pulverização de inseticida, popularmente conhecido como fumacê no Município.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/712/indicacao_021-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/712/indicacao_021-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize local de moradia aos profissionais da saúde que estão exercendo suas atividades e residem com pessoas que fazem parte do grupo de risco do COVID-19.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/713/indicacao_022-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/713/indicacao_022-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize local apropriado bem como central telefônica para fornecer informações referentes ao auxílio emergencial do Governo Federal a trabalhadores informais.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/714/indicacao_023-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/714/indicacao_023-2020.pdf</t>
   </si>
   <si>
     <t>Indica a realização de parceria com os empresários e comerciantes do Município, bem como com os agricultores para que seja realizada a desinfectação da cidade nos locais de maior circulação de pessoas.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_024-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_024-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, na Sede e nos Distritos do Município de Corbélia.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_025-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_025-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito a construção de redutor de velocidade na Rua General Osório.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/725/26-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/725/26-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal o aproveitamento de terrenos baldios para hortas comunitárias, nos termos da Lei Municipal n° 556/2003, que criou o Programa de aproveitamento de terrenos baldios para hortas comunitárias.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/726/27-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/726/27-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de vacina da gripe aos servidores da limpeza pública.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/729/28-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/729/28-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para oportunizar aos docentes estatutários e celetistas (PSS's), treinamento para aperfeiçoamento pedagógico, durante a suspensão das aulas em decorrência da pandemia do SARS-COVID-19 (coronavírus).</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/730/29-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/730/29-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que determine as Secretarias competentes, que se organizem para viabilizar estudo de caráter financeiro, referente à valorização dos servidores da área da saúde pública municipal.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/731/30-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/731/30-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal para que utilize a estrutura do Castramóvel, destinando o equipamento para a utilização, como abrigo, para os trabalhadores que permanecem externamente, como escritório e/ou recepção, junto ao Hospital de Campanha Ecléa Wolf.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal sobre a possibilidade de realizar o pagamento de adicional de insalubridade aos assistentes sociais que trabalham com portadores de doenças infectocontagiosas, em áreas e locais insalubres ou em situações de calamidade pública e propõe também, o pagamento adicional de periculosidade aos assistentes sociais que exercem suas atividades em locais de difícil acesso e que implique em exposição a risco acentuado à sua integridade física.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/735/32-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/735/32-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a realização de campanha em apoio ao comércio local.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/736/33-2020_juliano_schimtt.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/736/33-2020_juliano_schimtt.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um redutor de velocidade no cruzamento entre as ruas Tipuana e Jasmim.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/737/34-2020_ele.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/737/34-2020_ele.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito do Município de Corbélia a elaboração e proposição à Câmara Municipal, de projeto de lei, que assegure aos servidores da área de assistência social, os adicionais de periculosidade e insalubridade, nos mesmos moldes em que é assegurado aos servidores contratados pelo regime da CLT, em compensação pela exposição de risco a sua integridade.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/739/35-2020_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/739/35-2020_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de aparelho de ecografia para a UBS Central do Município.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/740/36-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/740/36-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indicação ao Gestor Municipal, suspensão dos descontos em folha de pagamento de empréstimos consignados dos servidores municipais em decorrência de emergência de saúde pública em decorrência pandemia do SARS-COVID-19 (coronavírus).</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/742/37-2020_eligauchochuiluisivanosni_e_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/742/37-2020_eligauchochuiluisivanosni_e_nene.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, que determine a concessão de adicional de insalubridade em grau máximo para os servidores e empregados públicos municipais, lotados na Secretaria Municipal de Saúde, que estejam prestando serviços de atendimento a pacientes suspeitos ou portadores do Coronavírus, e aos trabalhadores que atuam na limpeza pública no Município de Corbélia.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/743/38-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/743/38-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Reitera o pedido de capacitação continuada para os servidores municipais, que trabalham na área da saúde expostos ao risco de contaminação, SARS-COVID-19 (coronavírus), visando diminuir o risco de infectados durante a pandemia.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/744/39-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/744/39-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a instalação de divisória em material transparente (acrílico ou vidro), nas farmácias, unidades básicas de saúde e demais órgãos municipais onde ocorre atendimento ao público, visando diminuir o risco de contaminação, durante a pandemia de SARS-COVID-19 (coronavírus).</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/745/40-2020_zezinho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/745/40-2020_zezinho.pdf</t>
   </si>
   <si>
     <t>Indica a construção de dois redutores de velocidade na Avenida Juscelino Kubitschek localizada no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/746/41-2020_zezinho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/746/41-2020_zezinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize junto ao órgão competente a instalação de iluminação pública na Avenida Juscelino Kubitschek localizada no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/747/42-2020_zezinho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/747/42-2020_zezinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize adequação com pedra irregular na Rua Presidente Afonso Pena no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/748/43-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/748/43-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, que sejam criadas Barreiras Sanitárias, com controle de entrada e saída de pessoas na cidade de Corbélia e nos Distritos de Nossa Senhora da Penha e Ouro Verde do Piquiri, como medida de enfrentamento da pandemia causada pelo COVID-19.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/749/44-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/749/44-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, que determine a Secretaria competente realizar o estudo para a criação de Programa Social "Corbélia mais Vida" destinado aos jovens de 13 a 17 anos de idade, pertencentes a famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/750/45-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/750/45-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de cabine de sanitização no Município.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/758/46-2020_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/758/46-2020_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica que seja criado programa de proteção aos servidores prestadores de serviço do Município.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/759/47-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/759/47-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, que determine as providências cabíveis para que sejam postas em prática medidas como a disponibilização de toldos, cadeiras, álcool e colaboradores que auxiliem na higienização adequada ao público que tem enfrentado filas diante das agências bancárias.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/760/48-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/760/48-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, que determine a realização de "BLITZ EDUCATIVAS", nas principais vias de comércio do Município de Corbélia, a fim de conscientizar a população sobre a obrigatoriedade da utilização de máscaras nos estabelecimentos comerciais e nos veículos.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/761/49-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/761/49-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, estabelecer parceria com empresas de confecções de Corbélia, para a confecção de máscaras faciais laváveis, de tecido, para doação a população, enquanto durar a pandemia do COVID-19.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/762/50-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/762/50-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de atender o pedido de aquisição de cilindros de gás oxigênio para uso domiciliar após ordem médica do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/763/51-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/763/51-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, que determine a realização de estudos para instituição da política nacional de prevenção à Pessoa Diabética.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/765/52-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/765/52-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a criação da campanha “Compre Aqui” no Município de Corbélia.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/766/53-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/766/53-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que antecipe a liberação da primeira parcela do 13º salário para o mês de julho mediante solicitação do servidor que assim desejar.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/769/54-2020_gaucho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/769/54-2020_gaucho.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize atendimento aos produtores rurais do Município em caráter prioritário.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/770/55-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/770/55-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize local adequado para acolher os moradores de rua do Município.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/771/056-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/771/056-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que solicite junto a empresa Expresso Maringá a criação de uma linha a mais de ônibus para o transporte Metropolitano Corbélia x Cascavel.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/772/057-2020_paulo_zaquette.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/772/057-2020_paulo_zaquette.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a construção de um redutor de velocidade na Rua Lírio, n° 1834, no Centro.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/773/058-2020_paulo_zaquette.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/773/058-2020_paulo_zaquette.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize revestimento com lama asfáltica na Rua Castro Alves, localizada no bairro Vila São José.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/774/059-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/774/059-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que verifique a situação legal e tome providências em relação ao local onde está localizado o antigo Clube Cruzeirinho na Rua Tulipa, Centro.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/775/060-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/775/060-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal a instituição do dia e a semana de conscientização sobre a esquizofrenia.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/776/061-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/776/061-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a instalação de parque infantil adaptado para crianças com deficiência no Município.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/777/062-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/777/062-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de providências no sentido de remeter para esta Casa Legislativa mensagem dispondo sobre a criação da Política Pública de Proteção aos Animais no Município de Corbélia.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/778/063-2020_paulo_do_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/778/063-2020_paulo_do_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias no serviço de atendimento Call Center COVID-19, bem como em todas as linhas telefônicas das UBS, Secretaria de Saúde e demais setores pertencentes à Saúde.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/779/064-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/779/064-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal a necessidade urgente da realização de serviços de manutenção na passarela do Lago Municipal.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/780/065-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/780/065-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de moradias populares à população carente do Município.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/782/066-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/782/066-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Indica a realização de cobertura, bem como a inserção de bancos de assento em frente às UBS do Município que são pontos pertencentes ao itinerário do ônibus da saúde.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/783/067-2020_odair_pasetti.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/783/067-2020_odair_pasetti.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas medidas de adequação e proteção ao COVID-19 no Estádio Municipal.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/784/68-2020_zezinho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/784/68-2020_zezinho.pdf</t>
   </si>
   <si>
     <t>Indica que sejam construídas faixas elevadas no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/785/069-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/785/069-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de que sejam executados estudos para implantação de Programa Família Acolhedora para Idosos, neste Município de Corbélia.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/786/070-2020_paulo_do_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/786/070-2020_paulo_do_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada uma melhor e maior divulgação da quantidade dos casos de COVID-19 atualizados diariamente, bem como se informe quais as localidades afetadas.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/787/71-2020_paulo_do_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/787/71-2020_paulo_do_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de vagas de estacionamento para deficientes no Município.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/789/72-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/789/72-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal que determine à secretaria competente, que viabilize a pintura delimitando a área de estacionamento em ambos os lados da Avenida Santa Catarina.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/790/73-2020_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/790/73-2020_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que juntamente com as Secretarias competentes viabilize serviço de proteção aos servidores públicos que são responsáveis pela limpeza da cidade.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/791/74-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/791/74-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de que seja realizada demarcação de vaga de estacionamento para idosos e para pessoa portadora de deficiência física em frente a Câmara Municipal.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/793/75-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/793/75-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que disponibilize repelente aos munícipes notificados com dengue, e inseticida às famílias carentes.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/794/76-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/794/76-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize local específico para a realização dos exames de COVID-19.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/795/77-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/795/77-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de viabilizar a realização de transmissões informativas pela internet, para divulgar e esclarecer à população, sobre o COVID-19, na crise de Emergência de Saúde.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/796/78-2020_paulo_zaquette.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/796/78-2020_paulo_zaquette.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a manutenção da grama sintética da quadra esportiva localizada no bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/800/ind-079-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/800/ind-079-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que realize em caráter de emergência estudo de projeto de Lei tendente a consignar na Legislação Municipal sobre o repasse "Incentivo Financeiro Adicional" aos Agentes Comunitários de Saúde - ACS e aos Agentes de Combate às Endemias - ACE.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/802/ind-080-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/802/ind-080-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que acrescente um kit de máscaras nas cestas básicas que estão sendo distribuídas às famílias carentes.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/806/ind-081-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/806/ind-081-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Presidente que encaminhe à Assembléia Legislativa do Paraná sugestão de nomes locais conforme designa para a nominação dos viadutos da Rodovia BR-369.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/807/ind-082-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/807/ind-082-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que seja realizada sanitização em diversos pontos específicos do Município onde possui maior concentração de pessoas, uma vez por semana.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Eli Stefanello, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/809/ind-083-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/809/ind-083-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que realize a distribuição gratuita de kit contendo HIDROXICLORIQUINA/IVERMECTINA, para a população de Corbélia em geral, por meio da rede municipal de saúde.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/810/ind-084-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/810/ind-084-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a conclusão dos trabalhos de reformulação do plano de cargos e salários dos professores.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/811/ind-085-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/811/ind-085-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize campanha de conscientização junto a população em relação ao descarte correto de materiais de uso hospitalar utilizados nos domicílios.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/815/86-2020_paulo_zaquette.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/815/86-2020_paulo_zaquette.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um redutor de velocidade na Rua Primavera, localizada no Centro.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/816/87-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/816/87-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que realize melhorias na Rua Lilás, no trecho que dá acesso à Rodovia BR-369.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de divulgar a relação de medicamentos disponíveis na rede pública municipal de saúde.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/823/089-paulo_do_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/823/089-paulo_do_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a construção de um redutor de velocidade na Rua Tiradentes em frente a UBS do bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/831/90-2020_chu.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/831/90-2020_chu.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a sinalização com placas na Rua Aldino Formigheri.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/832/91-2020_chui_gaucho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/832/91-2020_chui_gaucho.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize estudo de trânsito para implantação de vagas para PCD e idosos no Município.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/833/92-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/833/92-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Disponibilização de atividades virtuais intersetoriais para idosos visando amenizar os impactos físicos, sociais e emocionais da Covid-19.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/834/93-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/834/93-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Instituir uma campanha publicitária de divulgação dos números dos telefones do Conselho Tutelar de Corbélia-PR, bem como acerca de outra ferramenta tecnológica disponível pelo Poder Público.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/835/94-2020_paulinho_zaquete_e_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/835/94-2020_paulinho_zaquete_e_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a implantação de um parque infantil no bairro Vila Unida.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/836/95-2020_paulinho_zaquett_e_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/836/95-2020_paulinho_zaquett_e_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a construção de um redutor de velocidade no bairro Vila Unida.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/838/ind-096-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/838/ind-096-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a aquisição de equipamentos e produtos de limpeza para as UBS do Município.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/839/ind-097-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/839/ind-097-2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize iluminação pública embaixo dos viadutos localizados na Avenida Santa Catarina e na rua da Coopavel.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/841/98-2020_valdir_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/841/98-2020_valdir_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize um automóvel para a ACOMAR.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/845/99-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/845/99-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que seja instituído um programa de estímulo a limpeza e desassoreamento dos corpos hídricos existentes no Município, bem como trabalho de Educação Ambiental e conscientização nas escolas abordando a importância dos rios para a manutenção da vida, para a preservação da biodiversidade e para o desenvolvimento de atividades econômicas sustentáveis.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/847/100-2020_gaucho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/847/100-2020_gaucho.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize bancos para as praças do Município que possuem ATI.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Paulo do Raio X, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/848/101-2020_paulo_raio_x_e_zezinho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/848/101-2020_paulo_raio_x_e_zezinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a adequação e/ou substituição dos computadores e equipamentos de informática em geral, em todas as Escolas Municipais do Município de Corbélia, especialmente nos Distritos.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/849/102-2020_paulo_do_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/849/102-2020_paulo_do_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as ações necessárias para garantir o piso de vencimentos aos trabalhadores terceirizados no Município de Corbélia.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/850/103-2020_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/850/103-2020_cordeiro.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize campanha para arrecadação de materiais recicláveis junto ao departamento do Meio Ambiente e ao Comércio local.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/855/104-2020_cordeiroivan_bom_tempo.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/855/104-2020_cordeiroivan_bom_tempo.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a construção de uma Creche no Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/856/105-2020_paulinho_zaquette.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/856/105-2020_paulinho_zaquette.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um redutor de velocidade na rua Francisco Glicério, no Bairro Jardim Vera Lúcia no Município de Corbélia.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/857/106-2020_paulo_do_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/857/106-2020_paulo_do_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de um parque infantil para o Distrito Nossa Senhora da Penha, no Município de Corbélia.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/858/107-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/858/107-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a existência da necessidade de aquisição de um veículo utilitário adaptado com o equipamento hidráulico de plataforma elevatória articulada com cesto aéreo telescópico, destinado a poda e manutenção da arborização urbana e aos serviços públicos.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/859/ind-108-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/859/ind-108-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a ampliação do horário de atendimento odontológico na UBS do Centro.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/861/ind-109-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/861/ind-109-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que intensifique a capacidade de fiscalização para restringir aglomerações e circulação de pessoas sem o uso de máscara, sejam realizadas ações de higienização na cidade.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/862/ind-110-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/862/ind-110-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que promova a criação de um programa denominado "Banco de Oportunidades" ferramenta on line, que tem o objetivo de aproximar os trabalhadores do Município com as empresas que possuem vagas de emprego disponíveis.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/864/ind-111-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/864/ind-111-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as ações necessárias para elaborar projeto de lei e encaminhar para o Poder Legislativo, instituindo o desconto ou a isenção do ITBI quando da aquisição do primeiro imóvel no Município de Corbélia.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/865/ind-112-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/865/ind-112-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a ampliação dos horários de coleta de lixo reciclável no Município.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/866/ind-113-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/866/ind-113-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a compra de terreno para possibilitar a adesão de programas habitacionais do Governo Federal e/ou Estadual.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/867/ind-114-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/867/ind-114-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que realize a construção de um redutor de velocidade na Rua Violeta, 344.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/868/ind-115-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/868/ind-115-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que determine ao Departamento Municipal de Meio Ambiente a colocação de placas de advertência e veiculação on line, de orientações, para garantir a segurança de banhistas em rios e cachoeiras no nosso Município.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/869/ind-116-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/869/ind-116-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal a necessidade de intensificação das Campanhas de Prevenção e Combate a Dengue no Município.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/871/ind-117-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/871/ind-117-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que gestione junto ao Governo Federal e/ou Estadual a viabilização de recursos para a reforma de casas de pessoas carentes, idosos, e/ou com deficiência.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/872/ind-118-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/872/ind-118-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma pista de caminhada no Bosque, no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/873/ind-119-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/873/ind-119-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um redutor de velocidade na Rua Hortência, no Centro.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/877/120-2020_eli_stefanello.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/877/120-2020_eli_stefanello.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que determine ao Departamento Municipal de Meio Ambiente a realização do levantamento de nascentes, córregos e rios existentes em nosso Município, para obrigar a recomposição da vegetação ciliar nativa frutífera.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/878/121-2020_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/878/121-2020_nene.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção do calçamento da Comunidade Rural São Roque.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/879/122-2020_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/879/122-2020_nene.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção do calçamento da Comunidade Rural Planalto do Piquirizinho.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/880/123-2020_nene.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/880/123-2020_nene.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um redutor de velocidade na Avenida Paraná.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/882/124-2020_raio_x.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/882/124-2020_raio_x.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação dos atendimentos odontológicos em todas as UBS do Município, em especial no bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/890/ind-125-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/890/ind-125-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de uma concha hidráulica e um caminhão toco caçamba para o Distrito da Penha.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/891/ind-126-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/891/ind-126-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um redutor de velocidade na Rua Flor de Maracujá.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Cordeiro, Chui, Eli Stefanello, Gaúcho da Farmácia, Ivo, Paulinho Zaquette, Paulo do Raio X, Volmir Reis Nene, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/734/mocao_cordeiro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/734/mocao_cordeiro.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento a empresa COPACOL pelas ações que tem prestado em favor da comunidade auxiliando no combate à pandemia do Coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/803/moc-002-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/803/moc-002-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento as Entidades Religiosas do Município de Corbélia pelo nobre trabalho que vem sendo prestado à comunidade.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/808/moc-003-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/808/moc-003-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento aos profissionais da saúde do Município, os quais estão na linha de frente no combate ao COVID-19.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/817/monica_bombarda.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/817/monica_bombarda.pdf</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento da Sra. Monica Justus Fontes Bombarda.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/883/ricardinho_sedlacek.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/883/ricardinho_sedlacek.pdf</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento do Sr. Ricardo Sdlacek.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/895/moc-006-2020-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/895/moc-006-2020-aprovada.pdf</t>
   </si>
   <si>
     <t>Em apoio aos profissionais de educação, que lutam pela revogação do edital n° 047/2020, que estabelece a realização de prova escrita presencial, obrigando os profissionais a se sujeitarem aos riscos de contágio pelo COVID-19.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>PCEFO</t>
   </si>
   <si>
     <t>Parecer da Comissão de Economia Finanças Orçamento</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/755/parecer_cjr_cefo_plc_001_2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/755/parecer_cjr_cefo_plc_001_2020.pdf</t>
   </si>
   <si>
     <t>Parecer Desfavorável à tramitação do Projeto de Lei Complementar nº 001 de 20 de abril de 2020. Que Dispõe sobre a adoção de medidas econômicas emergenciais em razão da pandemia de SARS-COVID-19 (corona vírus), no Município de Corbélia-PR.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>PCICA</t>
   </si>
   <si>
     <t>Parecer da Comissão de Ind, Com e Agropecuaria</t>
   </si>
   <si>
     <t>CICA - Comissão de Indústria, Comércio e Agropecuária, CEFO - Comissão de Economia, Finanças e Orçamento, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/753/parecer_cjr_cefo_cica_pl0_008_2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/753/parecer_cjr_cefo_cica_pl0_008_2020.pdf</t>
   </si>
   <si>
     <t>Parecer Desfavorável à tramitação do Projeto de Lei nº 008 de 16 de março de 2020. Que concede isenção do HABITE-SE para a obra do Centro Comercial Peroza e dá outras providências.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa Candidata à Mesa Diretiva</t>
   </si>
   <si>
     <t>Candidatura do Vereador Juliano Schmitt ao cargo de 1º Secretário da Mesa Diretiva.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/904/chapa-001-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/904/chapa-001-2021.pdf</t>
   </si>
   <si>
     <t>Requerimento de registro de chapa "POR UMA GESTÃO PARTICIPATIVA" para Mesa Diretiva no biênio 2021-2022.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>TST</t>
   </si>
   <si>
     <t>Teste</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/704/proposicao-teste-001-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/704/proposicao-teste-001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre testar o sistema de votação eletrônica.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/705/proposicao-teste-002-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/705/proposicao-teste-002-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre testar a tramitação eletrônica e à distância.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2940,68 +2940,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/805/plom-001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/724/plc-001-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/675/plo-001-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/676/projeto-lei-reajuste-prefeito-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/695/plo-005-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/696/plo-006-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/700/plo-007-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/702/plo-008-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/718/plo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/722/plo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/723/plo_n_011-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/738/plo-012-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/741/plo-013-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/764/plo-014-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/767/plo-015-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/781/plo-016-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/792/plo-017-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/812/plo-018-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/813/plo-019-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/814/plo-020-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/820/plo-021-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/821/plo-022-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/822/plo-023-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/824/plo-024-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/830/plo-025-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/837/plo-026-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/840/plo-027-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/842/plo-028-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/843/plo-029-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/844/plo-030-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/853/plo-031-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/854/plo-032-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/874/plo-033-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/876/plo-034-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/885/plo-035-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/886/plo-036-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/893/plo-037-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/896/plo-038-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/897/plo-039-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/756/pdl-001-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/894/pre-001-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/682/emenda_plo_004_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/683/emenda_plo_002_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/757/emd-003-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/768/emd-004-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/798/emenda_plo_011_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/799/emenda_plo_017_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/819/emenda_plo_019_2020_-_substitutiva_obrigatoria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/825/emd-008-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/826/emd-009-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/827/emd-010-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/828/emd-011-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/829/emenda_plo_023_2020_-_modificativa_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/875/emenda_plo_031_2020_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/881/emenda_plo_033_2020_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/889/emd-015-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/898/emenda_plo_036_2020_-_modificativa_justificada.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/899/emenda_plo_038_2020_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/900/emenda_plo_039_2020_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/846/tcepr-acordao-85-15-2c_contas_2012_corbelia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/901/tce-pr_acordao_parecer_previo_271_2016_2c_-_contas_2011_irregularidade.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/902/tce-pr_acordao_parecer_previo_489_2020_1c_-_contas_2019_regularidade.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/679/1-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/680/2-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/681/3-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/689/4-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_005-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/716/requerimento_n_006-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/719/requerimento_n_007-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/727/8-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/728/9-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/732/10-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/751/11-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/752/12-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/788/13-2020_paulo_raio_x.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/797/14-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/801/req-015-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/851/16-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/852/17-2020_paulo_raio_x.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/863/req-019-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/870/req-020-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/884/req-021-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/892/req-022-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/903/req-023-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/685/1-2020_paulo_z._valdir_c..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/686/2-2020_valdir_c._paulo_z..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/687/3-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/688/4-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/690/5-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/691/6-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/692/7-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/693/8-2020_odairchui.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/694/9-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/697/10-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/698/11-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/699/12-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/703/indicacao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/706/indicacao_015-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/707/indicacao_016-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/709/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/710/indicacao_019-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/711/indicacao_020-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/712/indicacao_021-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/713/indicacao_022-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/714/indicacao_023-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_024-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_025-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/725/26-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/726/27-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/729/28-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/730/29-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/731/30-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/735/32-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/736/33-2020_juliano_schimtt.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/737/34-2020_ele.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/739/35-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/740/36-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/742/37-2020_eligauchochuiluisivanosni_e_nene.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/743/38-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/744/39-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/745/40-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/746/41-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/747/42-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/748/43-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/749/44-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/750/45-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/758/46-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/759/47-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/760/48-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/761/49-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/762/50-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/763/51-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/765/52-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/766/53-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/769/54-2020_gaucho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/770/55-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/771/056-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/772/057-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/773/058-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/774/059-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/775/060-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/776/061-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/777/062-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/778/063-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/779/064-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/780/065-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/782/066-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/783/067-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/784/68-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/785/069-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/786/070-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/787/71-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/789/72-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/790/73-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/791/74-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/793/75-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/794/76-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/795/77-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/796/78-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/800/ind-079-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/802/ind-080-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/806/ind-081-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/807/ind-082-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/809/ind-083-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/810/ind-084-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/811/ind-085-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/815/86-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/816/87-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/823/089-paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/831/90-2020_chu.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/832/91-2020_chui_gaucho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/833/92-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/834/93-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/835/94-2020_paulinho_zaquete_e_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/836/95-2020_paulinho_zaquett_e_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/838/ind-096-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/839/ind-097-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/841/98-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/845/99-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/847/100-2020_gaucho.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/848/101-2020_paulo_raio_x_e_zezinho.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/849/102-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/850/103-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/855/104-2020_cordeiroivan_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/856/105-2020_paulinho_zaquette.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/857/106-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/858/107-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/859/ind-108-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/861/ind-109-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/862/ind-110-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/864/ind-111-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/865/ind-112-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/866/ind-113-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/867/ind-114-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/868/ind-115-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/869/ind-116-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/871/ind-117-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/872/ind-118-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/873/ind-119-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/877/120-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/878/121-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/879/122-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/880/123-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/882/124-2020_raio_x.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/890/ind-125-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/891/ind-126-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/734/mocao_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/803/moc-002-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/808/moc-003-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/817/monica_bombarda.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/883/ricardinho_sedlacek.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/895/moc-006-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/755/parecer_cjr_cefo_plc_001_2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/753/parecer_cjr_cefo_cica_pl0_008_2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/904/chapa-001-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/704/proposicao-teste-001-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/705/proposicao-teste-002-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/805/plom-001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/724/plc-001-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/675/plo-001-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/676/projeto-lei-reajuste-prefeito-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/695/plo-005-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/696/plo-006-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/700/plo-007-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/702/plo-008-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/718/plo_009-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/722/plo_010-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/723/plo_n_011-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/738/plo-012-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/741/plo-013-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/764/plo-014-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/767/plo-015-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/781/plo-016-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/792/plo-017-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/812/plo-018-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/813/plo-019-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/814/plo-020-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/820/plo-021-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/821/plo-022-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/822/plo-023-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/824/plo-024-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/830/plo-025-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/837/plo-026-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/840/plo-027-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/842/plo-028-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/843/plo-029-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/844/plo-030-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/853/plo-031-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/854/plo-032-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/874/plo-033-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/876/plo-034-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/885/plo-035-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/886/plo-036-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/893/plo-037-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/896/plo-038-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/897/plo-039-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/756/pdl-001-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/894/pre-001-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/682/emenda_plo_004_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/683/emenda_plo_002_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/757/emd-003-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/768/emd-004-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/798/emenda_plo_011_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/799/emenda_plo_017_2020_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/819/emenda_plo_019_2020_-_substitutiva_obrigatoria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/825/emd-008-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/826/emd-009-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/827/emd-010-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/828/emd-011-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/829/emenda_plo_023_2020_-_modificativa_2.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/875/emenda_plo_031_2020_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/881/emenda_plo_033_2020_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/889/emd-015-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/898/emenda_plo_036_2020_-_modificativa_justificada.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/899/emenda_plo_038_2020_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/900/emenda_plo_039_2020_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/846/tcepr-acordao-85-15-2c_contas_2012_corbelia.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/901/tce-pr_acordao_parecer_previo_271_2016_2c_-_contas_2011_irregularidade.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/902/tce-pr_acordao_parecer_previo_489_2020_1c_-_contas_2019_regularidade.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/679/1-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/680/2-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/681/3-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/689/4-2020_volmir_nene.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/715/requerimento_005-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/716/requerimento_n_006-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/719/requerimento_n_007-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/727/8-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/728/9-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/732/10-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/751/11-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/752/12-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/788/13-2020_paulo_raio_x.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/797/14-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/801/req-015-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/851/16-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/852/17-2020_paulo_raio_x.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/863/req-019-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/870/req-020-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/884/req-021-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/892/req-022-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/903/req-023-2020-aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/685/1-2020_paulo_z._valdir_c..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/686/2-2020_valdir_c._paulo_z..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/687/3-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/688/4-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/690/5-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/691/6-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/692/7-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/693/8-2020_odairchui.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/694/9-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/697/10-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/698/11-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/699/12-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/703/indicacao_014-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/706/indicacao_015-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/707/indicacao_016-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/709/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/710/indicacao_019-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/711/indicacao_020-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/712/indicacao_021-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/713/indicacao_022-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/714/indicacao_023-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/717/indicacao_024-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/720/indicacao_025-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/725/26-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/726/27-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/729/28-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/730/29-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/731/30-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/735/32-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/736/33-2020_juliano_schimtt.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/737/34-2020_ele.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/739/35-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/740/36-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/742/37-2020_eligauchochuiluisivanosni_e_nene.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/743/38-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/744/39-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/745/40-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/746/41-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/747/42-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/748/43-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/749/44-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/750/45-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/758/46-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/759/47-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/760/48-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/761/49-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/762/50-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/763/51-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/765/52-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/766/53-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/769/54-2020_gaucho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/770/55-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/771/056-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/772/057-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/773/058-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/774/059-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/775/060-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/776/061-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/777/062-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/778/063-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/779/064-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/780/065-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/782/066-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/783/067-2020_odair_pasetti.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/784/68-2020_zezinho.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/785/069-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/786/070-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/787/71-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/789/72-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/790/73-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/791/74-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/793/75-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/794/76-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/795/77-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/796/78-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/800/ind-079-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/802/ind-080-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/806/ind-081-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/807/ind-082-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/809/ind-083-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/810/ind-084-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/811/ind-085-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/815/86-2020_paulo_zaquette.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/816/87-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/823/089-paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/831/90-2020_chu.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/832/91-2020_chui_gaucho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/833/92-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/834/93-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/835/94-2020_paulinho_zaquete_e_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/836/95-2020_paulinho_zaquett_e_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/838/ind-096-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/839/ind-097-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/841/98-2020_valdir_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/845/99-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/847/100-2020_gaucho.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/848/101-2020_paulo_raio_x_e_zezinho.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/849/102-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/850/103-2020_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/855/104-2020_cordeiroivan_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/856/105-2020_paulinho_zaquette.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/857/106-2020_paulo_do_raio_x.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/858/107-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/859/ind-108-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/861/ind-109-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/862/ind-110-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/864/ind-111-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/865/ind-112-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/866/ind-113-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/867/ind-114-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/868/ind-115-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/869/ind-116-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/871/ind-117-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/872/ind-118-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/873/ind-119-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/877/120-2020_eli_stefanello.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/878/121-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/879/122-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/880/123-2020_nene.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/882/124-2020_raio_x.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/890/ind-125-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/891/ind-126-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/734/mocao_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/803/moc-002-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/808/moc-003-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/817/monica_bombarda.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/883/ricardinho_sedlacek.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/895/moc-006-2020-aprovada.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/755/parecer_cjr_cefo_plc_001_2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/753/parecer_cjr_cefo_cica_pl0_008_2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/904/chapa-001-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/704/proposicao-teste-001-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2020/705/proposicao-teste-002-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>