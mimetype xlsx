--- v0 (2025-11-28)
+++ v1 (2026-03-14)
@@ -54,3894 +54,3894 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Maycon André, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/pelom-001-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/pelom-001-2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 61, inciso XIV, da Lei Orgânica Municipal reduzindo os prazos para prestação de informações solicitadas pela Câmara Municipal, aos órgãos da Administração direta e indireta do Município de Corbélia, bem como as providências adotadas em caso de não prestação de tais informações.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-001-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-001-2021.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos e inativos e celetistas integrantes do quadro próprio do Poder Executivo, Autárquico, Comissionados, dos Agetes Políticos e do Quadro e do quadro próprio do magistério</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/907/projeto-revisao-servidores-legislativo-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/907/projeto-revisao-servidores-legislativo-2021.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária geral à remuneração dos servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/969/plo_n_003-2021_de_05.03.2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/969/plo_n_003-2021_de_05.03.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de vacinas ao enfrentamento da COVID-19 no âmbito do município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/972/plo_004.2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/972/plo_004.2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus, medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/983/plo_005.2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/983/plo_005.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial para inclusão de elementos de despesas no orçamento de 2021, e no PPA 2018-2021, e dá outras providências.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/984/plo_006.2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/984/plo_006.2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/995/plo_n_007-2021_-_fundeb.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/995/plo_n_007-2021_-_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reformulação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação - Conselho do FUNDEB, nos termos da Lei Federal n° 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/plo-008-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/plo-008-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial para inclusão de projeto/atividade e elemento de despesa no orçamento de 2021, e no PPA 2018-2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/plo-009-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/plo-009-2021.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos dos artigos 3° e 5° da Lei Municipal n° 722 de 21 de julho de 2010 que dispõe sobre dar nova estrutura ao Conselho de Desenvolvimento Industrial, Comercial e de Serviços de Corbélia - CODIC bem como trata de incentivos fiscais e econômicos.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/plo-010-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/plo-010-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Corbélia - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/plo-011-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/plo-011-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as regularizações de edificações construídas em desacordo com as Leis Municipais n° 775, n° 777 e n° 780 de 09 de agosto de 2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/plo-012-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/plo-012-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/plo-013-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/plo-013-2021.pdf</t>
   </si>
   <si>
     <t>Proíbe a produção de mudas e o plantio da Spathodea campanulata, também conhecida como espatódea ou bisnagueira, tulipeira-do-gabão, xixi-de-macaco ou chama-da-floresta, e incentiva a substituição das plantas existentes por espécies nativas no Município de Corbélia - PR, e dá outras providências.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/plo-014-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/plo-014-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Quadra Esportiva da Escola Municipal Castro Alves do Município de Corbélia.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/plo-015-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/plo-015-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica a decisão do Conselho de Desenvolvimento Industrial - CODIC - de 06 de abril de 2021, que concedeu o benefício econômico de direito real, de uso com opção de venda e concede incentivo fiscal alcançados pela Lei Municipal n° 722/2010, e dá outras providências.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/projeto_de_lei_ordinaria__-_2021_-_autoriza_feira_livre.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/projeto_de_lei_ordinaria__-_2021_-_autoriza_feira_livre.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação da "Feira Livre de Corbélia" e dá outras providências.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/plo-017-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/plo-017-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Conceder Isenções Fiscais Relativas à Construção de Unidades Habitacionais Vinculadas a Programas Habitacionais de Interesse Social.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/plo-018-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/plo-018-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Esporte e Lazer e dá outras providências.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/plo-019-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/plo-019-2021.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 1111/2020, de 14 de dezembro de 2020, que autoriza o Poder Executivo a contratar financiamento junto à União, por intermédio da Caixa Econômica Federal, na qualidade de agente financeiro, a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Eli Stefanello, Claudino de Lara, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/plo-020-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/plo-020-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar o transporte gratuito dos estudantes residentes no município de Corbélia-PR, universitários e de cursos técnicos para a cidade de Cascavel-PR.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/projeto_de_lei_ordinaria_-_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/projeto_de_lei_ordinaria_-_2021.pdf</t>
   </si>
   <si>
     <t>Reconhece as Igrejas e os Templos de qualquer culto como atividade essencial no Município de Corbélia-PR.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/plo-022-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/plo-022-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política para o controle e combate a formiga cortadeira e dá outras providências.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-023-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-023-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de manter animais acorrentados e em espaços confinados, no Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/plo-024-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/plo-024-2021.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial de eventos do Município de Corbélia, o Dia dos Catadores de Materiais Recicláveis.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/plo-025-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/plo-025-2021.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo do inciso III do Art. 3° da Lei Municipal n° 856 de 23 de dezembro de 2014.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/plo-026-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/plo-026-2021.pdf</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/plo-027-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/plo-027-2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e da outras providências.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Eli Stefanello, Emanuel Huff - Coeio, Marquinho Jandrey, Maycon André, Nei Pauvels, Paulo do Raio X, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/plo-028-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/plo-028-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Centro Municipal de Educação Infantil - CMEI.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/plo-029-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/plo-029-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dação em pagamento de Terreno Urbano do Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/plo-030-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/plo-030-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permuta de imóveis entre Município de Corbélia e a Mitra Diocesana de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/plo-031-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/plo-031-2021.pdf</t>
   </si>
   <si>
     <t>Altera a lei n° 1.085/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1136/plo-032-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1136/plo-032-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da quadra esportiva na Praça Olivo Durigon, que passa a ser denominada de “Quadra Esportiva Jair Rodrigues de Miranda”.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1169/plo-033-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1169/plo-033-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio de 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1170/plo-034-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1170/plo-034-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual do Município de Corbélia, para o exercício financeiro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1176/plo-035-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1176/plo-035-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reserva aos candidatos (as) negros (as) 10% (dez por cento) das vagas oferecidas nos concursos públicos para provimento de cargos efetivos e empregos públicos no âmbito da administração pública municipal, de quaisquer dos poderes, das autarquias, das fundações públicas, das empresas públicas e das sociedades de economia mista do município de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1182/plo-036-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1182/plo-036-2021.pdf</t>
   </si>
   <si>
     <t>Institui a escala de revezamento de 24 (vinte e quatro) horas trabalhadas por 72 (setenta e duas) horas de descanso no Posto de Bombeiros Comunitários - PBC e dá outras providências.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1195/plo-037-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1195/plo-037-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar (RPC) no âmbito do Município de Corbélia; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão ao plano de benefício de previdência complementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1205/plo-038-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1205/plo-038-2021.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 1.117, de 21 de janeiro de 2021, que concede reposição inflacionária geral à remuneração dos servidores do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1212/plo-039-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1212/plo-039-2021.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo na Lei Municipal nº 1.071, de 05 de dezembro de 2019, que Regulamenta o plantio de flores, folhagens e plantas ornamentais em logradouros públicos municipais.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1219/plo-040-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1219/plo-040-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza receber imóvel em doação, onde se encontra o Cemitério da Comunidade São Roque, no Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1220/plo-041-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1220/plo-041-2021.pdf</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1241/plo-042-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1241/plo-042-2021.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos da Lei Municipal nº 639, de 26 de dezembro de 2005, que Institui o Código Tributário do Município de Corbélia e estabelece normas gerais de direito tributário aplicável ao município.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1244/plo-043-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1244/plo-043-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1247/plo-044-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1247/plo-044-2021.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1249/plo-045-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1249/plo-045-2021.pdf</t>
   </si>
   <si>
     <t>Institui a campanha pedagógica de divulgação da Lei Federal nº 16.016/2020 para a doação de alimentos excedentes no Município de Corbélia, denominada Desperdício Zero, e dá outras providências.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1254/plo-046-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1254/plo-046-2021.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e da outra providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto2.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 861, de 12 de março de 2015 que dispõe sobre as viagens oficiais e a concessão de diárias aos Vereadores e Servidores do Poder Legislativo Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/projeto.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/projeto.pdf</t>
   </si>
   <si>
     <t>Concede licença não remunerada de 30 (trinta) dias ao Prefeito Municipal.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/pdl-002-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/pdl-002-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2019.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/pdl-003-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/pdl-003-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2012.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/pdl-004-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/pdl-004-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2011.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/pdl-005-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/pdl-005-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2009.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto-regimento.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto-regimento.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 02, de 21 de dezembro de 2016 que estabelece o Regimento Interno da Câmara Municipal de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/985/emenda_-_plo_004-2021_b.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/985/emenda_-_plo_004-2021_b.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa com a finalidade de corrigir a redação do Art. 1º do Projeto de Lei nº 004/2021.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>CICA - Comissão de Indústria, Comércio e Agropecuária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/994/emenda_plo_006_2020_-_aditiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/994/emenda_plo_006_2020_-_aditiva.pdf</t>
   </si>
   <si>
     <t>Acrescenta o § 2º ao Art. 3º e o Art. 4º ao Projeto de Lei nº 006/2020, que Dispõe sobre a proibição da queima e ou soltura de fogos de artifício de altos estampidos, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso, que causem poluição sonora acima de 85 decibéis, no Município de Corbélia, com a finalidade aprimorar o texto.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/emd-003-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/emd-003-2021.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 015/2020, com a finalidade de adequar a técnica legislativa e corrigir a matéria, que Concede benefício econômico e fiscal à empresa Art Petro Distribuidora Ltda, e dá outras providências.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>CECS - Comissão de Educação, Cultura e Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/emenda_plo_021_2021_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/emenda_plo_021_2021_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao caput Art. 1º e Emenda Supressiva ao Parágrafo único, ambos do Projeto de Lei nº 021/2021, com a finalidade de reduzir e aprimorar a matéria.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>CECS - Comissão de Educação, Cultura e Saúde, CJR - Comissão de Justiça e Redação, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/emenda_plo_013_2021_-_substitutiva_justificada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/emenda_plo_013_2021_-_substitutiva_justificada.pdf</t>
   </si>
   <si>
     <t>Proíbe a produção de mudas, o plantio, a distribuição e a comercialização da Spathodea campanulata, também conhecida como espatódea, bisnagueira, tulipeira-do-gabão, xixi-de-macaco e chama-da-floresta, e incentiva a substituição das plantas existentes por espécies nativas no Município de Corbélia - PR.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/emd-006-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/emd-006-2021.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 022/2021, com a finalidade de adequar a técnica legislativa e corrigir a matéria.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/emd-007-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/emd-007-2021.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 018/2021, com a finalidade de adequar a técnica legislativa e corrigir a matéria, que Institui o Fundo Municipal do Esporte e Lazer.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Projeto de Lei nº 036/2021, com a finalidade de autorizar a retificação de contratos já celebrados e aprimorar a matéria.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>Incluem-se nos anexos do PLO 33/2021 dotações orçamentárias para o exercício 2022.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>Incluem-se os anexos do PLO 34/2021 dotações orçamentárias.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Paraná</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/976/173-168512-10-acordao-parecer-previo-547-20-tp.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/976/173-168512-10-acordao-parecer-previo-547-20-tp.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 547/20 – Tribunal Pleno. Recurso de Revista. Falta de repasse das contribuições retidas em folha e devidas e da contribuição patronal ao INSS. Resultado financeiro deficitário das fontes não vinculadas. Ausência do extrato bancário do exercício posterior com as conciliações regularizadas. Ressalvas, sem aplicação de multa. Falta de repasse das contribuições dos servidores ao regime próprio. Divergências nos ajustes efetuados na conciliação bancária em confronto com os extratos bancários subsequentes. Mantida a irregularidade, com aplicação das multas. Provimento parcial do recurso. Exercício de 2009. Parecer prévio recomendando a irregularidade das contas.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1199/tce-pr_acordao_parecer_previo_218_2021_2c_-_contas_2013_irregularidade.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1199/tce-pr_acordao_parecer_previo_218_2021_2c_-_contas_2013_irregularidade.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 218/2021 – Segunda Câmara. Prestação de Contas de Prefeito Municipal. Falta de Repasse de contribuições patronais para o INSS. Ressalvas. Conta corrente com saldo contábil a descoberto. Realização de funções técnicas da contabilidade em desacordo com o Prejulgado nº 06 – TCE/PR. Aplicação de multa. Exercício 2013. Parecer Prévio recomendando a irregularidade das contas.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/909/req_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/909/req_1.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Temporária de Representação.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>Eli Stefanello, Claudino de Lara, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/911/req__02_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/911/req__02_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer a formação da Comissão Especial de Título Honoríficos, com a finalidade de conceder o Título de Mérito Comunitário ao Padre Valdecir Freitas Camilo.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>Professor Chico, Claudino de Lara, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/913/rec_03_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/913/rec_03_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informação referente à execução da obra pública da Praça do Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/918/rec_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/918/rec_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informação referente à execução da obra pública do Centro Esportivo do Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/922/rec_05_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/922/rec_05_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informação referente à fase de execução da obra pública localizada na saída do Bairro Jardim Nova República, na estrada da Linha Barra Bonita.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/935/req_06_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/935/req_06_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao cronograma de atividades do departamento de Cultura para o ano de 2021.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/940/req_07_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/940/req_07_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao abatedouro de aves do Município localizado próximo ao trevo da Avenida Santa Catarina.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req_08_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req_08_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a quantidade de notificações e multas realizadas durante as visitas da equipe de fiscalização da Dengue no Município.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req_9_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req_9_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à estradas e propriedades rurais que receberam intervenções e/ou melhorias pelo Poder Público Municipal em 2021.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req_10__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req_10__2021.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos quanto ao pagamento de adicional de insalubridade aos servidores municipais.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req_11_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req_11_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à distribuição da utilização de equipamentos no Município, sendo eles máquinas agrícolas e caminhões.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/991/req_12.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/991/req_12.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à existência de medidas de amparo às servidoras MEI’s contratadas pelo Poder Público Municipal quando acometidas pelo Coronavírus.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>Professor Chico, Eli Stefanello, Maycon André, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/992/req_13.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/992/req_13.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos quanto ao pagamento de acréscimo de função gratificada aos servidores municipais.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/req_14__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/req_14__2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes as providências tomadas pelo Poder Público em relação às voçorocas formadas pela água das chuvas na Avenida Brasília no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/req_15_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/req_15_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a conclusão dos trabalhos na Rua Travessa Rio Verde no Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>Nei Pauvels, Eli Stefanello, Maycon André, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/req_16_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/req_16_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao serviço de manutenção e reparos realizado na máquina Motoniveladora modelo 120H.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/req_17_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/req_17_2021.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos acerca de denúncia realizada pela população que consiste em um funcionário da prefeitura estar residindo em local público.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/req_18__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/req_18__2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes as obras da quadra poliesportiva da Escola Municipal Castro Alves.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/req_19__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/req_19__2021.pdf</t>
   </si>
   <si>
     <t>Requer informações relacionadas as funções exercidas pelas prestadoras de serviço MEI’s alocadas nas Escolas Municipais de Corbélia.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/req_20__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/req_20__2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos valores gastos com as despesas realizadas com a aquisição de aparelhos, equipamentos, móveis e utensílios para enfrentamento da COVID-19.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>Marily Bloemer, Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/req_21___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/req_21___2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos serviços que são destinados ao atendimento da mulher corbeliense.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/req_22___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/req_22___2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao cadastro atualizado da população em lista de espera de vaga em programa de moradia popular.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/req_23_de_20121.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/req_23_de_20121.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos Decretos n° 584/2021 de 08/04/2021 e do Decreto n° 585/2021 de 09/04/2021.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/req_24___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/req_24___2021.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos referentes ao cumprimento da lei 984 de 22 de janeiro de 2018, bem como da realização das obras que trata a lei 1.114 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/req_25_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/req_25_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações e cópia de documentos relacionados à contratação da empresa Mello e Santos Terraplanagem e Construção LTDA.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/req_26_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/req_26_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes às despesas com os serviços de publicidade.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/req_27_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/req_27_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao cumprimento da Lei n° 1.065 de 11 de novembro de 2019, que dispõe sobre a obrigatoriedade do hasteamento das Bandeiras Nacional, do Estado e do Município nas repartições públicas municipais no Município de Corbélia.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/req_28_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/req_28_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer sejam apresentados documentos médicos, atestados, que indiquem a recomendação de afastamento das atividades habituais de trabalho, para tratamento médico.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/req_29__de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/req_29__de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informação referente a reivindicação dos produtores rurais dos Distritos de Nossa Senhora da Penha e de Ouro Verde do Piquiri, para a instalação de ponto para fornecimento de Nota do Produtor e Guia de Transporte Animal.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/req_30_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/req_30_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referente ao andamento das tratativas sobre a possibilidade da aquisição de imóvel na Avenida Brasília ao lado da Escola Municipal Anita Garibaldi, para futura construção de CMEI.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/req_31_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/req_31_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações, bem como lista devendo conter os nomes dos servidores públicos municipais que recebem função gratificada.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>Paulo do Raio X, Claudino de Lara, Emanuel Huff - Coeio, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/req_32_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/req_32_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações quanto aos processos de fiscalização da quantidade e qualidade das obras de pavimentação contratadas pelo município.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial de Estudo.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/requerimento_paulo_cardoso_-_taxa_espacos_esportivos.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/requerimento_paulo_cardoso_-_taxa_espacos_esportivos.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes à taxa de uso dos espaços esportivos arrecadada dos cidadãos.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1128/req_35__de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1128/req_35__de_2021.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1135/req-036-2021-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1135/req-036-2021-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer sejam fornecidas informações  sobre a existência de Projeto de Revitalização do  Parque Primavera, onde se localiza o Lago Municipal de Corbélia e o Centro de Convivência dos Idosos.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>Eli Stefanello, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1172/req_37__de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1172/req_37__de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes as medidas de combate ao mosquito da dengue no Município de Corbélia.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>Nei Pauvels, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1179/req_39_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1179/req_39_de_2021.pdf</t>
   </si>
   <si>
     <t>Requerem que seja apresentado pelo Executivo Municipal, as informações contendo o rol dos servidores comissionados, respectivos cargos, funções e grau de escolaridade dos ocupantes de cargos comissionados do Poder Executivo Municipal para esclarecimentos sobre o apontamento da Corte de Contas sobre irregularidades.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1180/req_40_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1180/req_40_de_2021.pdf</t>
   </si>
   <si>
     <t>Requerem esclarecimentos sobre quais providências foram tomadas para sanar as irregularidades existentes no Executivo Municipal, em relação aos cargos comissionados de assessor técnico, com atribuições eminentemente técnicas; chefias e diretorias sem subordinados e assessores sem servidores/serviços a serem assessorados, por serem funções típicas de cargos efetivos, tendo em vista a decisão do Acórdão nº 1626/20 - STP, que transitou em julgado em agosto de 2020.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>Professor Chico, Nei Pauvels, Paulinho Zaquette, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1186/req_41_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1186/req_41_de_2021.pdf</t>
   </si>
   <si>
     <t>Requerem ao Chefe do Executivo Municipal, que viabilize as informações sobre a existência de Projeto em elaboração. que trata do Plano de Cargo e Carreiras do Magistério Municipal.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1192/req_42_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1192/req_42_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao pagamento adicional de insalubridade, conforme menciona.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1201/req_43_de_2021_ass.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1201/req_43_de_2021_ass.pdf</t>
   </si>
   <si>
     <t>Requer as informações da Secretaria Municipal de Desenvolvimento Social, conforme menciona.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1206/req-044-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1206/req-044-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a atuação da Secretaria Municipal da Saúde, esclarecendo sobre os procedimentos cirúrgicos que são realizados mensalmente, sobre a existência de lista de espera para fazer cirurgia, esclarecendo ainda qual o tempo de espera em média e , também, por quanto tempo os munícipes estão aguardando o procedimento.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1209/req_45_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1209/req_45_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações e esclarecimentos sobre a obra pública de reforma da Unidade Básica de Saúde do Bairro Santa Catarina.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1213/req_46_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1213/req_46_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao cumprimento da Lei Municipal nº 1071, de 05 de dezembro de 2019</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1217/req_47_de_2021__2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1217/req_47_de_2021__2.pdf</t>
   </si>
   <si>
     <t>Requer providências quanto a exigência de adequação e melhoria na prestação de serviços de saneamento por parte da concessionária deste serviço público municipal.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1227/req_48_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1227/req_48_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer informações do Executivo Municipal, sobre a existência de solicitação a Sanepar, de Projeto de Ampliação da Rede de Captação e Tratamento de Esgoto, no município de Corbélia-PR, conforme especifica.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Requer informações referentes a contratação do fornecimento de marmitas para o efetivo dos Bombeiros Comunitários de Corbélia.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Professor Chico, Maycon André, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1248/req_50_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1248/req_50_de_2021.pdf</t>
   </si>
   <si>
     <t>Requer convocação de Secretário Municipal para prestar esclarecimentos que especifica.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/910/ind_01_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/910/ind_01_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização e execução de serviços de manutenção na pista de atletismo do Estádio Municipal.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind_02_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind_02_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras Públicas, para que realize a execução de manutenção com serviços de cascalhamento, na estrada da Comunidade de Nossa Senhora da Salete - Campininha, conforme menciona.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/915/ind_03_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/915/ind_03_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras Públicas, para que realize a execução de manutenção com serviços de cascalhamento de estrada, no trecho de acesso da Rodovia Estadual Padre Paulo - PR 573 - e a estrada municipal da Linha da Comunidade de Planalto Piquirizinho.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/916/ind_04_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/916/ind_04_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a realização de campanha de conscientização para o descarte correto de resíduos sólidos cortantes, perfurantes ou, que possam oferecer risco de acidentes, com lesões à integridade dos trabalhadores do setor, como vidros quebrados, latas, metais, pregos e outros materiais cortantes e/ou perfurantes.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras Públicas a execução de manutenção com serviços de cascalhamento, na antiga estrada que liga a comunidade de Vasco da Gama até a rodovia BR-369, (mesma saída da Coopavel), conforme menciona.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/920/ind_06_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/920/ind_06_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a instalação de coletores de lixos exclusivos para coleta de vidros em pontos de entrega voluntária específicos para por meio de termo de parceria esse fim.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/921/ind_07_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/921/ind_07_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine à Secretaria de Viação e Obras Públicas, a execução de serviços de manutenção na Avenida São Paulo, no trecho entre a sede dos Bombeiros Comunitários e o trevo de acesso, próximo ao Parque Ambiental Municipal.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/924/ind_08_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/924/ind_08_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que gestione junto aos órgãos competentes da Administração Municipal, sobre a substituição ou adequação do abrigo no ponto de ônibus localizado ao lado do Cemitério Municipal.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/925/ind_09__de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/925/ind_09__de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a redução de 15% sob o valor do reajuste das taxas de Alvará, Vigilância Sanitária e ISS fixo anual.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/926/ind_10_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/926/ind_10_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as ações necessárias para promover projeto de revitalização das praças da sede e dos distritos denominado PRAÇA ÚTIL.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/927/ind_11_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/927/ind_11_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de demolição e de construção de edificação, onde está situada a Sede da Subprefeitura do Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/928/ind_12_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/928/ind_12_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias na infraestrutura do Campo de Futebol e na pista de caminhada, do Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/929/ind_13_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/929/ind_13_2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja reforçada a segurança pública em alguns pontos do Município.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/930/ind_14_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/930/ind_14_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de cascalhamento bem como adequação com o rolo compressor nas estradas rurais.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/931/ind_15_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/931/ind_15_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estacionamento para motocicletas em frente ao museu e a Câmara Municipal.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/932/ind_16_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/932/ind_16_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a construção de cobertura, para proteção dos veículos oficiais da saúde, no estacionamento da Unidade Básica de Saúde Central - UBS CENTRO.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind_17_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind_17_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade na Rua José Citon, localizada no Bairro Jardim Juliana.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind_18_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind_18_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a construção de estrutura de cobertura, na área de entrada da Unidade Básica de Saúde Central - UBS-CENTRO.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>Claudino de Lara, Eli Stefanello, Marquinho Jandrey, Maycon André, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/936/ind_19_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/936/ind_19_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a instalação no caminhão coletor de resíduos, de um aparato de cobertura.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/937/ind_20_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/937/ind_20_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que gestione junto aos órgãos competentes, sobre a possibilidade de viabilizar a vacinação dos trabalhadores da educação.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/938/ind_21_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/938/ind_21_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as ações necessárias para elaborar projeto de lei do Plano Diretor do Município de Corbélia.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/939/ind_22_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/939/ind_22_2021.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de transporte para os servidores e MEIs que residem nos Distritos.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/941/ind_23_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/941/ind_23_2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada a verificação bem como a manutenção da caixa de drenagem localizada ao final da Rua Miosótis, na rodovia BR-369.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/942/ind_24_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/942/ind_24_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma pista de velocross nas proximidades do Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/943/ind_25__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/943/ind_25__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que gestione junto aos órgãos competentes da Administração Municipal, sobre a realização de serviços de jardinagem na parte externa do Estádio Municipal Paulo Roberto de Souza.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/944/ind_26_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/944/ind_26_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras Públicas, para que realize a execução de manutenção com serviços de cascalhamento de estrada, nas proximidades do Parque de Rodeio do CTG Recordando os Pagos.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/945/ind_27_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/945/ind_27_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria competente, para que realize a execução de serviços de manutenção de trincheira de cilagem gado.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/946/ind_28_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/946/ind_28_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize medidas de incentivo aos pequenos empreendedores do ramo de alimentos.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/947/ind_29_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/947/ind_29_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine à Secretaria de Viação e Obras Públicas, a execução de serviços de limpeza e melhoria de drenagem pluvial, entre a Rua Flor de Liz com a Rua Jasmim, no bairro Centro.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/949/ind_30_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/949/ind_30_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as ações necessárias para subsidiar o transporte escolar universitário.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/950/ind_31_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/950/ind_31_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de capina e limpeza no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/951/ind_32__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/951/ind_32__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção no bueiro localizado na Rua Gardênia.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/952/ind_33__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/952/ind_33__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de rotatória na Avenida Santa Catarina com a Rua Rosa.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/953/ind_34_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/953/ind_34_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de rotatória na Avenida Rio Grande do Sul com Rua Açucena.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>Nei Pauvels, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/954/ind_35_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/954/ind_35_2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada a plantação de grama nas margens do calçamento das estradas rurais conforme especifica.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/955/ind_36__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/955/ind_36__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de alargamento de rua no Bairro Vila São José.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/956/ind_37__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/956/ind_37__2021.pdf</t>
   </si>
   <si>
     <t>Indica a viabilização de local específico e apropriado para ministrar cursos técnicos profissionalizantes e outras atividades.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/957/ind_38___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/957/ind_38___2021.pdf</t>
   </si>
   <si>
     <t>Indica a criação de programa social “Horta no Meu Bairro”.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind_39_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind_39_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade na Comunidade Vila Rural.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind_40__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind_40__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de cascalhamento na estrada que liga a sede à Comunidade Rural Barra Bonita.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/961/ind_41_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/961/ind_41_2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam rebaixados os captadores de água na estrada BR-369 São Roque.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/962/ind_42_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/962/ind_42_2021.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lixeiras nos Distritos de Ouro Verde do Piquiri e Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/963/ind_43__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/963/ind_43__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de obras de manutenção e revitalização no Bairro Jardim Nova República.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/964/ind_44_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/964/ind_44_2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas providências junto a Copel a fim de buscar informações a respeito das quedas de energia que tem acontecido com certa frequência, especialmente no Centro da Cidade.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>Paulo do Raio X, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/967/novo_documento17.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/967/novo_documento17.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que tome providências em relação ao calor excessivo no ambulatório/hospital COVID do Município.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/968/ind_46_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/968/ind_46_2021.pdf</t>
   </si>
   <si>
     <t>Indica que o Município inicie o mais rápido possível o planejamento e ações para a aquisição futura de vacinas imunizantes contra a COVID-19 considerando o pronunciamento do Supremo Tribunal Federal (STF) permitindo essa atuação.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/970/ind_47__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/970/ind_47__2021.pdf</t>
   </si>
   <si>
     <t>Indica a não transferência da Biblioteca Pública para o local onde se encontra o atual Museu Municipal.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/971/ind_48_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/971/ind_48_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a construção de banheiros, vestiários e guarita no Centro Esportivo da Praça Orestes Amaro de Oliveira, no bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>Eli Stefanello, Marquinho Jandrey, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/973/novo_documento16.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/973/novo_documento16.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a realização de campanha educativa de combate ao mosquito transmissor da dengue.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/974/ind_50__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/974/ind_50__2021.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de lixeiras e placas orientando a proibição de se jogar lixo no chão, no Estádio Municipal.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/975/ind_51_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/975/ind_51_2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas providências a fim de viabilizar a realização e/ou manutenção do passeio público nas vias do Município.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/978/ind_53.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/978/ind_53.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize o fornecimento de equipamentos ao Centro de Atenção Psicossocial - CAPS, conforme menciona.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/979/ind_54_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/979/ind_54_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize com agilidade medidas de adequação viária, no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/986/ind_55.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/986/ind_55.pdf</t>
   </si>
   <si>
     <t>Indica realização de melhorias, manutenção e revitalização no Lago Municipal.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/987/ind_56.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/987/ind_56.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de chuveiros nos banheiros da Rodoviária Municipal.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind_57.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind_57.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada adequação em redutor de velocidade no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Eli Stefanello, Maycon André, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/993/ind_58.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/993/ind_58.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, a necessidade de divulgar a relação de medicamentos disponíveis na Rede Pública Municipal de Saúde.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/996/ind_59_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/996/ind_59_2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam priorizados para receber a vacina imunizante contra Covid-19 servidores públicos que trabalham com a limpeza pública no Município.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/997/ind_60_.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/997/ind_60_.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize o estudo de ações destinadas a realização de melhorias nos espaços públicos, por meio de paisagismo com flores perenes e vegetação ornamental, conforme menciona.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/998/ind_61_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/998/ind_61_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de cascalhamento em estradas rurais conforme especifica.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/999/ind_62_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/999/ind_62_2021.pdf</t>
   </si>
   <si>
     <t>Indica a instituição de programa de transporte escolar universitário.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/ind_63_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/ind_63_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de adequação com pedra brita graduada no Distrito Nossa Senhora da Penha conforme especifica.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/ind_64__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/ind_64__2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutores de velocidade no bairro Vila São José conforme especifica.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Claudino de Lara, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/ind_65___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/ind_65___2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de passeio público no prolongamento da Avenida Paraná.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/ind_66__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/ind_66__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de operação tapa buracos no calçamento da sede que liga as comunidades rurais São Roque e Santa Rosa.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/ind_67__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/ind_67__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de campanha de conscientização contra todas as formas de abuso e violência sofridos pelas mulheres, bem como criação de programa de acolhimento às vítimas.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/ind_68__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/ind_68__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que conceda auxílio emergencial à população de Corbélia.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/ind_69_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/ind_69_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de obras de manutenção na ponte do Rio Sapucai.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Paulo do Raio X, Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/ind_70_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/ind_70_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind_71__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind_71__2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja ampliada a qualidade do sinal de internet nas escolas municipais.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/ind_72__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/ind_72__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção das placas de sinalização no bairro Residencial Berté.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Professor Chico, Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind_73___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind_73___2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que viabilize obras de manutenção e melhorias, bem como a substituição de brinquedos do parque infantil da Escola Municipal Anita Garibaldi.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/ind_74__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/ind_74__2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado estacionamento no terreno em que está localizada a torre da Copel, na rua Amor Perfeito, centro.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/ind_75__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/ind_75__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize a instalação de armadilhas de autodisseminação do Aedes aegypti no Município de Corbélia.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Nei Pauvels, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/ind_76__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/ind_76__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que viabilize exaustores para a cadeia pública do Município.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/ind_77__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/ind_77__2021.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de PEV’s (ponto de entrega voluntária de materiais recicláveis) nas comunidades rurais que ainda não possuem.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/ind_78__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/ind_78__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de obras de melhorias e adequações no trânsito do Distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/ind_79__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/ind_79__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize o envio de ofício ao Chefe da Regional de Atendimento 03 - REATE03 - dos Correios em Cascavel-Pr.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Marily Bloemer, Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/ind_80_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/ind_80_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que adote no Município o piso salarial dos profissionais de enfermagem conforme estabelecido pelo COREN/PR.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/ind_81__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/ind_81__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as adequações propostas à Lei Municipal nº 753 de 28 de dezembro de 2011, que dispõe sobre a criação do Programa Municipal de Incentivo a Atividades Agropecuárias Rurais, denominado de Programa Mais Rural.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/ind__82__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/ind__82__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a necessidade urgente de promover Campanha Informativa/Educativa destinada a orientar a população corbeliense a descartar de modo correto os resíduos sólidos contaminantes e perfuro cortantes (seringas e agulhas).</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/ind_83_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/ind_83_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize operação tapa buracos com lama asfáltica no calçamento localizado na Serra da Cascatinha.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/ind_84_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/ind_84_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova o levantamento de áreas e os estudos para implantação de programa habitacional na sede e nos distritos.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/ind_85__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/ind_85__2021.pdf</t>
   </si>
   <si>
     <t>Indica a criação de projeto viabilizando a disponibilização gratuita de uniformes escolares para os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/ind_86__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/ind_86__2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas providências em relação à poluição ambiental que tem ocorrido em localidade rural do Município.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/ind_87_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/ind_87_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao Setor competente para que viabilize a realização de adequação de estacionamento de veículos na Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind_88_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind_88_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que coloque um vigia/segurança, nos portões dos estabelecimentos de ensino CMEIs e Escolas Municipais.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Professor Chico, Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind_89_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind_89_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de ponte na Comunidade Rural São Pedro.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/ind_90_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/ind_90_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudo técnico a fim de viabilizar melhorias no trânsito do Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/ind_91_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/ind_91_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente a instalação de faixa elevada no cruzamento da Avenida Minas Gerais e Avenida Paraná e, Rua Flamboyant e Avenida Paraná.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/ind_92_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/ind_92_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam priorizados para receber a vacina imunizante contra Covid-19 servidores públicos que trabalham nos setores de serviço e assistência social do Município.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/ind_93_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/ind_93_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a ampliação da ciclovia municipal.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/ind_94_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/ind_94_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de atendimento e acompanhamento psicológico aos profissionais que atuam na saúde público de Corbélia.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/ind_95_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/ind_95_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que verifique a possibilidade de realizar melhorias na iluminação pública na Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/ind_96__de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/ind_96__de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutores de velocidade no Município.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/ind_97_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/ind_97_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine em regime de urgência urgentíssima ao setor competente para que viabilize a aquisição de área contígua do Cemitério Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/ind_98_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/ind_98_de_2021.pdf</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind_99_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind_99_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a substituição da iluminação pública do Município.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/ind_100_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/ind_100_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que providencie com urgência, a inscrição nos postes de iluminação identificando o nome de ruas e avenidas nos bairros e loteamentos que estão sem a sinalização do endereçamento adequada.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/ind_101_d__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/ind_101_d__2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de manutenção com patrolamento e rolo compressor em estrada rural.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/ind_102_d__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/ind_102_d__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine a revitalização de canteiros e floreiras que estão fora de uso.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/ind_103_d__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/ind_103_d__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que viabilize a elaboração e a realização de Campanha Educativa/Informativa sobre os cuidados preventivos e medidas para o enfrentamento da doença COVID-19.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/ind_104_d__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/ind_104_d__2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro de contenção nos fundos da UBS e do CMEI localizados no Bairro Vila Unida.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/ind_105_d__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/ind_105_d__2021.pdf</t>
   </si>
   <si>
     <t>Indica que sejam priorizadas para receber a vacina imunizante contra Covid-19 todas as pessoas que trabalham com atendimento ao público no Município.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/ind_106_d__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/ind_106_d__2021.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de iluminação pública na marginal de acesso ao Parque Industrial Alvisio Scheneider.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/ind_107_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/ind_107_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de testes rápidos para detecção de COVID-19 na população, especialmente nos servidores públicos, quando necessário.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/ind_108_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/ind_108_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao Setor competente para que viabilize a realização de campanha educativa.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/ind_109_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/ind_109_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que oportunize aos trabalhadores da iniciativa privada, a realização de vacinação contra a COVID-19, também aos domingos.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/ind_110_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/ind_110_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a compra ou locação de impressora multifuncional/xerocadora para todas as Escolas Municipais de Corbélia.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/indicacao_111-2021_-_pq_mf_arvores_nomes_e_especies.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/indicacao_111-2021_-_pq_mf_arvores_nomes_e_especies.pdf</t>
   </si>
   <si>
     <t>Indica a inserção de placas de identificação nas árvores do Parque Ecológico Mansueto Fontana bem como o plantio de novas espécies.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/ind_112_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/ind_112_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja solucionado o problema da falta de água na Comunidade Vila Rural.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/ind-113-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/ind-113-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a necessidade de viabilizar casas populares para atender a população da sede do Município de Corbélia-Pr.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/ind-114-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/ind-114-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de adequação com lama asfáltica na Rua Girassol, no Bairro Vila Unida.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/ind_115_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/ind_115_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade na Rua Tipuana.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/ind-116-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/ind-116-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica que sejam implementadas melhorias no tratamento com pacientes que possuem a necessidade de realizar hemodiálise, quimioterapia e radioterapia.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-117-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-117-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica à Mesa Diretiva que proponha projeto de decreto legislativo reduzindo o número de Vereadores a 09 (nove) para a próxima legislatura.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Marquinho Jandrey, Claudino de Lara, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-118-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-118-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de reperfilamento asfáltico nas ruas do Município.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-119-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-119-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente, para que viabilize a implantação de bolsões para motos.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/ind-120-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/ind-120-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal, que determine ao Setor competente, para que viabilize, com celeridade, a recuperação do asfalto na Rua Acácia, no trecho compreendido entre a Rua Primavera e a Avenida Santa Catarina.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/ind-121-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/ind-121-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente, para que viabilize, com urgência, a manutenção da calçada no entorno da Escola Municipal São José.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/ind-122-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/ind-122-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, para que providencie ampla divulgação sobre o direito a isenção do recolhimento do ITBI, para as pessoas que já quitaram o imóvel junto a COHAPAR, nos termos da Lei n° 639 de 26 de dezembro de 2005.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/ind-123-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/ind-123-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que viabilize a realização de pavimentação bem como instalação de rede de esgoto nas ruas próximas ao Colégio Estadual do Campo São Francisco de Assis no Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/ind-124-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/ind-124-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que viabilize a criação de Secretaria de Agricultura e Pecuária no Município.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1129/ind-125-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1129/ind-125-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que viabilize a instalação de energia elétrica no cemitério do Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1130/ind-126-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1130/ind-126-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada manutenção e melhorias no passeio público nas proximidades da praça Nilson Ribas.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1131/ind-127-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1131/ind-127-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica que seja viabilizada junto a Sanepar a conexão da rede de esgoto no Bairro Vila São José.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1132/ind-128-2021-retirada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1132/ind-128-2021-retirada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de operação tapa buracos na Rua Flanboyant.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1133/ind-129-2021-retirada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1133/ind-129-2021-retirada.pdf</t>
   </si>
   <si>
     <t>Indica a construção de redutor de velocidade na Rua Cravo.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1134/ind-130-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1134/ind-130-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, sobre a necessidade de o Município destinar esforços para aderir ao "Programa Caixa d'Água Boa".</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1143/ind-131-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1143/ind-131-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que verifique a possibilidade de realizar a manutenção na Rua Tipuana, no trecho entre a substação da Copel e o CTG Recordando os Pagos.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1145/ind-133-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1145/ind-133-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que a farmácia da Unidade Básica de Saúde Padre Bernardo Lube seja aberta durante 24 horas por dia, para atender a população.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1146/ind-134-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1146/ind-134-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizado procedimento para se promover o alargamento de pontes.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1147/ind-135-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1147/ind-135-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de ações de conscientização do trânsito mais humano e seguro em alusão e adesão do Setembro Amarelo.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1148/ind-136-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1148/ind-136-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a construção de ponte na Linha Rancho Mundo, na localidade conhecida como Ponte do Bastiãozinho.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1149/ind-137-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1149/ind-137-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a construção de "Cancha de Malha e de Bocha" no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1150/ind-138-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1150/ind-138-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a que instale abrigos de ônibus capazes de proteger os usuários da chuva e excesso de sol, em todos os pontos de parada das rotas urbanas dos ônibus.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1152/ind-139-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1152/ind-139-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que viabilize a constrição de calçadas pára pedestres, ciclovia, instalação de iluminação pública e o plantio de grama, as margens da estrada para a Barra Bonita.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1156/ind-140-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1156/ind-140-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica restringir a circulação de veículos pesados dentro da cidade de Corbélia.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1157/ind-141-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1157/ind-141-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica instalação de iluminação na parte externa do Centro de Eventos Laudemir Turra.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1158/ind-142-2021-retirada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1158/ind-142-2021-retirada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de Loteamento dos Cemitérios dos Distritos de Nossa Senhora da Penha e Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1159/ind-143-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1159/ind-143-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente, para que se proceda a realização de melhorias na pista de Skate, na Praça Paraguai.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Eli Stefanello, Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1160/ind-144-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1160/ind-144-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a instalação de parques infantis nos Bairros Vila Nova Nazaré e Vila Unida.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1161/ind-145-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1161/ind-145-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine a Secretaria Municipal de Saúde a análise da possibilidade de realizar vacinação contra COVID-19, também no horário noturno, para os trabalhadores.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1162/ind-146-2021-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1162/ind-146-2021-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente a realização de estudo para a criação de Banco de Sangue.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1163/ind_147_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1163/ind_147_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de campanha para a divulgação da iniciativa "Doe parte do seu imposto de renda para as entidades de Corbélia" e transforme projetos em realidade.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1164/ind_148_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1164/ind_148_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal que realize programa de adaptação de acesso para cadeirantes em casas populares para famílias de baixa renda que apresentem indivíduos com necessidades especiais.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1165/ind_149_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1165/ind_149_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que viabilize iluminação pública embaixo dos viadutos localizados na Avenida Santa Catarina e Coopavel.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Marquinho Jandrey, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1166/ind_150_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1166/ind_150_de_2021.pdf</t>
   </si>
   <si>
     <t>Indicam a realização de estudo sobre a viabilidade de ampliação do número de empreendedores na área que era ocupada pela empresa Bonfam.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1167/ind_151_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1167/ind_151_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que verifique a possibilidade de instalar um redutor de velocidade na Rua Gladíolo esquina com a Rua Violeta.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1168/ind_152_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1168/ind_152_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que verifique a possibilidade de instalar um redutor de velocidade na Rua Vitória Régia na altura do numeral nº 2151.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1171/ind_153_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1171/ind_153_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que seja criado o programa "Meu Bairro Mais Bonito".</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1177/ind_154_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1177/ind_154_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a viabilidade de Revitalização, Iluminação e Instalação de Bancos, Academia de 3ª Idade e Playground, na Praça Armandio de Mello Pereira, localizada na Avenida Minas Gerais, com início da Rua Flanboyant.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Paulo do Raio X, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1178/ind_155_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1178/ind_155_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a viabilidade de realizar Serviços de Manutenção em todos os Parquinhos Infantis (Brinquedos, alambrados e afins), existentes no município de Corbélia.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1181/ind_156_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1181/ind_156_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que viabilize a construção de calçada para pedestres, instalação de ciclovia, instalação de iluminação pública e, o plantio de grama as margens da estrada da Linha Samambaial.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1183/ind_157_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1183/ind_157_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria Municipal competente, para que realize serviços de manutenção com cascalhamento da estrada, que liga o Distrito de Nossa Senhora da Penha, na BR - 369, até a comunidade Bom Jesus.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1184/ind_158_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1184/ind_158_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, para que determine junto ao órgão competente da Administração, para que incentive a instalação de empresas para geração de emprego no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1185/ind_159_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1185/ind_159_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao órgão competente da administração Municipal, para que atenda a reivindicação da população, para realizar serviços de manutenção e reparo, em toda a estrutura da Unidade Básica de Saúde do Distrito de Ouro Verde do Piquiri, inclusive no entorno da Unidade.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1187/ind_160_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1187/ind_160_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a realização de Serviços de manutenção rodoviária, nas estradas rurais com calçamento de pedras poliédricas.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1188/ind_161_de__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1188/ind_161_de__2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal para que construa uma rampa de acessibilidade na calçada entre a Rua Tiradentes e Avenida Rio Grande do Sul, próximo a Academia Estação do Corpo, proporcionando melhores condições de acesso as pessoas com deficiência física ou mobilidade reduzida.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1189/ind_162_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1189/ind_162_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que não façam os canteiros de flores centrais na Avenida Santa Catarina entre as Ruas Acácia e Jasmin e solicita que seja feito um estacionamento de forma transversal no referido canteiro.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1193/ind_163_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1193/ind_163_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que seja criado o programa "Adote um Jardim".</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1194/ind_164_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1194/ind_164_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente, que viabilize os estudos direcionados para que seja criado o "Restaurante Popular de Corbélia".</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1196/ind_165_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1196/ind_165_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente a realização de serviços de manutenção e recapeamento asfáltico, na Rua Gerânio.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1197/ind_166_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1197/ind_166_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de "Campanha Publicitária Educativa" destinada para a conscientização da população do município, sobre os cuidados para assegurar um trânsito mais seguro para todos.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1198/ind_167_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1198/ind_167_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, em apoio a cultura musical, a implantação de uma banda e fanfarra no município de Corbélia.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1200/ind_168_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1200/ind_168_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de melhorias na infraestrutura urbana, com a construção de calçadas (passeio público), no Distrito de Ouro Verde do Piquiri, nos locais em que especifica.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1202/ind-169-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1202/ind-169-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que gestione junto aos órgãos competentes da Administração Municipal, sobre a possibilidade de direcionar esforços no sentido de conseguir para o município concessão federal de veículo oficial de imprensa.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1203/ind-170-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1203/ind-170-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Presidente do Poder Legislativo e demais membros da Mesa Diretiva, para que seja promovida a Reforma do Regimento Interno do Legislativo Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1204/ind-171-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1204/ind-171-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a construção de calçada para pedestres e sinalização na Rua José Citon no trecho entre a Avenida Rio Grande do Sul e a Rua Armando Zanato, no bairro Vila São José.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_ne.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_ne.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal que realize pintura no ginásio municipal do distrito de Nossa senhora da Penha com a informação do nome do Ginásio com letras grandes identifique o nome da referida quadra esportiva.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1210/ind_173_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1210/ind_173_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine a realização da análise sobre a possibilidade de se estabelecerem parcerias que possibilitem o encaminhamento para instituições de longa permanência a pessoa idosa.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Professor Chico, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1211/ind_174_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1211/ind_174_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente a análise tributária para implantação do IPTU Verde, no município de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1215/ind_175_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1215/ind_175_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente da Administração a realização de serviços de limpeza e de infraestrutura urbana básica no Distrito de Nossa Senhora da Penha, conforme menciona.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1216/ind_176_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1216/ind_176_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a instalação de Semáforo nos cruzamentos da Avenida Rio Grande do Sul, com as Ruas Hortência e Violeta.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1218/ind_177_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1218/ind_177_de_2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que gestione junto ao órgão competente, a sinalização para estacionamento exclusivo de ônibus em frente a  Escola Municipal Anita Garibaldi, no distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1223/ind_178_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1223/ind_178_2021.pdf</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_179-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_179-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal, para que determine ao setor competente a realização de serviços de manutenção no chafariz do portal existente no Trevo Principal de acesso a sede do município.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1225/ind_180.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1225/ind_180.pdf</t>
   </si>
   <si>
     <t>Indica a Administração Municipal, a necessidade de se promover a adequação dos veículos da frota da saúde municipal, que transportam crianças, com a devida instalação de dispositivo de retenção para o transporte de crianças da forma mais segura possível.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_181-2021_paulinho.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_181-2021_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, sobre a necessidade de serviços de limpeza e manutenção dos espaços públicos urbanos.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1228/ind_182.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1228/ind_182.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a instalação de sinalização de endereçamento, nas ruas do bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1229/ind_183.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1229/ind_183.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a necessidade de realizar melhorias no trecho entre o viaduto do trevo da Avenida Santa Catarina até a entrada para o Parque do CTG Recordando os Pagos.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_n_184-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_n_184-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que viabilize junto ao setor competente a realização de mutirão de limpeza urbana e remoção de entulhos.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_185-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_185-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a instalação de Parque Infantil na Praça Brasil.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Claudino de Lara, Eli Stefanello, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_186-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_186-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que viabilize os fornecimentos de incentivo para o transporte de estudantes para Cascavel-PR, conforme especifica.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao_187-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao_187-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que sejam incluídas atividades pedagógicas com a horta escolar e o jardim escolar.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_188-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_188-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que efetue serviços de limpeza e manutenção de calhas e sistema de drenagem pluvial nos prédios públicos.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_189-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_189-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que viabilize obras de manutenção e melhorias no Parque Infantil localizado na Praça Nilson Ribas, ao lado do Posto de Saúde Central Pe. Bernardo Lube.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_190-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_190-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que seja efetuado o pagamento de incentivo financeiro adicional para as Agentes Comunitárias de Saúde e de Endemias.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_191-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_191-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine a realização do estudo de viabilidade para a construção de túmulos verticais (gavetas), no Cemitério Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_192-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_192-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal que se promovam medidas para a realização de serviços de paisagismo artístico e botânico, para publicidade sobre o Município, nos trechos em que se encontram as trincheiras e viadutos localizados nas marginais da BR-369.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_193-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_193-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que determine ao setor competente a realização de serviços de manutenção e recapeamento asfáltico na Rua Tiradentes.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_194-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_194-2021.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade do serviço de abertura de estrada marginal a Rodovia BR-369, para permitir o deslocamento de maquinário agrícola entre as áreas de cultivo dos munícipes, no trecho compreendido entre o Trevo de Nova Aurora até a Ponte do Piquiri.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao_195-2021_-_13-12-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao_195-2021_-_13-12-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor prefeito, para que seja efetuado procedimento licitatório, para a aquisição de conjunto desencarcerador, para equipar os bombeiros comunitários de Corbélia.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_196-2021_nei.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_196-2021_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao senho prefeito municipal que determine junto a Secretaria de Viação, Obras e Serviços, para que realize a execução de manutenção com serviços de cascalhamento, na estrada da propriedade do senhor Emi Favin, na Comunidade da Barra Bonita, conforme menciona.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_197-2021_-_14-12-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_197-2021_-_14-12-2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de análise sobre a possibilidade e viabilidade de o município instalar esse tipo de dispositivo redutor de velocidade, conforme menciona.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_marily_claudino_-_orientacao_terapia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_marily_claudino_-_orientacao_terapia.pdf</t>
   </si>
   <si>
     <t>Indica ao Gestor Municipal que realize programa de orientação e terapia a pais de crianças com deficiência na rede municipal de educação.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a viabilidade de estudo para aquisição de área para Implantar Aterro Sanitário Municipal com as condições técnicas adequadas para o tratamento e destino final de resíduos sólidos, e Depósito de Entulhos.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que viabilize um espaço público amplo e adequado para a realização dos processos licitatórios presenciais.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/912/moc_01.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/912/moc_01.pdf</t>
   </si>
   <si>
     <t>Reconhece o notável desempenho da atleta corbeliense Sra. Raquel Schaefer Bortoluzzi na modalidade de ciclismo.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/919/moc_02_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/919/moc_02_de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao notável desempenho do atleta corbeliense do atletismo Senhor Rafael Fernandes, que está ranqueado entre os cinquenta melhores atletas do mundo, em sua modalidade.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/948/mocao.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/948/mocao.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento a equipe SantaRosa/Corbélia pelo Título conquistado da Primeira COPA OESTE REGIONAL DE FUTEBOL DE CAMPO SUB 19.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/965/moc_4_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/965/moc_4_2021.pdf</t>
   </si>
   <si>
     <t>Em repúdio a falta de condições mínimas de trabalho, para os profissionais do Sistema de Ensino Público do Paraná.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/966/moc-005-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/966/moc-005-2021.pdf</t>
   </si>
   <si>
     <t>Em apoio a Sanção do Projeto de Lei 04/2021, aprovado pela Assembleia Legislativa, que inclui os profissionais da educação nas atividades essenciais do Governo do Estado.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/981/moc_06_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/981/moc_06_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao jovem ANDRÉ LIRA, pela participação no primeiro Conselho Privado de Juventude do país, o CONSEJUVE.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/moc_07_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/moc_07_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Munícipe ADEMAR FORMIGHIERI, por sua conduta ativa e participativa em prol do Município de Corbélia.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/moc_08_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/moc_08_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento a notável contribuição para o benefício da saúde pública da população do Município de Corbélia.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/moc_09_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/moc_09_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Senhor ISMAEL PEROZZA por suas relevantes contribuições prestadas à comunidade corbeliense por meio da atuação empreendedora.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Eli Stefanello, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1024/moc_10___2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1024/moc_10___2021.pdf</t>
   </si>
   <si>
     <t>Manifesta Moção de Pesar pelo falecimento do Deputado Federal JOSÉ CARLOS SCHIAVINATO.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/moc_11__2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/moc_11__2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Sergio Drehmer por suas contribuições prestadas à comunidade corbeliense, por meio da atuação empresarial no Município de Corbélia.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/moc_12_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/moc_12_de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Dércio Boniatti por suas contribuições prestadas à comunidade corbeliense, por meio da atuação empresarial no Município de Corbélia.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/requerimento_de_mocao_n_013-2021_de_aplausos_e_congrat.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/requerimento_de_mocao_n_013-2021_de_aplausos_e_congrat.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos e congratulações ao empresário Sr. Nelsinho Padovani.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/moc_14_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/moc_14_de_2021.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à aprovação do PL 2564/2020 da Câmara dos Deputados que estabelece o piso salarial nacional para enfermeiros.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/moc_15_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/moc_15_de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Senhor Edinaldo Barboza por suas contribuições prestadas à comunidade corbeliense, por meio da atuação empresarial no Município de Corbélia.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/moc_16_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/moc_16_de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento pela conquista do Título de Miss Paraná e também, ao notável desempenho profissional da modelo e manequim corbeliense ELILY SOUZA.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>Eli Stefanello, Marily Bloemer</t>
   </si>
   <si>
     <t>Em reconhecimento ao senhor Marcio Pacheco.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1173/moc_18_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1173/moc_18_de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao notável desempenho do atleta corbeliense na modalidade de ciclismo, Senhor Lucas Bortoluzzi, Campeão Paranaense 2021, na categoria Mountain Bike XCC e XCO.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1190/moc_19__de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1190/moc_19__de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao notável desempenho do Senhor Lourenço Davi Rubin, como Vereador, Juíz de Paz do município e pela atuação como Presidente do Sindicato dos Trabalhadores Rurais de Corbélia.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1191/moc_20_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1191/moc_20_de_2021.pdf</t>
   </si>
   <si>
     <t>Manifesta Pesar pelo falecimento de Francisco José dos Santos.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1207/moc-021-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1207/moc-021-2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Senhor Gilmar Mendes de Souza por suas contribuições prestadas a comunidade corbeliense, por meio da atuação empresarial no município de Corbélia.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1214/moc_22_de_2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1214/moc_22_de_2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Senhor Euclides José Campos, por suas contribuições prestadas a comunidade corbeliense, por meio da atuação empresarial no município de Corbélia.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1222/mocao_23-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1222/mocao_23-2021.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao empresário Senhor Euclides José Campos por suas contribuições prestadas a comunidade corbeliense, por meio da atuação empresarial no município de Corbélia.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1231/mocao_de_aplauso.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1231/mocao_de_aplauso.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao desempenho profissional na área da Saúde do senhor Thiago Daross Stefanello pela contribuição prestada a comunidade, a população do município de Corbélia e de municípios da Região Oeste.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1251/mocao_025-2021_-_olivio_manica.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1251/mocao_025-2021_-_olivio_manica.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Congratulações ao cidadão corbeliense Olívio Manica.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>PCJR</t>
   </si>
   <si>
     <t>Parecer da Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/pcjr-001-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/pcjr-001-2021.pdf</t>
   </si>
   <si>
     <t>Parecer desfavorável ao Projeto de Emenda à Lei Orgânica Municipal, que "Altera o artigo 61, inciso XIV, da Lei Orgânica Municipal reduzindo os prazos para prestação de informações solicitadas pela Câmara Municipal, aos órgãos da Administração direta e indireta do Município de Corbélia, bem como as providências adotadas em caso de não prestação de tais informações".</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>HCO</t>
   </si>
   <si>
     <t>Homologação de Decisão Colegiada</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/908/termo_homolocagacao_001_2021_-_homologa_comissoes.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/908/termo_homolocagacao_001_2021_-_homologa_comissoes.pdf</t>
   </si>
   <si>
     <t>Homologa a composição das Comissões Permanentes da Câmara Municipal de Corbélia, para o período de 01/01/2021 à 31/12/2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4248,67 +4248,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/pelom-001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-001-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/907/projeto-revisao-servidores-legislativo-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/969/plo_n_003-2021_de_05.03.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/972/plo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/983/plo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/984/plo_006.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/995/plo_n_007-2021_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/plo-008-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/plo-009-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/plo-010-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/plo-011-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/plo-012-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/plo-013-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/plo-014-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/plo-015-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/projeto_de_lei_ordinaria__-_2021_-_autoriza_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/plo-017-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/plo-018-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/plo-019-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/plo-020-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/projeto_de_lei_ordinaria_-_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/plo-022-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-023-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/plo-024-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/plo-025-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/plo-026-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/plo-027-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/plo-028-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/plo-029-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/plo-030-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/plo-031-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1136/plo-032-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1169/plo-033-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1170/plo-034-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1176/plo-035-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1182/plo-036-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1195/plo-037-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1205/plo-038-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1212/plo-039-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1219/plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1220/plo-041-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1241/plo-042-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1244/plo-043-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1247/plo-044-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1249/plo-045-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1254/plo-046-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/projeto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/pdl-002-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/pdl-003-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/pdl-004-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/pdl-005-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto-regimento.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/985/emenda_-_plo_004-2021_b.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/994/emenda_plo_006_2020_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/emd-003-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/emenda_plo_021_2021_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/emenda_plo_013_2021_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/emd-006-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/emd-007-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/976/173-168512-10-acordao-parecer-previo-547-20-tp.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1199/tce-pr_acordao_parecer_previo_218_2021_2c_-_contas_2013_irregularidade.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/909/req_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/911/req__02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/913/rec_03_de_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/918/rec_de_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/922/rec_05_de_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/935/req_06_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/940/req_07_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req_08_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req_9_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req_10__2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req_11_de_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/991/req_12.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/992/req_13.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/req_14__2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/req_15_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/req_16_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/req_17_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/req_18__2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/req_19__2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/req_20__2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/req_21___2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/req_22___2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/req_23_de_20121.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/req_24___2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/req_25_de_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/req_26_de_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/req_27_de_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/req_28_de_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/req_29__de_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/req_30_de_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/req_31_de_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/req_32_de_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/requerimento_paulo_cardoso_-_taxa_espacos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1128/req_35__de_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1135/req-036-2021-aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1172/req_37__de_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1179/req_39_de_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1180/req_40_de_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1186/req_41_de_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1192/req_42_de_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1201/req_43_de_2021_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1206/req-044-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1209/req_45_de_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1213/req_46_de_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1217/req_47_de_2021__2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1227/req_48_de_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1248/req_50_de_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/910/ind_01_de_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind_02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/915/ind_03_de_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/916/ind_04_de_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/920/ind_06_de_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/921/ind_07_de_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/924/ind_08_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/925/ind_09__de_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/926/ind_10_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/927/ind_11_de_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/928/ind_12_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/929/ind_13_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/930/ind_14_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/931/ind_15_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/932/ind_16_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind_17_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind_18_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/936/ind_19_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/937/ind_20_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/938/ind_21_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/939/ind_22_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/941/ind_23_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/942/ind_24_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/943/ind_25__2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/944/ind_26_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/945/ind_27_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/946/ind_28_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/947/ind_29_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/949/ind_30_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/950/ind_31_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/951/ind_32__2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/952/ind_33__2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/953/ind_34_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/954/ind_35_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/955/ind_36__2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/956/ind_37__2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/957/ind_38___2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind_39_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind_40__2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/961/ind_41_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/962/ind_42_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/963/ind_43__2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/964/ind_44_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/967/novo_documento17.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/968/ind_46_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/970/ind_47__2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/971/ind_48_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/973/novo_documento16.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/974/ind_50__2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/975/ind_51_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/978/ind_53.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/979/ind_54_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/986/ind_55.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/987/ind_56.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind_57.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/993/ind_58.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/996/ind_59_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/997/ind_60_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/998/ind_61_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/999/ind_62_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/ind_63_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/ind_64__2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/ind_65___2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/ind_66__2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/ind_67__2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/ind_68__2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/ind_69_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/ind_70_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind_71__2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/ind_72__2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind_73___2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/ind_74__2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/ind_75__2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/ind_76__2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/ind_77__2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/ind_78__2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/ind_79__2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/ind_80_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/ind_81__2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/ind__82__2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/ind_83_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/ind_84_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/ind_85__2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/ind_86__2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/ind_87_de_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind_88_de_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind_89_de_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/ind_90_de_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/ind_91_de_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/ind_92_de_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/ind_93_de_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/ind_94_de_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/ind_95_de_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/ind_96__de_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/ind_97_de_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/ind_98_de_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind_99_de_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/ind_100_de_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/ind_101_d__2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/ind_102_d__2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/ind_103_d__2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/ind_104_d__2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/ind_105_d__2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/ind_106_d__2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/ind_107_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/ind_108_de_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/ind_109_de_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/ind_110_de_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/indicacao_111-2021_-_pq_mf_arvores_nomes_e_especies.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/ind_112_de_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/ind-113-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/ind-114-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/ind_115_de_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/ind-116-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-117-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-118-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-119-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/ind-120-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/ind-121-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/ind-122-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/ind-123-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/ind-124-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1129/ind-125-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1130/ind-126-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1131/ind-127-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1132/ind-128-2021-retirada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1133/ind-129-2021-retirada.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1134/ind-130-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1143/ind-131-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1145/ind-133-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1146/ind-134-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1147/ind-135-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1148/ind-136-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1149/ind-137-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1150/ind-138-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1152/ind-139-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1156/ind-140-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1157/ind-141-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1158/ind-142-2021-retirada.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1159/ind-143-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1160/ind-144-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1161/ind-145-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1162/ind-146-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1163/ind_147_de_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1164/ind_148_de_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1165/ind_149_de_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1166/ind_150_de_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1167/ind_151_de_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1168/ind_152_de_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1171/ind_153_de_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1177/ind_154_de_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1178/ind_155_de_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1181/ind_156_de_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1183/ind_157_de_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1184/ind_158_de_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1185/ind_159_de_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1187/ind_160_de_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1188/ind_161_de__2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1189/ind_162_de_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1193/ind_163_de_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1194/ind_164_de_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1196/ind_165_de_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1197/ind_166_de_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1198/ind_167_de_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1200/ind_168_de_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1202/ind-169-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1203/ind-170-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1204/ind-171-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_ne.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1210/ind_173_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1211/ind_174_de_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1215/ind_175_de_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1216/ind_176_de_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1218/ind_177_de_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1223/ind_178_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_179-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1225/ind_180.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_181-2021_paulinho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1228/ind_182.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1229/ind_183.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_n_184-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_185-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_186-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao_187-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_188-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_189-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_190-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_191-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_192-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_193-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_194-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao_195-2021_-_13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_196-2021_nei.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_197-2021_-_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_marily_claudino_-_orientacao_terapia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/912/moc_01.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/919/moc_02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/948/mocao.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/965/moc_4_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/966/moc-005-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/981/moc_06_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/moc_07_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/moc_08_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/moc_09_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1024/moc_10___2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/moc_11__2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/moc_12_de_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/requerimento_de_mocao_n_013-2021_de_aplausos_e_congrat.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/moc_14_de_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/moc_15_de_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/moc_16_de_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1173/moc_18_de_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1190/moc_19__de_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1191/moc_20_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1207/moc-021-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1214/moc_22_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1222/mocao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1231/mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1251/mocao_025-2021_-_olivio_manica.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/pcjr-001-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/908/termo_homolocagacao_001_2021_-_homologa_comissoes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1075/pelom-001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/906/plo-001-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/907/projeto-revisao-servidores-legislativo-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/969/plo_n_003-2021_de_05.03.2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/972/plo_004.2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/983/plo_005.2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/984/plo_006.2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/995/plo_n_007-2021_-_fundeb.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1010/plo-008-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1013/plo-009-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1021/plo-010-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1023/plo-011-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1025/plo-012-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1030/plo-013-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1036/plo-014-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1041/plo-015-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1057/projeto_de_lei_ordinaria__-_2021_-_autoriza_feira_livre.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1061/plo-017-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1063/plo-018-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1064/plo-019-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1065/plo-020-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1073/projeto_de_lei_ordinaria_-_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1082/plo-022-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1093/plo-023-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1101/plo-024-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1102/plo-025-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1103/plo-026-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1104/plo-027-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1110/plo-028-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1113/plo-029-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1114/plo-030-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1123/plo-031-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1136/plo-032-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1169/plo-033-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1170/plo-034-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1176/plo-035-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1182/plo-036-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1195/plo-037-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1205/plo-038-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1212/plo-039-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1219/plo-040-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1220/plo-041-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1241/plo-042-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1244/plo-043-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1247/plo-044-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1249/plo-045-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1254/plo-046-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1011/projeto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1058/pdl-002-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1059/pdl-003-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1060/pdl-004-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1095/pdl-005-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto-regimento.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/985/emenda_-_plo_004-2021_b.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/994/emenda_plo_006_2020_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1070/emd-003-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1078/emenda_plo_021_2021_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1079/emenda_plo_013_2021_-_substitutiva_justificada.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1109/emd-006-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1151/emd-007-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/976/173-168512-10-acordao-parecer-previo-547-20-tp.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1199/tce-pr_acordao_parecer_previo_218_2021_2c_-_contas_2013_irregularidade.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/909/req_1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/911/req__02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/913/rec_03_de_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/918/rec_de_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/922/rec_05_de_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/935/req_06_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/940/req_07_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/958/req_08_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/977/req_9_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/980/req_10__2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/982/req_11_de_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/991/req_12.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/992/req_13.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1002/req_14__2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1003/req_15_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1004/req_16_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1019/req_17_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1028/req_18__2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1029/req_19__2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1034/req_20__2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1039/req_21___2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1043/req_22___2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1049/req_23_de_20121.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1052/req_24___2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1054/req_25_de_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1062/req_26_de_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1071/req_27_de_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1083/req_28_de_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1094/req_29__de_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1097/req_30_de_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1106/req_31_de_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1107/req_32_de_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1127/requerimento_paulo_cardoso_-_taxa_espacos_esportivos.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1128/req_35__de_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1135/req-036-2021-aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1172/req_37__de_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1179/req_39_de_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1180/req_40_de_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1186/req_41_de_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1192/req_42_de_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1201/req_43_de_2021_ass.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1206/req-044-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1209/req_45_de_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1213/req_46_de_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1217/req_47_de_2021__2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1227/req_48_de_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1248/req_50_de_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/910/ind_01_de_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/914/ind_02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/915/ind_03_de_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/916/ind_04_de_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/920/ind_06_de_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/921/ind_07_de_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/924/ind_08_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/925/ind_09__de_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/926/ind_10_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/927/ind_11_de_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/928/ind_12_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/929/ind_13_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/930/ind_14_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/931/ind_15_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/932/ind_16_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/933/ind_17_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/934/ind_18_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/936/ind_19_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/937/ind_20_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/938/ind_21_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/939/ind_22_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/941/ind_23_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/942/ind_24_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/943/ind_25__2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/944/ind_26_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/945/ind_27_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/946/ind_28_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/947/ind_29_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/949/ind_30_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/950/ind_31_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/951/ind_32__2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/952/ind_33__2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/953/ind_34_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/954/ind_35_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/955/ind_36__2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/956/ind_37__2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/957/ind_38___2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/959/ind_39_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/960/ind_40__2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/961/ind_41_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/962/ind_42_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/963/ind_43__2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/964/ind_44_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/967/novo_documento17.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/968/ind_46_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/970/ind_47__2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/971/ind_48_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/973/novo_documento16.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/974/ind_50__2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/975/ind_51_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/978/ind_53.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/979/ind_54_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/986/ind_55.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/987/ind_56.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/988/ind_57.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/993/ind_58.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/996/ind_59_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/997/ind_60_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/998/ind_61_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/999/ind_62_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1000/ind_63_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1001/ind_64__2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1006/ind_65___2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1008/ind_66__2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1009/ind_67__2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1012/ind_68__2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1014/ind_69_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1015/ind_70_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1016/ind_71__2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1017/ind_72__2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1018/ind_73___2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1020/ind_74__2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1026/ind_75__2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1027/ind_76__2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1031/ind_77__2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1032/ind_78__2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1033/ind_79__2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1035/ind_80_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1037/ind_81__2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1040/ind__82__2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1042/ind_83_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1044/ind_84_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1045/ind_85__2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1046/ind_86__2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1047/ind_87_de_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1050/ind_88_de_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1051/ind_89_de_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1053/ind_90_de_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1055/ind_91_de_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1056/ind_92_de_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1066/ind_93_de_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1068/ind_94_de_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1072/ind_95_de_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1074/ind_96__de_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1076/ind_97_de_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1077/ind_98_de_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1080/ind_99_de_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1084/ind_100_de_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1085/ind_101_d__2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1086/ind_102_d__2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1087/ind_103_d__2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1088/ind_104_d__2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1089/ind_105_d__2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1090/ind_106_d__2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1092/ind_107_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1098/ind_108_de_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1099/ind_109_de_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1100/ind_110_de_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1105/indicacao_111-2021_-_pq_mf_arvores_nomes_e_especies.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1111/ind_112_de_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1112/ind-113-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1115/ind-114-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1116/ind_115_de_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1117/ind-116-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1118/ind-117-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1119/ind-118-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1120/ind-119-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1121/ind-120-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1122/ind-121-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1124/ind-122-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1125/ind-123-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1126/ind-124-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1129/ind-125-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1130/ind-126-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1131/ind-127-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1132/ind-128-2021-retirada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1133/ind-129-2021-retirada.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1134/ind-130-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1143/ind-131-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1145/ind-133-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1146/ind-134-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1147/ind-135-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1148/ind-136-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1149/ind-137-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1150/ind-138-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1152/ind-139-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1156/ind-140-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1157/ind-141-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1158/ind-142-2021-retirada.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1159/ind-143-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1160/ind-144-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1161/ind-145-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1162/ind-146-2021-aprovada.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1163/ind_147_de_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1164/ind_148_de_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1165/ind_149_de_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1166/ind_150_de_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1167/ind_151_de_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1168/ind_152_de_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1171/ind_153_de_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1177/ind_154_de_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1178/ind_155_de_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1181/ind_156_de_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1183/ind_157_de_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1184/ind_158_de_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1185/ind_159_de_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1187/ind_160_de_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1188/ind_161_de__2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1189/ind_162_de_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1193/ind_163_de_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1194/ind_164_de_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1196/ind_165_de_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1197/ind_166_de_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1198/ind_167_de_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1200/ind_168_de_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1202/ind-169-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1203/ind-170-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1204/ind-171-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao_ne.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1210/ind_173_de_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1211/ind_174_de_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1215/ind_175_de_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1216/ind_176_de_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1218/ind_177_de_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1223/ind_178_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao_179-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1225/ind_180.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao_181-2021_paulinho.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1228/ind_182.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1229/ind_183.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao_n_184-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao_185-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao_186-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao_187-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao_188-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao_189-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao_190-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao_191-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao_192-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao_193-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao_194-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao_195-2021_-_13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1252/indicacao_196-2021_nei.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1253/indicacao_197-2021_-_14-12-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1255/indicacao_marily_claudino_-_orientacao_terapia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/912/moc_01.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/919/moc_02_de_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/948/mocao.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/965/moc_4_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/966/moc-005-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/981/moc_06_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1005/moc_07_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1007/moc_08_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1022/moc_09_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1024/moc_10___2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1038/moc_11__2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1048/moc_12_de_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1067/requerimento_de_mocao_n_013-2021_de_aplausos_e_congrat.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1069/moc_14_de_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1091/moc_15_de_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1096/moc_16_de_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1173/moc_18_de_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1190/moc_19__de_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1191/moc_20_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1207/moc-021-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1214/moc_22_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1222/mocao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1231/mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1251/mocao_025-2021_-_olivio_manica.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/1081/pcjr-001-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2021/908/termo_homolocagacao_001_2021_-_homologa_comissoes.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H341"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="139.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>