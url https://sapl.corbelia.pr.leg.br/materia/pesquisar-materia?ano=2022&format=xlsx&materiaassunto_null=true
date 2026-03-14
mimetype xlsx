--- v0 (2025-11-30)
+++ v1 (2026-03-14)
@@ -54,2190 +54,2190 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1438/plom_-_altera_o_art._78_e_o_art._79_da_lei_organica_do_municipio_de_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1438/plom_-_altera_o_art._78_e_o_art._79_da_lei_organica_do_municipio_de_corbelia.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 78 e o Art. 79 da Lei Orgânica do Município de Corbélia.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1439/plo_-_dispoe_sobre_o_regime_proprio_de_previdencia_social_do_municipio_de_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1439/plo_-_dispoe_sobre_o_regime_proprio_de_previdencia_social_do_municipio_de_corbelia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime Próprio de Previdência Social do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1262/plo_001-2022_-_revisao_anual.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1262/plo_001-2022_-_revisao_anual.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos. inativos, celetistas integrantes do quadro próprio do Poder Executivo, Autárquico, Comissionados, Quadro próprio do magistério, Conselheiros Tutelares, Prefeito, Vice-Prefeito, Procurador Geral, Secretários Municipais e Chefe de Gabinete, e dá outras providências.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Concede reposição inflacionária geral à remuneração aos servidores efetivos e comissionados do quadro próprio, aos Vereadores e Presidente do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marquinho Jandrey, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1276/plo-003-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1276/plo-003-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Parágrafo único ao Art. 266 e Altera o Art. 296 da Lei Municipal nº 639, de 26 de dezembro de 2005 que Institui o Código Tributário do Município de Corbélia e estabelece normas gerais de direito tributário aplicável ao município.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Eli Stefanello, Paulo do Raio X, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1295/plo-004-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1295/plo-004-2022.pdf</t>
   </si>
   <si>
     <t>Reconhece no Município de Corbélia/PR, o dia 09 de Julho como o dia dos Colecionadores, Atiradores e Caçadores e suas atividades como atividade de risco, configurando efetiva necessidade e exposição á situação de risca à vida e incolumidade física, conforme os termos do artigo 10 da Lei Federal n° 10.826 de 2003.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1310/plo_005-2022_-_24.03.2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1310/plo_005-2022_-_24.03.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de três logradouros públicos urbanos, RUA ELARIO SUDBRACK, RUA BROMÉLIA E RUA DAS FLORES, no perímetro urbano de Corbélia.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1313/plo-006-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1313/plo-006-2022.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1314/plo-007-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1314/plo-007-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1315/plo-008-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1315/plo-008-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de distribuição de absorventes higiênicos as mulheres e meninas em situação de vulnerabilidade social e econômica.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1318/plo_2022_-_p_exec._cons_saude_piquiri_ratifica.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1318/plo_2022_-_p_exec._cons_saude_piquiri_ratifica.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no protocolo de intenções e estatuto/contrato do Consórcio Público Intermunicipal Piquiri, e dá outras providências.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1319/plo-010-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1319/plo-010-2022.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo do Artigo nº 74, da Lei Municipal nº 286, de 20 de julho de 1992.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1327/plo_011-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1327/plo_011-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1333/plo-012-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1333/plo-012-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe institui a SEMANA MUNICIPAL DO CICLISTA e o DIA DO PASSEIO CICLÍSTICO MUNICIPAL a serem incluídos no calendário oficial do município de Corbélia/PR.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1346/plo-013-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1346/plo-013-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 6.775.859,55 (seis milhões, setecentos e setenta e cinco mil, oitocentos e cinquenta e nove reais e cinquenta e cinco centavos), na forma em que especifica.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 5.883.000,00 (cinco milhões, oitocentos e oitenta e três mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marquinho Jandrey, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1365/projeto1-zsr.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1365/projeto1-zsr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação e implantação de sítios de recreio no Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1366/plo_016-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1366/plo_016-2022.pdf</t>
   </si>
   <si>
     <t>Concede incentivos para a empresa Indústria e Comércio de Móveis Pivotto Ltda, e dá outras providências.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1369/plo_017-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1369/plo_017-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Saneamento Básico e Ambiental - FMSBA do Município de Corbélia/PR.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1370/plo_018-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1370/plo_018-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saneamento Básico e Ambiental - CMSBA do Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1371/plo_019-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1371/plo_019-2022.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo do Artigo 2° e o 1° do mesmo Artigo, da Lei Municipal n° 1.020 de 28 de novembro de 2018 e Altera o dispositivo do 7° do Artigo 25, Capítulo VII da Bolsa- Auxílio, da Lei Municipal n° 1.015 de 23 de outubro de 2018.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1374/plo_020-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1374/plo_020-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 351.254,35, na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Claudino de Lara, Eli Stefanello, Emanuel Huff - Coeio, Marily Bloemer, Marquinho Jandrey, Maycon André, Nei Pauvels, Paulo do Raio X, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1382/plo_021-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1382/plo_021-2022.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação denominada Instituto Dona Ecléa Wolf.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1383/plo_022-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1383/plo_022-2022.pdf</t>
   </si>
   <si>
     <t>Concede o pagamento do piso salarial reajustado dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE)  do Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1389/plo_023-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1389/plo_023-2022.pdf</t>
   </si>
   <si>
     <t>Concede incentivos econômicos nos termos do Art. 5° da lei 722/2010, para a Empresa Indústria e Comércio de Móveis Pivotto Ltda, e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1391/plo_024-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1391/plo_024-2022.pdf</t>
   </si>
   <si>
     <t>Altera o quadro 05 - Grupo Ocupacional dos professores, integrante do Anexo I, da Lei Municipal 823 de 8 de Outubro de 2013, promovendo o incremento de vagas ao Quadro Próprio do Magistério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1392/plo_025-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1392/plo_025-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a escolha, mediante aprovação em avaliação, para a função de diretor e diretor auxiliar, das Unidades Escolares da Rede Pública Municipal de Ensino, regulamentando o artigo 149 da Lei Orgânica do Município de Corbélia e Lei Federal do Fundeb e dá outras providências.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1396/plo_026-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1396/plo_026-2022.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo do Artigo 1°, da Lei Municipal n° 1.004, de 11 de julho de 2018.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1406/plo-027-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1406/plo-027-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 1.045.000,00 (Hum milhão, quarenta e cinco mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1407/plo-028-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1407/plo-028-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação total de dotação orçamentária, no valor de R$ 4.200.000,00 (Quatro milhões, duzentos mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1409/plo_029-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1409/plo_029-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual do Município de Corbélia, para o exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1421/plo_30-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1421/plo_30-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 5.195.000,00 (cinco milhões, cento e noventa e cinco mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1430/plo_031-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1430/plo_031-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do prédio Sede da Subprefeitura do Distrito de Ouro Verde do Piquiri, que passa a ser denominado CENTRO ADMINISTRATIVO DISTRITAL JOSÉ SKOTTKI.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1441/plo_032-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1441/plo_032-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 2.562.000,00 (dois milhões, quinhentos e sessenta e dois mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1442/plo_033-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1442/plo_033-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 3.687.000,00 ( três milhões, seiscentos e oitenta e sete mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação de logradouro público urbano, a atual " Rua Vitória Régia", no perímetro urbano de Corbélia, para " Rua Padre Juliano de Souza".</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1444/plo_035-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1444/plo_035-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o loteamento Condomínio Horizontal de Lotes, denominado " Condomínio Residencial San Rafael", e dá outras providências.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1445/plo_036-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1445/plo_036-2022.pdf</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de Obrigações de Pequeno Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, § 3° e 4° da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1447/plo_037-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1447/plo_037-2022.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo do §3°, do Art. 2° da Lei Municipal n° 1.126 de 08 de junho de 2021.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1448/plo_038-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1448/plo_038-2022.pdf</t>
   </si>
   <si>
     <t>Concede incentivos econômicos nos termos do Art. 5° da lei 722/2010, para a Empresa MAXIRAFIA - INDUSTRIA IMPORTAÇÃO E EXPORTAÇÃO DE EMBALAGENS LTDA, e dá outras providências.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1337/projeto.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1337/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2013.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1345/projeto1-credito-adicional.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1345/projeto1-credito-adicional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no orçamento vigente do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1401/pre-002-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1401/pre-002-2022.pdf</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1309/emenda_substitutiva_-_plo_045-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1309/emenda_substitutiva_-_plo_045-2021.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a redação do Projeto de Lei nº 045/2021.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1324/emenda_substitutiva_-_plo_010-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1324/emenda_substitutiva_-_plo_010-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a redação do Projeto de Lei nº 010/2022.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CECS - Comissão de Educação, Cultura e Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1335/emenda_substitutiva_-_plo_004-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1335/emenda_substitutiva_-_plo_004-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de suprimir matéria inconstitucional e corrigir a redação da matéria de competência municipal do Projeto de Lei nº 004/2022.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1354/emenda_substitutiva_-_plo_011-2021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1354/emenda_substitutiva_-_plo_011-2021.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de aprimorar a redação do Projeto de Lei nº 011/2021 e integrar as emendas apresentadas.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1361/emenda_substitutiva_-_plo_007-2022_cm.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1361/emenda_substitutiva_-_plo_007-2022_cm.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a redação do Projeto de Lei Ordinária nº 007/2022 e integrar as emendas parlamentares.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1362/emenda_006-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1362/emenda_006-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificada com a finalidade de corrigir a matéria do Projeto de Lei Ordinária n° 007/2022</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1363/emenda_007-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1363/emenda_007-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva com a finalidade de corrigir a matéria do Projeto de Lei Ordinária n° 007/2022.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1364/emenda_008-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1364/emenda_008-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Supressiva com a finalidade de corrigir a matéria do Projeto de Lei Ordinária n° 007/2022.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1373/emenda_plo_011_2022_-_aditiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1373/emenda_plo_011_2022_-_aditiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Anexo de Metas e Prioridades para o Exercício Financeiro do Projeto de Lei nº 011/2022, com a finalidade prever a aquisição de terreno para fins de uso como cemitério.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1375/emenda_plo_011_2022_-_aditiva_-_2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1375/emenda_plo_011_2022_-_aditiva_-_2.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Anexo de Metas e Prioridades para o Exercício Financeiro do Projeto de Lei nº 011/2022, com a finalidade elevar a bolsa-auxílio do Serviço de Acolhimento Familiar.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1376/emenda_plo_011_2022_-_aditiva_-_3.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1376/emenda_plo_011_2022_-_aditiva_-_3.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Anexo de Metas e Prioridades para o Exercício Financeiro do Projeto de Lei nº 011/2022, com a finalidade de estabelecer orçamento para fomento industrial, comercial e de serviços.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>CECS - Comissão de Educação, Cultura e Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1416/emenda_substitutiva_-_plo_025-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1416/emenda_substitutiva_-_plo_025-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 025/2022, com a finalidade de eliminação de ambiguidades e adequação de técnica legislativa.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>Apresenta Emenda de Alteração ao Projeto de Lei n° 29/2022-LOA 2023.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1453/emenda_substitutiva_-_plo_035-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1453/emenda_substitutiva_-_plo_035-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei nº 035/2022 em sua integralidade.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1454/emenda_substitutiva_-_plo_038-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1454/emenda_substitutiva_-_plo_038-2022.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei nº 038/2022.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Paraná</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1431/83_-_113355088_acordao_de_parecer_previo_-_155-22_-_s1c.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1431/83_-_113355088_acordao_de_parecer_previo_-_155-22_-_s1c.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 155/2022 – Primeira Câmara. Prestação de Contas de Prefeito Municipal. Obrigações de despesa contraídas nos últimos dois quadrimestres do mandato que tenham parcelas a serem pagas no exercício seguinte sem que haja disponibilidade de caixa. Prejulgado 15. Relatório do Controle Interno sem os conteúdos mínimos. Restrições sanadas com envio de documentos no contraditório. Súmula 8. Despesas com publicidade acima da média. Contabilização equivocada. Recálculo. Exercício de 2020. Parecer prévio pela regularidade com ressalvas.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_01.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_01.pdf</t>
   </si>
   <si>
     <t>Requer ao Senhor Presidente, que as reuniões das Comissões Permanentes sejam transmitidas e gravadas em áudio e vídeo pelo sistema on line TV Câmara</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1291/requerimento_002-2022_-_convoca_sec_viac_obras.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1291/requerimento_002-2022_-_convoca_sec_viac_obras.pdf</t>
   </si>
   <si>
     <t>Requer convocação de Secretário Municipal para prestar esclarecimentos que especifica.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>Paulo do Raio X, Claudino de Lara, Eli Stefanello, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_comissao_-_copel.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_comissao_-_copel.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial de Representação.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1306/requerimento_04.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1306/requerimento_04.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal que sejam fornecidas informações, sobre a aquisição realizada por meio do Pregão Presencial n° 056/2021, do Processo Administrativo n° 103/2021, destinado para a aquisição de equipamentos para circuito de câmeras para monitoramento.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>Nei Pauvels, Maycon André, Professor Chico</t>
   </si>
   <si>
     <t>Apresenta denúncia para apuração de infração político-administrativa cometida pelo Senhor Prefeito ao desatender, sem motivo justificado, os pedidos de informações da Câmara em afronta a Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Maycon André, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1307/requerimento_06-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1307/requerimento_06-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o projeto que pretende alterar a localização do Terminal Rodoviário em Corbélia.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1312/requerimento_07-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1312/requerimento_07-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhando o regime de contratação dos estagiários remunerados que atuam como professores no município, conforme específica.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1320/requerimento_08.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1320/requerimento_08.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os valores destinados para o abrigo dos animais.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>Professor Chico, Maycon André, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1331/requerimento_09.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1331/requerimento_09.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial de Estudos, relacionado a Implantação do novo Terminal Rodoviário.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1344/req_10-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1344/req_10-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos a respeito da realização de jantar para lançamento de livro.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>Ofício n° 343/2022- O Prefeito Giovani Miguel Wolf Hnatuw, vem por meio deste solicitar licença por motivo de doença a contar do dia 16 de junho até 26 de junho de 2022.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1384/requerimento_012-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1384/requerimento_012-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações referente à troca de grama no canteiro da Prefeitura e outros pontos da cidade.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1386/requerimento_13.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1386/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre as despesas do município com passagens rodoviárias com destino a Curitiba-Pr.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1387/requerimento_014-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1387/requerimento_014-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal, que determine o envio de Projeto de Lei Ordinária dispondo sobre a regulamentação que fixa o piso salarial para Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, no âmbito do município de Corbélia-PR.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1404/requerimento_015-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1404/requerimento_015-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações e esclarecimentos sobre a atuação do município na fiscalização do cumprimento das obrigações de empresa beneficiada com subvenção econômica.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1405/requerimento_016-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1405/requerimento_016-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos referentes à designação de representação do Município em órgãos e unidades públicos.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Maycon André, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1415/requerimento_017-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1415/requerimento_017-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o Procedimento Administrativo Pregão Eletrônico n° 047/2022. Com fundamento no Art 179 do Regimento Interno, se solicita, expressamente, a inclusão da proposição na pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1419/requerimento_018-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1419/requerimento_018-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações e documentos referentes as condições de saúde ambiental e do trabalhado no Pronto Atendimento Municipal.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1423/requerimento_019-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1423/requerimento_019-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Executivo Municipal para que determine ao setor competente para que forneça as informações solicitadas, sobre a execução e pagamentos dos serviços das obras públicas contratadas para atender a população do Bairro Jardim Vera Lúcia, nas Ruas Anchieta e Aldino Formigheri. Com fundamento no Art. 179, inciso VIII, do Regimento Interno solicita, expressamente, desde já, a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1426/requerimento_020-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1426/requerimento_020-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao funcionamento do Ecoponto na cidade de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>Claudino de Lara, Emanuel Huff - Coeio, Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1428/requerimento_021-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1428/requerimento_021-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Saúde, que providencie o fornecimento de cópia dos documentos que compõe o relatório feito pela Vigilância Sanitária Estadual, sobre a situação encontrada de não conformidade das instalações da unidade de saúde central, onde fica o PAM. Com fundamento no Art 179 do Regimento Interno, solicita, expressamente, a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Marily Bloemer, Maycon André, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_022-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_022-2022.pdf</t>
   </si>
   <si>
     <t>Requer convocação de Secretário Municipal para prestar esclarecimentos que especifica. Conforme estabelece o Art.179, do inciso VIII, do Regimento Interno, solicita, expressamente, a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1452/requerimento_023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1452/requerimento_023.pdf</t>
   </si>
   <si>
     <t>Solicita autorização para empreender viagem, com veículo oficial acompanhado pelo Senhor Valdir Cordeiro, Diretor de Obras do Município de Corbélia/PR.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1264/indicacao_001-2022_-_ver_nei_pauvels.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1264/indicacao_001-2022_-_ver_nei_pauvels.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine ao setor competente, para que efetue o cascalhamento de alguns trechos na estrada para a Comunidade Rural da Barra Bonita.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1266/indicacao_002-2022_-_paulo.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1266/indicacao_002-2022_-_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize o estudo para a concessão de adicional de insalubridade e de reajuste na remuneração dos contratos das pessoas prestadoras de serviços como Micro Empreendedoras Individuais - MEIs.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1267/indicacao_003.2022._marginais_br.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1267/indicacao_003.2022._marginais_br.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que execute as medidas necessárias, de caráter técnico e jurídico, para que sejam apuradas as causas dos problemas de ineficiência do sistema de drenagem pluvial da via marginal de acesso a rodovia BR-369, que afeta, em especial, os munícipes de Corbélia.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1268/indicacao_04_-_chico.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1268/indicacao_04_-_chico.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente a realização de serviços de análise viária, para implantação de redutores de velocidade, entre as Ruas Flor de Maracujá e esquina com a Rua Violeta.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1269/indicacao_05_-_chico.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1269/indicacao_05_-_chico.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente a realização de Estudo, Planejamento e Execução de arborização com mudas frutíferas em locais públicos que passa a indicar a seguir.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1270/indicacao_006-2022_-_nei.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1270/indicacao_006-2022_-_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine ao setor competente, para que efetue a manutenção corretiva e preventiva de canteiros de flores nas vias públicas.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1271/indicacao_007-2022_-_nei.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1271/indicacao_007-2022_-_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que junto aos órgãos competentes da Administração Municipal a possibilidade de construir um redutor de velocidade na Rua Jasmin, próximo a Residência nº492 Via Marginal da BR-369, Corbélia-PR.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a necessidade de reparo e manutenção, em diversos trechos das estradas rurais do município, que demandam a realização dos serviços de conservação.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Marquinho Jandrey, Paulinho Zaquette</t>
   </si>
   <si>
     <t>Indicam a realização de estudo sobre a viabilidade de ampliação do número de empreendedores na área ocupada pela empresa Bonfam.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1279/indicacao_011.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1279/indicacao_011.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, a análise da possibilidade de aquisição de máquina para fabricação de fraldas.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione aos órgãos competentes da Administração que providencie reforma geral no Prédio onde se encontra o Pronto Atendimento 24 horas e a Unidade Básica de Saúde Pe. Bernardo Lube.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1282/indicacao_013.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1282/indicacao_013.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize melhorias na Rua Tipuana, tais como: sinalização de trânsito vertical e horizontal em toda a sua extensão. Também que se proceda a verificação da iluminação pública, observando a troca de lâmpadas queimadas e a poda de galhos de árvores que comprometem a iluminação.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>Eli Stefanello, Volmir Reis Nene</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito, que gestione junto ao órgão competente a possibilidade de instalar postes de iluminação pública no Estádio Municipal Paulo Roberto de Souza.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>Eli Stefanello, Claudino de Lara</t>
   </si>
   <si>
     <t>Indicam a realização de análise sobre a viabilidade de se promoverem serviços de manutenção na ponte sobre o Rio Melissa, entre Corbélia e Cafelândia.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que junto aos órgãos competentes da Administração Municipal a possibilidade de construir uma lombada elevada na Av São Paulo próximo ao cruzamento com a Rua Lilás no Bairro Santa Catarina.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que gestione aos órgãos competentes da Administração Municipal o estudo para aplicação de pavimento com Material reciclado de Pneus usados na pista de atletismo do Estádio.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_019.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que junto aos órgãos competentes da Administração Municipal a possibilidade de fornecer Transporte para os estudantes participarem das atividades Culturais no Centro Cultural Vereador José Rubin.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1290/indicacao_020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1290/indicacao_020.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras e Urbanismo, a execução de serviços nas vias públicas de Ouro Verde do Piquiri, conforme menciona.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1294/indicacao_021.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1294/indicacao_021.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que junto aos órgãos competentes da Administração Municipal a possibilidade de construir Bollards (Pilares) de aço em lugares específicos da cidade.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras e Urbanismo, a construção de ponte de alvenaria, no trecho da estrada rural que fica entre o Distrito de Ouro Verde do Piquiri e a localidade de Anta Gorda.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_023.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine ao setor competente, para que efetue a manutenção na Ponte sobre o Rio dos Porcos, no trecho que dá acesso a área da Família Bottega, no Distrito da Penha.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>Maycon André, Claudino de Lara, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal, a criação de programa social "Horta no Meu Bairro".</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a possibilidade de adquirir equipamentos como: cadeiras de rodas, cadeiras para banho, camas hospitalares, andadores e muletas para pessoas acidentadas e acamadas.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_026.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_026.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, o trabalho de instalação das mesas de jogos com bancos nas praças do município.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_paulo_cardoso_-_mascaras.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_paulo_cardoso_-_mascaras.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que promova as ações necessárias para verificar a possibilidade técnica de saúde para flexibilização do uso obrigatório de máscaras no Município de Corbélia.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>Professor Chico, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_028.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_028.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente a aquisição de uniforme, de credenciais para identificação e de equipamentos imprescindíveis ao uso no trabalho noturno dos vigias municipais.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_029.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_029.pdf</t>
   </si>
   <si>
     <t>Indica a realização de campanha para a divulgação da iniciativa "Doe parte do seu imposto de renda para as entidades de Corbélia" e transforme projetos em realidade.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_030.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_030.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras e Urbanismo, a construção de ponte de alvenaria, no trecho da estrada rural que fica na divisa entre o Distrito de Ouro Verde do Piquiri e a localidade de Anta Gorda, no município de Cafelândia.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>Marily Bloemer, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_031.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_031.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal, que determine a manutenção e instalação de placas de identificação nas Ruas e Avenidas no Distrito de Nossa Senhora da Penha, no Distrito de Ouro Verde do Piquiri e, na Sede Administrativa de Corbélia.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1311/indicacao_032.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1311/indicacao_032.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente da Administração Municipal, a realização de serviços de manutenção na RUA GIRASSOL, no trecho entre a RUA VIOLETA e a RUA MARGARIDA.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>Claudino de Lara, Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1316/indicacao_033.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1316/indicacao_033.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize melhorias e manutenção na Estrada/Carreador que dá continuação a Rua Flamboyant e segue paralela a Rua Copo de Leite.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>Maycon André</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize ações de limpeza pública no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1321/indicacao_035.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1321/indicacao_035.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação de Obras e Urbanismo, a realização do Recapeamento Asfáltico em alguns trechos da Avenida Piquiri, Avenida José Crecêncio Munis e Rua Sapucaí no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1322/indicacao_036.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1322/indicacao_036.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine junto a Secretaria de Viação e Obras e Urbanismo a realização de serviços de melhorias, adequação em alguns trechos da Rua Getúlio Vargas no Distrito da Penha.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1323/indicacao_037.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1323/indicacao_037.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine ao setor competente, que efetue solicitação junto ao DER-PR para realizar a instalação de trevo de acesso para a Comunidade da Vila Rural Nossa Senhora da Salete.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1325/indicacao_038.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1325/indicacao_038.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que verifique a possibilidade de construir uma lombada elevada no início da Avenida Paraná.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1326/indicacao_039.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1326/indicacao_039.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao setor competente, para que viabilize a solicitação de instalação de abrigo no ponto de parada de transporte coletivo intermunicipal (lotação), junto a Rodovia Federal BR-369 em frente à indústria Bonfam.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Professor Chico, Claudino de Lara, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1328/indicacao_040.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1328/indicacao_040.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao Setor Competente para que verifique a possibilidade de Alteração das Ruas Rainha da Neve e Rua Cravo para serem Vias Preferenciais.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1329/indicacao_041.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1329/indicacao_041.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao Setor Competente para que verifique a possibilidade de instalar uma Rotatória na Rua José de Alencar com a Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1330/indicacao.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1330/indicacao.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal, que determine ao Setor Competente a necessidade de que seja realizada a demarcação de vagas de estacionamento para pessoas com deficiência física ou mobilidade reduzida o mais próximo do acesso á Entrada de Escolas, CMEIs e Espaços Públicos.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1332/ind_43-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1332/ind_43-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que institua a Semana do Ciclista, no município de Corbélia/PR.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1336/indicacao_044.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1336/indicacao_044.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que ofereça cursos técnicos de Mecânica Pesada e de Elétrica Automotiva aos munícipes.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1338/indicacao_045.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1338/indicacao_045.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a possibilidade de disponibilizar um vigia noturno ou instalar câmeras de monitoramento no Cemitério Municipal, para inibir as ações de vandalismo e furtos.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Paulo do Raio X, Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1339/indicacao_046.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1339/indicacao_046.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize manutenção constante na Estrada que dá continuidade a Avenida São Paulo, chegando a BR- 369.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1340/indicacao_047.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1340/indicacao_047.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a possibilidade de fazer um estudo técnico de trânsito no município de Corbélia, de acordo com as normas do código de trânsito Brasileiro.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1341/indicacao_048.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1341/indicacao_048.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize melhorias e manutenção nas Ruas do Bairro Jardim Nova República (BNH).</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1342/indicacao_49.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1342/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes da Administração Municipal, para ser feito um estudo de viabilidade na Rua Tiradentes onde é localizado o UBS do Bairro Jardim Vera Lúcia, de deixar o estacionamento somente em um dos lados da via.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1343/indicacao_50.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1343/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a possibilidade de construir redutores de velocidade nas Vias da Marginal da BR-369.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1347/indicacao_51.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1347/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine junto a Secretaria de Viação de Obras e Urbanismo, a possibilidade de construir um Redutor de Velocidade na Rua Flor de Lis próximo a residência n° 2094.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1348/indicacao_052.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1348/indicacao_052.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que gestione junto aos órgãos competentes da Administração Municipal, para informar os munícipes que Corbélia possui um Centro Multiprofissional com programas para pessoas com autismo.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1349/indicacao_53.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1349/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal a possibilidade de construir um abrigo em ponto de ônibus para os estudantes no Distrito da Penha.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1350/indicacao_054.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1350/indicacao_054.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que avalie e promova as ações necessárias para o estabelecimento de carga horária de 30 horas semanais aos profissionais de psicologia do Município de Corbélia.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_55.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine junto a Secretaria de Obras e Urbanismo, para que realize a execução de manutenção com serviços de cascalhamento, na estrada da comunidade São Bento.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1353/indicacao_056-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1353/indicacao_056-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine a realização da análise sobre a possibilidade de se estabelecerem parcerias que possibilitem o encaminhamento para instituições de longa permanência à pessoa idosa.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1355/indicacao_057-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1355/indicacao_057-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que realize uma reforma da quadra esportiva localizada no Bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_058-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_058-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente da Administração Municipal, a realização de serviços de manutenção e melhorias no cruzamento da Rua Antúrio com a Rua Castro Alves.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_059.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_059.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo municipal, que determine ao setor competente para que realize a execução de manutenção com serviços de cascalhamento do trecho da estrada do São Roque até Sapucaia nas proximidades das famílias Jurkevicz.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_060.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_060.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que junto aos órgãos competentes da Administração Municipal a possibilidade de aquisição de tablets para alunos da educação especial do Município.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_061.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_061.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine junto a Secretaria de Obras e Urbanismo, a possibilidade de construir Banheiros Sanitários na Quadra sintética Romilton R. dos Santos que fica localizada no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1377/ind_062.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1377/ind_062.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine ao setor competente, para que efetue serviço de limpeza no imóvel onde, anteriormente, estava a Secretaria Municipal de Saúde, conforme indica.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_63-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_63-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que adote no município de Corbélia o piso salarial dos profissionais de enfermagem, conforme estabelecido pelo COREN/PR.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_64-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_64-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito, que gestione junto ao órgão competente a possibilidade de promover adequações nas rampas de acessibilidade nas calçadas.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_65-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_65-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal que determine a realização de estudos sobre a viabilidade de se implementar melhorias salariais para os Agentes da Defesa Civil de Corbélia.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_66-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_66-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize a pintura de baias de estacionamento para motos, na Rua Amor Perfeito, em frente à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_67.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_67.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que realize a instalação de iluminação no campo de futebol suíço na Comunidade Rural São Roque.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_68.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_68.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que sejam tomadas providências junto a Copel a respeito das quedas de energia elétrica que tem acontecido com frequência na comunidade do Carlitão.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_069.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_069.pdf</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito, que gestione junto ao órgão competente a análise de possibilidade de se instalar uma faixa de elevação na Rua Violeta esquina com a Rua Gerânio, no Bairro Vila Unida.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_70.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, para que realize um estudo sobre a necessidade de disponibilizar um espaço para os Microempreendedores da cidade de Corbélia, Pr.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_71-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_71-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente da administração realizar análise para equipar as salas de aulas das escolas municipais de Corbélia/Pr com kits de lousa digital.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1397/indicacao_072-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1397/indicacao_072-2022.pdf</t>
   </si>
   <si>
     <t>Indicam ao Senhor Prefeito, que gestione junto ao órgão competente a análise de possibilidade de se instalar uma faixa de elevação na Avenida São Paulo, no trecho entre a Avenida Espírito Santo e a Avenida Minas Gerais.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_73-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_73-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que realize a instalação de iluminação no campo de futebol Suiço na Comunidade do Planalto do Piquirizinho, em Corbélia-PR.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1399/indicacao_074-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1399/indicacao_074-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine, em Regime de Urgência Urgentíssima, que se viabilize procedimento administrativo competente para a aquisição de área contígua ao Cemitério Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1400/indicacao_075-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1400/indicacao_075-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo, que gestione junto aos órgãos competentes da Administração Municipal, para ser feito um estudo de implantar e disponibilizar uma plataforma digital (aplicativo) de apoio ao Município de Corbélia.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1402/indicacao_076-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1402/indicacao_076-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que tome as medidas cabíveis junto ao governo do Estado, para que os colégios estaduais tenham um efetivo da patrulha escolar com a frequência regular, semanal.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1403/indicacao_077-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1403/indicacao_077-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine junto a Secretaria de Obras e Urbanismo, a possibilidade de construir uma cobertura no local onde os carros pertencentes á Secretaria de Saúde ficam estacionados.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1408/indicacao_078-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1408/indicacao_078-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a sinalização para estacionamento exclusivo de ônibus em frente ao antigo hospital São Judas Tadeu e para os carros da Saúde do Posto de Saúde Central.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1410/indicacao_079-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1410/indicacao_079-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente a execução de serviços de manutenção de estrada rural na Comunidade de São Bento. A fim de melhorar a qualidade de trafegabilidade dos veículos por vias não pavimentadas.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1411/indicacao_80.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1411/indicacao_80.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente, para que efetue ações no sentido de promover a capacitação de pais, cuidadores, professores e demais profissionais que atendem a criança autista.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1412/indicacao_081-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1412/indicacao_081-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize Urgente, melhorias e manutenção nas ruas do Bairro Jardim Nova República (BNH).</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1413/indicacao_082-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1413/indicacao_082-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente, que verifique a possibilidade de incluir o tratamento de extração de dentes do Siso (Terceiro Molar) pela Secretaria Municipal de Saúde no Município de Corbélia.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1414/indicacao_083-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1414/indicacao_083-2022.pdf</t>
   </si>
   <si>
     <t>Indica a realização de ações de conscientização do trânsito mais humano e seguro em alusão e adesão ao Setembro Amarelo.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1417/indicacao_084-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1417/indicacao_084-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine que seja efetuada a instalação de placas de sinalização indicativas das comunidades no interior do município de Corbélia.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1418/indicacao_085-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1418/indicacao_085-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine junto com a Secretaria de Obras e Urbanismo, para que seja feito um manilhamento para escoamento de água na Avenida Presidente Janio Quadros em frente á casa n° 60 no Distrito da Penha.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1420/indicacao_086-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1420/indicacao_086-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine junto a Secretaria de Obras e Urbanismo, para realizar a construção de asfalto ou calçamento na Rua Presidente Campos Sáles no cruzamento com a Avenida Getúlio Vargas próximo a Capela Mortuária e a Rua Presidente Campos Sáles no cruzamento da Rua Padre Feijó até o Cemitério, no Distrito da Penha.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1422/indicacao_087-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1422/indicacao_087-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente da Administração Municipal, a tomada  de providências necessárias para melhorar a prestação do serviço público de transporte escolar rural, que atende os estudantes da comunidade da Barra Bonita.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1425/indicacao_088-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1425/indicacao_088-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, para que determine ao setor competente da Administração, para que providencie com celeridade o atendimento do pleito dos moradores das Comunidades Rurais de Carlitão e Placa Aparecida.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1427/indicacao_089-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1427/indicacao_089-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente da Administração Municipal, a tomada de providências necessárias para remoção de lombada convencional, na Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1429/ind_90.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1429/ind_90.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine ao setor competente da Administração, providenciar as medidas necessárias para instalação de assentos e de cobertura para abrigo dos munícipes na frente da UBS ECLÉA WOLF.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1433/indicacao_91-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1433/indicacao_91-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente da Administração Municipal, a tomada de providências necessárias para atender a demanda de obra para sediar os serviços de saúde pública do Pronto Atendimento Médico - PAM, de Corbélia.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1434/ind_92.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1434/ind_92.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente da Administração Municipal, a tomada de providências necessárias para realização do serviço de manutenção de sinalização de trânsito na Rua das Flores.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1435/indicacao_093-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1435/indicacao_093-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, que determine ao setor competente da Administração Municipal, a tomada de providências necessárias para a instalação de sinalização de trânsito no entorno do CMEI DAVI CARMO LUBE.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1436/ind_94-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1436/ind_94-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine ao setor competente da Administração, realizar serviços de manutenção e adequação no cemitério municipal, para melhorar a acessibilidade dos municípes.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1437/indicacao_095-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1437/indicacao_095-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que avalie e promova as ações necessárias para a implantação do Incentivo Financeiro Adicional – IFA e Incentivo do PQAVS aos Agentes Comunitários de Saúde e de Combate as Endemias, respectivamente.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1440/ind_96-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1440/ind_96-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que determine a secretaria competente para que promova a instalação de redutores de velocidade na Rua Hortência, no trecho entre a Rua Flor de Lis e Rua Miosótis.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1446/indicacao_097-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1446/indicacao_097-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que determine a secretaria competente, realizar serviços de manutenção no calçamento que liga a Sede do Município às comunidades Santa Rosa, São Pedro, São Bento e São Roque, no trecho do Rio Tesouro até a Igreja da comunidade do São Roque.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1449/ind_98.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1449/ind_98.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine providências para a aquisição de uniformes para os integrantes da equipe da vigilância epidemiológica.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1265/mocao_001-2022_-_cristiane_roberta_krueger.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1265/mocao_001-2022_-_cristiane_roberta_krueger.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao exemplo de determinação da Senhora Cristiane Roberta Kruger, na conquista do notável desempenho para-atleta nas modalidades de Canoagem (em caiaque e canoa havaiana) e também na modalidade de Handebol em Cadeira de Rodas.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Paulo do Raio X</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor Walter Paini e Família.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1286/mocao_03-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1286/mocao_03-2022.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Músico e Professor de Música, Senhor Guilherme de Medeiros.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>Em reconhecimento ao grupo de munícipes denominado de "Amigos do Jacaré".</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1334/mocao_05-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1334/mocao_05-2022.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao exemplo de determinação esportiva do atleta GILMAR CARVALHO.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1351/mocao_6-_2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1351/mocao_6-_2022.pdf</t>
   </si>
   <si>
     <t>Requer a Câmara Municipal de Corbélia, que encaminhe Moção de Apelo ao Excelentíssimo Senhor Renato Feder, Secretário de Estado da Educação e do Esporte, para que atue no sentido reativar o serviço do Centro Regional de Apoio Pedagógico Especializado, CRAPE, em especial na função de realização da Avaliação Psicoeducacional, que atendia o Núcleo Regional de Educação de Cascavel e os 18 municípios desta regional.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1357/mocao_07-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1357/mocao_07-2022.pdf</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento do Comunicador Sergio Antônio Marafon.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1372/mocao_08-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1372/mocao_08-2022.pdf</t>
   </si>
   <si>
     <t>Manifesta Moção de Pesar pelo falecimento do Senhor Lides Marques Martins, Servidor Público Municipal aposentado Ex- Presidente do Sindicato dos Servidores Municipais.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1393/mocao_09-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1393/mocao_09-2022.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento aos Agentes de Defesa Civil de Corbélia, pelos dez anos de serviços prestados no município.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1424/mocao_10-2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1424/mocao_10-2022.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor MARCIANO VIEIRA DO PORTO.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>HCO</t>
   </si>
   <si>
     <t>Homologação de Decisão Colegiada</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CECS - Comissão de Educação, Cultura e Saúde, CEFO - Comissão de Economia, Finanças e Orçamento, CICA - Comissão de Indústria, Comércio e Agropecuária, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1275/termo_homolocagacao_001_2022_-_homologa_comissoes.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1275/termo_homolocagacao_001_2022_-_homologa_comissoes.pdf</t>
   </si>
   <si>
     <t>Homologa a composição das Comissões Permanentes da Câmara Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa Candidata à Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1450/chapa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1450/chapa.pdf</t>
   </si>
   <si>
     <t>Requerimento de inscrição de chapa para eleição à Mesa Diretiva para o biênio 2023 e 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2544,67 +2544,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1438/plom_-_altera_o_art._78_e_o_art._79_da_lei_organica_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1439/plo_-_dispoe_sobre_o_regime_proprio_de_previdencia_social_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1262/plo_001-2022_-_revisao_anual.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1276/plo-003-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1295/plo-004-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1310/plo_005-2022_-_24.03.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1313/plo-006-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1314/plo-007-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1315/plo-008-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1318/plo_2022_-_p_exec._cons_saude_piquiri_ratifica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1319/plo-010-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1327/plo_011-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1333/plo-012-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1346/plo-013-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1365/projeto1-zsr.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1366/plo_016-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1369/plo_017-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1370/plo_018-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1371/plo_019-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1374/plo_020-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1382/plo_021-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1383/plo_022-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1389/plo_023-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1391/plo_024-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1392/plo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1396/plo_026-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1406/plo-027-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1407/plo-028-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1409/plo_029-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1421/plo_30-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1430/plo_031-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1441/plo_032-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1442/plo_033-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1444/plo_035-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1445/plo_036-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1447/plo_037-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1448/plo_038-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1337/projeto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1345/projeto1-credito-adicional.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1401/pre-002-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1309/emenda_substitutiva_-_plo_045-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1324/emenda_substitutiva_-_plo_010-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1335/emenda_substitutiva_-_plo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1354/emenda_substitutiva_-_plo_011-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1361/emenda_substitutiva_-_plo_007-2022_cm.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1362/emenda_006-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1363/emenda_007-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1364/emenda_008-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1373/emenda_plo_011_2022_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1375/emenda_plo_011_2022_-_aditiva_-_2.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1376/emenda_plo_011_2022_-_aditiva_-_3.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1416/emenda_substitutiva_-_plo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1453/emenda_substitutiva_-_plo_035-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1454/emenda_substitutiva_-_plo_038-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1431/83_-_113355088_acordao_de_parecer_previo_-_155-22_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1291/requerimento_002-2022_-_convoca_sec_viac_obras.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_comissao_-_copel.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1306/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1307/requerimento_06-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1312/requerimento_07-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1320/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1331/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1344/req_10-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1384/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1386/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1387/requerimento_014-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1404/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1405/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1415/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1419/requerimento_018-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1423/requerimento_019-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1426/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1428/requerimento_021-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1452/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1264/indicacao_001-2022_-_ver_nei_pauvels.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1266/indicacao_002-2022_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1267/indicacao_003.2022._marginais_br.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1268/indicacao_04_-_chico.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1269/indicacao_05_-_chico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1270/indicacao_006-2022_-_nei.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1271/indicacao_007-2022_-_nei.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1279/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1282/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1290/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1294/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_paulo_cardoso_-_mascaras.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1311/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1316/indicacao_033.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1321/indicacao_035.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1322/indicacao_036.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1323/indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1325/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1326/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1328/indicacao_040.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1329/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1330/indicacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1332/ind_43-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1336/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1338/indicacao_045.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1339/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1340/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1341/indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1342/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1343/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1347/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1348/indicacao_052.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1349/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1350/indicacao_054.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1353/indicacao_056-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1355/indicacao_057-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_058-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_059.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_060.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_061.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1377/ind_062.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_069.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1397/indicacao_072-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1399/indicacao_074-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1400/indicacao_075-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1402/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1403/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1408/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1410/indicacao_079-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1411/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1412/indicacao_081-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1413/indicacao_082-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1414/indicacao_083-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1417/indicacao_084-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1418/indicacao_085-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1420/indicacao_086-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1422/indicacao_087-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1425/indicacao_088-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1427/indicacao_089-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1429/ind_90.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1433/indicacao_91-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1434/ind_92.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1435/indicacao_093-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1436/ind_94-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1437/indicacao_095-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1440/ind_96-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1446/indicacao_097-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1449/ind_98.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1265/mocao_001-2022_-_cristiane_roberta_krueger.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1286/mocao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1334/mocao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1351/mocao_6-_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1357/mocao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1372/mocao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1393/mocao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1424/mocao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1275/termo_homolocagacao_001_2022_-_homologa_comissoes.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1450/chapa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1438/plom_-_altera_o_art._78_e_o_art._79_da_lei_organica_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1439/plo_-_dispoe_sobre_o_regime_proprio_de_previdencia_social_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1262/plo_001-2022_-_revisao_anual.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1276/plo-003-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1295/plo-004-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1310/plo_005-2022_-_24.03.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1313/plo-006-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1314/plo-007-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1315/plo-008-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1318/plo_2022_-_p_exec._cons_saude_piquiri_ratifica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1319/plo-010-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1327/plo_011-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1333/plo-012-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1346/plo-013-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1365/projeto1-zsr.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1366/plo_016-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1369/plo_017-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1370/plo_018-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1371/plo_019-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1374/plo_020-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1382/plo_021-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1383/plo_022-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1389/plo_023-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1391/plo_024-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1392/plo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1396/plo_026-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1406/plo-027-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1407/plo-028-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1409/plo_029-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1421/plo_30-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1430/plo_031-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1441/plo_032-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1442/plo_033-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1444/plo_035-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1445/plo_036-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1447/plo_037-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1448/plo_038-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1337/projeto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1345/projeto1-credito-adicional.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1401/pre-002-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1309/emenda_substitutiva_-_plo_045-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1324/emenda_substitutiva_-_plo_010-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1335/emenda_substitutiva_-_plo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1354/emenda_substitutiva_-_plo_011-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1361/emenda_substitutiva_-_plo_007-2022_cm.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1362/emenda_006-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1363/emenda_007-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1364/emenda_008-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1373/emenda_plo_011_2022_-_aditiva.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1375/emenda_plo_011_2022_-_aditiva_-_2.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1376/emenda_plo_011_2022_-_aditiva_-_3.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1416/emenda_substitutiva_-_plo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1453/emenda_substitutiva_-_plo_035-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1454/emenda_substitutiva_-_plo_038-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1431/83_-_113355088_acordao_de_parecer_previo_-_155-22_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1281/requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1291/requerimento_002-2022_-_convoca_sec_viac_obras.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1293/requerimento_comissao_-_copel.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1306/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1307/requerimento_06-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1312/requerimento_07-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1320/requerimento_08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1331/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1344/req_10-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1384/requerimento_012-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1386/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1387/requerimento_014-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1404/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1405/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1415/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1419/requerimento_018-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1423/requerimento_019-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1426/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1428/requerimento_021-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1432/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1452/requerimento_023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1264/indicacao_001-2022_-_ver_nei_pauvels.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1266/indicacao_002-2022_-_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1267/indicacao_003.2022._marginais_br.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1268/indicacao_04_-_chico.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1269/indicacao_05_-_chico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1270/indicacao_006-2022_-_nei.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1271/indicacao_007-2022_-_nei.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1279/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1282/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1289/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1290/indicacao_020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1294/indicacao_021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1296/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1297/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1298/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1299/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1300/indicacao_026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1301/indicacao_paulo_cardoso_-_mascaras.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1302/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1303/indicacao_029.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1304/indicacao_030.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1305/indicacao_031.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1311/indicacao_032.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1316/indicacao_033.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1321/indicacao_035.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1322/indicacao_036.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1323/indicacao_037.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1325/indicacao_038.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1326/indicacao_039.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1328/indicacao_040.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1329/indicacao_041.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1330/indicacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1332/ind_43-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1336/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1338/indicacao_045.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1339/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1340/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1341/indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1342/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1343/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1347/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1348/indicacao_052.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1349/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1350/indicacao_054.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1352/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1353/indicacao_056-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1355/indicacao_057-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1358/indicacao_058-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1359/indicacao_059.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1367/indicacao_060.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1368/indicacao_061.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1377/ind_062.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1378/indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1379/indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1380/indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1381/indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1385/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1388/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1390/indicacao_069.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1394/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1395/indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1397/indicacao_072-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1398/indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1399/indicacao_074-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1400/indicacao_075-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1402/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1403/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1408/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1410/indicacao_079-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1411/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1412/indicacao_081-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1413/indicacao_082-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1414/indicacao_083-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1417/indicacao_084-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1418/indicacao_085-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1420/indicacao_086-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1422/indicacao_087-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1425/indicacao_088-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1427/indicacao_089-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1429/ind_90.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1433/indicacao_91-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1434/ind_92.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1435/indicacao_093-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1436/ind_94-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1437/indicacao_095-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1440/ind_96-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1446/indicacao_097-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1449/ind_98.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1265/mocao_001-2022_-_cristiane_roberta_krueger.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1286/mocao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1334/mocao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1351/mocao_6-_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1357/mocao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1372/mocao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1393/mocao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1424/mocao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1275/termo_homolocagacao_001_2022_-_homologa_comissoes.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2022/1450/chapa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="155.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>