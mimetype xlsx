--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -54,2283 +54,2283 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Claudino de Lara, Eli Stefanello, Marily Bloemer, Marquinho Jandrey, Maycon André, Nei Pauvels, Paulinho Zaquette, Paulo do Raio X, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1516/projeto-emendas-impositivas.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1516/projeto-emendas-impositivas.pdf</t>
   </si>
   <si>
     <t>Acrescenta os artigos 103-A e 103-B à Lei Orgânica Municipal, para tornar obrigatória a execução da programação orçamentária que especifica.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/pelom_02-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/pelom_02-2023.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 78 e o Art. 79 da Lei Orgânica do Município de Corbélia.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1455/projeto_de_lei_-_concede_reajuste_salarial_aos_servidores_municipais-pdf.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1455/projeto_de_lei_-_concede_reajuste_salarial_aos_servidores_municipais-pdf.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos, inativos, pensionistas, Quadro Próprio do Magistério, comissionados, Conselheiros Tutelares, bem como dos empregados regidos pela CLT – Agentes Comunitários de Saúde, Agentes Comunitários de Endemias, Agente de Defesa Civil, a todos os demais servidores da administração direta e autárquica – CASSEMC, Prefeito, Vice-Prefeito, Procurador Geral, Secretários Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1456/projeto-recomposicao-legislativo.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1456/projeto-recomposicao-legislativo.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária geral à remuneração aos servidores efetivos e comissionados do quadro próprio, aos Vereadores e Presidente do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulo do Raio X, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1457/projeto1-prorroga-prazo.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1457/projeto1-prorroga-prazo.pdf</t>
   </si>
   <si>
     <t>Altera o inciso I do Art. 6º da Lei Municipal nº 1.165, de 13 de julho de 2022, que dispõe sobre a regularização de edificações construídas em desacordo com as Leis Municipais nº 775, nº 777 e nº 780 de 09 de agosto de 2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Marily Bloemer, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1462/projeto-altera-l751.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1462/projeto-altera-l751.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Lei Municipal nº 751, de 22 de dezembro de 2011, que reestrutura o Plano de Carreiras e de Remuneração do Magistério, com o objetivo de garantir, ao docente com deficiência prioridade no procedimento de escolha de turmas.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1468/plo_05-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1468/plo_05-2023.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos da Lei Municipal n° 1.164, de julho de 2022, e, dá outras providências.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1512/plo_06-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1512/plo_06-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1513/plo_07-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1513/plo_07-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Instituir o Programa de Recuperação Fiscal no Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Eli Stefanello, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1519/plo-008-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1519/plo-008-2023.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos e Datas Comemorativas do Município e Corbélia, o Dia do Antigomobilista, a ser comemorado, anualmente, no 1° domingo do mês de Dezembro, e dá outras providências.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto1-altera-lei-528.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto1-altera-lei-528.pdf</t>
   </si>
   <si>
     <t>Altera os Arts. 2º, 4º, 5º e 10 da Lei Municipal nº 528, de 04 de junho de 2002, que estabelece o controle de aplicação de agrotóxicos e biocidas por aeronave.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/plo_10-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/plo_10-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Contratar Operação de Crédito junto ao Banco do Brasil S.A., e, dá outras providências.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/plo_11-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/plo_11-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e dá outras providências.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/plo_12-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/plo_12-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito especial para inclusão de elemento de despesa no orçamento de 2023, e no PPA 2022-2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/projeto1-placas-adocao.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/projeto1-placas-adocao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a afixação obrigatória de placas informativas nas unidades públicas e privadas de saúde sobre a entrega voluntária para adoção.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/plo_14-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/plo_14-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a CAIXA ECONÔMICA FEDERAL, e, dá outras providências.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/projeto1-altera-lei-980.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/projeto1-altera-lei-980.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo no Art. 3º da Lei Municipal nº 980, de 21 de dezembro de 2017, que dispõe sobre disponibilização de brinquedos adaptados para crianças com deficiência em locais públicos e privados.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/plo-016-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/plo-016-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Corbélia a doar imóvel para o Governo do Estado do Paraná, para construção da Delegacia de Polícia Cidadã, para sediar a 49ª DRP de Corbélia, doação esta fundamentada no interesse público, e, dá outras providências.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/plo_17_de_2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/plo_17_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de direito real de uso de imóvel a Associação dos Distribuidores de Defensivos Agrícolas e Veterinários do Oeste do Paraná - ADDAV-PR.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/plo-018-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/plo-018-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Amortização do déficit atuarial do município de Corbélia com a Cassemc - Caixa de Previdência dos Servidores Públicos Civis do município de Corbélia, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Eli Stefanello, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/plo-019-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/plo-019-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conceder auxílio financeiro, para tratamento continuado de pacientes com necessidades especiais de média e alta complexidade, para custear despesas de locomoção de pacientes até o local de tratamento, e dá outras providências.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/projeto-utilidade-publica.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/projeto-utilidade-publica.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação denominada Casa de Acolhida Filhos Prediletos filial de Corbélia.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/plo-021-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/plo-021-2023.pdf</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de obrigações de pequeno valor RPV, decorrentes de decisões judiciais, nos termos do art. 100, §§ 3º e 4º da Constituição Federal.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/plo_22-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/plo_22-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de área de propriedade do Município, na forma em que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/projeto1-fibromialgia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/projeto1-fibromialgia.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Proteção dos Direitos da Pessoa com Fibromialgia no Município de Corbélia.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/plo-024-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/plo-024-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 422.500,00 (quatrocentos e vinte e dois mil e quinhentos reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/plo-025-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/plo-025-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em operação de crédito, no valor de R$ 14.507.386,75 (Quatorze milhões, quinhentos e sete mil, trezentos e oitenta e seis reais e setenta e cinco centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plo_26-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plo_26-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 1.000.000,00 (um milhão de reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/plo_27-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/plo_27-2023.pdf</t>
   </si>
   <si>
     <t>Altera o quadro 01 - Grupo Ocupacional Básico - GOB, integrante do Anexo I, da Lei Municipal n° 823 de 08 de outubro de 2013, que dispõe sobre o quadro de pessoal do município de Corbélia, promovendo o incremento de vagas ao Quadro de Motorista de Veículos Pesados, e, dá outras providências".</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/plo_28-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/plo_28-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual do Município de Corbélia, para o exercício financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/plo_29-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/plo_29-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Assistência Financeira Complementar repassada pela União Federal visando dar cumprimento ao disposto na Lei Federal nº 14.434, de 4 de agosto de 2022 que instituiu o piso nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/plo_30-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/plo_30-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Sistema Geodésico do Município de Corbélia - Estado do Paraná, regulamenta as normas de trabalho topográficos e geodésicos e dá outras providências.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Jair Fontana, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/projeto-politica-publica-tea2_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/projeto-politica-publica-tea2_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política pública municipal para garantia, proteção e ampliação dos direitos das pessoas com Transtorno do Espectro Autista (TEA) e seus familiares.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_eli_e_marquinhos_idosos.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_eli_e_marquinhos_idosos.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto "Nossos Idosos Centenários" no Município de Corbélia, e dá outras providências</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/plo_033-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/plo_033-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 3.003.000,00 (três milhões e três mil reais) na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/plo_034-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/plo_034-2023.pdf</t>
   </si>
   <si>
     <t>Cria o Parque Industrial "Corbélia 2", e, dá outras providências.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/plo_035-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/plo_035-2023.pdf</t>
   </si>
   <si>
     <t>Institui no calendário oficial do Município de Corbélia o Dia do Motociclista.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/plo_036-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/plo_036-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a atualização do piso nacional dos profissionais do Quadro Próprio do Magistério do Município de Corbélia - PR, e, dá outras providências".</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/plo_037-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/plo_037-2023.pdf</t>
   </si>
   <si>
     <t>Reduz temporariamente a alíquota do Imposto sobre a Transmissão de Bens Imóveis por ato oneroso, inter-vivos - ITBI, no período que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/plo_038-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/plo_038-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de arrecadação no valor de R$ 229.000,00 (duzentos e vinte e nove mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/plo_039-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/plo_039-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal dos Direitos da Mulher no Município de Corbélia-PR e, dá outras providências.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/plo_040-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/plo_040-2023.pdf</t>
   </si>
   <si>
     <t>Cria o emprego público e autoriza a contratação de Agente de Desenvolvimento Infantil e dá outras providências.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/plo_041-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/plo_041-2023.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Plano de Carreira e de Remuneração do Quadro do Magistério da Rede Pública Municipal de Ensino de Corbélia.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/plo_042-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/plo_042-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 244.267,29 (duzentos e quarenta e quatro mil, duzentos e sessenta e sete reais e vinte e nove centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/plo_043-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/plo_043-2023.pdf</t>
   </si>
   <si>
     <t>Trata-se de confissão de dívida e liquidação das contribuições devidas à Caixa de Previdência dos Servidores Públicos do Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/plo_044-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/plo_044-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 823, de 18 de outubro de 2013, que dispõe sobre o quadro de pessoal do Município de Corbélia.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1517/projeto-aprova-contas-2020.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1517/projeto-aprova-contas-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Município de Corbélia relativas ao exercício de 2020.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto1-credito-adicional.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto1-credito-adicional.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no orçamento vigente do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto-procuradoria-mulher2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto-procuradoria-mulher2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito do Poder Legislativo do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/1_-_projeto_resolucao_geral.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/1_-_projeto_resolucao_geral.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal nº 14.133, de 1º de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos no âmbito do Poder Legislativo do município de Corbélia.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Regulamenta, nos termos do §3º do art. 8º da Lei Federal nº 14.133, de 1º de abril de 2021, a atuação do agente de contratação e da comissão de contratação junto a Câmara Municipal de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/4_-_projeto_resolucao_pesquisa_precos.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/4_-_projeto_resolucao_pesquisa_precos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento para a realização de pesquisa de preços para a aquisição de bens e contratação de serviços em geral, no âmbito do Poder Legislativo do Município de Corbélia para os procedimentos licitatórios e de contratação direta nos moldes da Lei Federal nº 14.133, de 1º de abril de 2021.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/5_-_projeto_resolucao_bens_comuns_luxo.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/5_-_projeto_resolucao_bens_comuns_luxo.pdf</t>
   </si>
   <si>
     <t>Regulamenta o §1º do art. 20 da Lei Federal nº 14.133, de 1º de abril de 2021, quanto ao enquadramento dos bens de consumo adquiridos no âmbito do Poder Legislativo, nas categorias “comum” e “luxo”.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/6_-_projeto_resolucao_dispensa_fisica.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/6_-_projeto_resolucao_dispensa_fisica.pdf</t>
   </si>
   <si>
     <t>Regulamenta o procedimento de Dispensa de Licitação na forma física, nos termos da Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/7_-_projeto_resolucao_pequenas_compras_pronto_pagamento.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/7_-_projeto_resolucao_pequenas_compras_pronto_pagamento.pdf</t>
   </si>
   <si>
     <t>Regulamenta o procedimento para pequenas compras e prestação de serviços de pronto pagamento, nos termos da Lei Federal nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CECS - Comissão de Educação, Cultura e Saúde, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1493/emenda_substitutiva_-_plo_005-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1493/emenda_substitutiva_-_plo_005-2023.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei nº 005/2023 em sua integralidade para fins de adequação à técnica legislativa.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/emenda_substitutiva_-_plo_007-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/emenda_substitutiva_-_plo_007-2023.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei nº 007/2023 em sua integralidade para fins de adequação da matéria e à técnica legislativa e à Constituição Federal.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/emenda_plo_006_2023_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/emenda_plo_006_2023_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Art. 8º e Art. 39 do Projeto de Lei nº 006/2023, com a finalidade reduzir o limite para abertura de créditos adicionais.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CECS - Comissão de Educação, Cultura e Saúde, CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/emenda_substitutiva_2_-_plo_019-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/emenda_substitutiva_2_-_plo_019-2023.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei nº 019/2023 em sua integralidade para fins de adequação da matéria e à técnica legislativa.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CECS - Comissão de Educação, Cultura e Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/emenda_plo_031_2023_-_modificativa_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/emenda_plo_031_2023_-_modificativa_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 031/2023, com a finalidade de correção de redação e adequação de técnica legislativa.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/emenda_substitutiva_-_plo_037-2023_v2_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/emenda_substitutiva_-_plo_037-2023_v2_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei nº 037/2023 em sua integralidade para fins de adequação da matéria e à técnica legislativa e à legislação municipal.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/emenda_plo_028_2023_-_modificativa.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/emenda_plo_028_2023_-_modificativa.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 028/2023, com a finalidade de destinação de recursos para programas, projetos e ações de forma impositiva.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Paraná</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/030_-_091256491_acordao_de_parecer_previo_-_188-23_-_s2c.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/030_-_091256491_acordao_de_parecer_previo_-_188-23_-_s2c.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO DE PARECER PRÉVIO Nº 188/2023 – Segunda Câmara. Prestação de Contas de Prefeito Municipal. Exercício de 2021. Parecer prévio pela regularidade.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1463/req_01-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1463/req_01-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos valores mensais que o Município gasta de pagamento de função gratificada aos Servidores Municipais.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_02-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_02-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao local onde o Parque de Máquinas está localizado no Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_03-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_03-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, cópia de documentos contendo a Planta Baixa e todos os Projetos relacionados da obra do prédio onde se encontra a Câmara dos Vereadores de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_04-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_04-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações referente ao Imóvel onde a empresa ADDAV - Associação dos Distribuidores de Defensivos Agrícolas e Veterinários do Oeste do Paraná estava instalada, localizado na Campininha no Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_05-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_05-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes aos veículos que estão inutilizados e sem nenhuma condição de uso, localizados no Parque de Máquinas no Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1474/req_06-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1474/req_06-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, que determine junto a Secretaria de Viação, Obras e Urbanismo, para que realize a instalação de um Redutor de Velocidade no prolongamento da Av Rio Grande do Sul, em frente a empresa C.VALE no município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_07-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_07-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes as Câmeras de Segurança instaladas no Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_08-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_08-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes em qual situação se encontra o Processo Seletivo do Jovem Aprendiz no Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1491/requerimento_09-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1491/requerimento_09-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações referentes a aquisição de Terrenos para a construção de Casas Populares no Distrito da Nossa Senhora da Penha e no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>Claudino de Lara, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_10-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_10-2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Poder Executivo, informações referentes de como está o processo de Alargamento das Pontes das estradas rurais e da revitalização das mesmas.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>Maycon André, Nei Pauvels, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_11-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_11-2023.pdf</t>
   </si>
   <si>
     <t>Requerem que a Câmara Municipal organize uma Sessão Solene para entrega do título de cidadão honorário in memoriam para família do Capitão da Polícia Militar do Estado do Paraná, o Sr. Stanislaw Eduardo Ezerwonka.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>Eli Stefanello, Maycon André, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_12-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_12-2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Poder Executivo, informações referentes a limpeza dos Lotes Baldios no Município de Corbélia.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>Eli Stefanello, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_13-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_13-2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Poder Executivo, informações referentes ao serviço de recolhimento de materiais recicláveis das comunidades rurais do município.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_14-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_14-2023.pdf</t>
   </si>
   <si>
     <t>Requerem ao Poder Executivo, informações referentes de como está o processo de aquisição de área contígua ao Cemitério Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_15-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_15-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao atendimento no PAM 24h, se existe algum convênio com outros municípios em especial os municípios de Braganey e Iguatu para os pacientes serem atendidos no PAM de Corbélia. Solicita, expressamente, a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1521/req-016-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1521/req-016-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao contrato da ACOMAR (Associação de Coleta de Materiais Recicláveis Sólidos e Orgânicos) e suas contratações.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1522/req-017-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1522/req-017-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao contrato entre Município de Corbélia e a empresa Maxirafia – Indústria Importação e Exportação de Embalagens Ltda que cede direito real de uso, conforme especifica.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_18-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_18-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento da Lei Municipal nº 1.071, de 05 de dezembro de 2009 que regulamenta o plantio de flores, folhagens e plantas ornamentais em logradouros públicos municipais.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/req_19-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/req_19-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações e cópia do contrato do imóvel onde o Museu Municipal se localiza na Rua Amor Perfeito n° 1807 no Município de Corbélia.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_20-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_20-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações referentes aos serviços prestados pela Sanepar e Copel, se há detalhamento das ações já realizadas de saneamento, informações referentes a um poço já existente no distrito e que não está em funcionamento, e a manutenção das redes habilitadas em Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/img-20230626-wa0019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/img-20230626-wa0019.pdf</t>
   </si>
   <si>
     <t>Requerem esclarecimentos em relação a execução do trecho de calçamento para a estrada da comunidade São Bento, adquirida com recursos através de Emenda Parlamentar do Deputado Reichembach.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/requerimento_22-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/requerimento_22-2023.pdf</t>
   </si>
   <si>
     <t>Requerem esclarecimentos em relação da entrega do veículo Van para a Educação, adquirida com recursos de Emenda Parlamentar do Deputado Paulo Litro.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/req-023-2023-aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/req-023-2023-aprovado.pdf</t>
   </si>
   <si>
     <t>Requer cópia integral do Processo Administrativo nº 080 de 2023, Pregão Eletrônico nº 030 de 2023, Registro de Preço nº 076 de 2023.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/req_24-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/req_24-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações dos atendimentos de saúde prestados pelo CISOP ao Município de Corbélia.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/req_25-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/req_25-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações e esclarecimentos referentes a reclamação feita em rede social sobre o atendimento no PAM 24horas.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>Marquinho Jandrey, Eli Stefanello, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/req_26-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/req_26-2023.pdf</t>
   </si>
   <si>
     <t>Requer a expedição de ofício à Copel informando o não cumprimento de cláusula editalícia pela empresa que realiza o atendimento da companhia de energia elétrica em Corbélia.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/req_27-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/req_27-2023.pdf</t>
   </si>
   <si>
     <t>Requer esclarecimentos quanto à previsão de pagamento integral do Piso do Magistério.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Maycon André, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/req_28-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/req_28-2023.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Secretário Municipal de Obras e Urbanismo.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/req_29-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/req_29-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, informações referentes ao recape asfáltico executado na Rua Hortência. Solicita expressamente a inclusão da proposição na pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/req_30.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/req_30.pdf</t>
   </si>
   <si>
     <t>Requer à Câmara Municipal de Corbélia que nomeie Comissão Especial com a finalidade de concessão de título honorífico ao professor de Kickboxing Leonardo Nascimento.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>Professor Chico, Maycon André, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/req_31-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/req_31-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, que seja apresentado relatório dos Servidores Municipais. Solicita expressamente a inclusão da proposição na pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>Professor Chico, Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/requerimento_32-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/requerimento_32-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações, bem como lista devendo conter os nomes dos pacientes atendidos pelo CISOP no Município de Corbélia.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/requerimento_33-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/requerimento_33-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações, bem como motivo pelo qual os agentes de endemias estão sendo contratados pela empresa ACOMAR.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/req_34.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/req_34.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo,  relação dos nomes dos Servidores contratados em cargos de comissão e também dos MEIs contratados para os diversos serviços prestados pela Administração Municipal nos meses de Agosto e Setembro de 2023.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/req_35-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/req_35-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, informações referentes as câmeras de monitoramento das Escolas Municipais e dos CMEIs do Município de Corbélia.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/req_36-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/req_36-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, informações referentes aos valores que estão sendo pagos de horas extras para os Servidores da Prefeitura.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/req_37-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/req_37-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações referentes a Lei Municipal  n° 1.160 de 13 de maio de 2022 que “Institui o Programa Municipal de distribuição de absorventes higiênicos as mulheres e meninas em situação de vulnerabilidade social e econômica”.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/req_38-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/req_38-2023.pdf</t>
   </si>
   <si>
     <t>Requer convocação de Secretário Municipal da Fazenda, o Sr. José Wanderley Martins para prestar esclarecimentos. Solicita expressamente a inclusão da proposição na pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/req_39.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/req_39.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Parlamentar de Inquérito, com a finalidade de investigar irregularidades em licitações para aquisição de flores e produtos equivalentes.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_40-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_40-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes a Lei Municipal n° 1187 de 19 de dezembro de 2022 que “Autoriza a concessão de direito real de uso de imóvel público e incentivos econômicos à empresa Maxirafia – Indústria Importação e Exportação de Embalagens Ltda”.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/req_41-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/req_41-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, relação dos imóveis alugados pela Administração Municipal, bem como os valores pagos mensais, seus proprietários e as atividades desenvolvidas nos respectivos espaços. Solicita expressamente a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_01-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_01-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, para que determine a manutenção da sinalização de trânsito, por meio de pintura no pavimento, nas áreas de entorno dos estabelecimento de ensino.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_02-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_02-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que viabilize um estudo para o aumento do Subsídio das pessoas prestadoras de serviços como Micro Empreendedores Individuais - MEIs.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_03-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_03-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos, para que viabilize Urgente, melhorias e manutenção nas ruas e na Quadra de areia do Bairro Jardim Nova República (BNH).</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_04-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_04-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que verifique a possibilidade de instalar uma Rotatória na Av Rio Grande do Sul no cruzamento com a Rua Açucena.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_05-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_05-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja realizado o procedimento de alargamento da ponte do Rio Rancho Mundo, e na ponte do Rio Melissa localizada na linha Samambaial e também a recuperação da ponte que liga a Vila Nova Nazaré para o Rancho Mundo.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>Paulo do Raio X, Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_06-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_06-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize, adequação emergencial na estrada denominada "Toca da Raposa" no Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>Eli Stefanello, Marquinho Jandrey, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_07-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_07-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a construção de abrigo para os veículos do município a disposição da Unidade Básica de Saúde Central, bem como a construção de cobertura na entrada para todas as UBS do Município.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_08-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_08-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a tomada de providências necessárias para melhorar o serviço público de transporte escolar rural, que atende os estudantes da Escola Municipal Anita Garibaldi no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_09-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_09-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que seja realizada os Serviços de manutenção de todos os locais de recreação utilizados pelos munícipes de maneira periódica.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_10-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_10-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a construção de calçada para pedestre no prolongamento da Av Rio Grande do Sul, até a Fraternidade dos Irmãos do Caminho no município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_11-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_11-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize Urgente, reparos e manutenção do asfalto e na boca de lobo no cruzamento da Rua Miosótis e Rua Rosa.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_12-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_12-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos para que viabilize um estudo para inserir uma Placa de sinalização onde proíbe o condutor de virar a Esquerda na Rua Tiradentes no começo da Av Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_13-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_13-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a necessidade de adquirir um Terreno para construir Casas Populares do Programa Minha Casa Minha Vida do Governo Federal para atender a população do Município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_14-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_14-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que determine junto a Secretaria de Viação, Obras e Urbanismo, para que realize a instalação de um Redutor de Velocidade no prolongamento da Av Rio Grande do Sul, em frente a empresa C.VALE no município de Corbélia-Pr.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_15-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_15-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine ao setor competente para que seja realizado um estudo para construir um Parque Infantil no Distrito da Penha no município de Corbélia/Pr.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_16-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_16-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine ao setor competente para que o Município possa ceder para outras empresas, o imóvel que foi destinado para a empresa Art Petro Distribuidora LTDA.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_17-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_17-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, a realização de vistoria urgente nos terrenos e lotes baldios a fim de combater a proliferação do mosquito da dengue.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_18-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_18-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que gestione junto a Secretaria de Viação, Obras e Serviços Públicos, a realização do Recapeamento Asfáltico nas ruas do Bairro Jardim Nova República (BNH).</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>Eli Stefanello, Paulinho Zaquette, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1494/indicacao_19-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1494/indicacao_19-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes da Administração para que viabilize a recuperação do calçamento de pedras poliédricas que dão acesso as comunidades de São Roque e Santa Rosa.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1495/indicacao_20-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1495/indicacao_20-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize a instalação de sinalização de endereçamento, nas ruas do Bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1496/indicacao_21-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1496/indicacao_21-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que gestione aos órgãos competentes da Administração, para que seja realizada a manutenção na cobertura e nas calhas da Praça Paraguai.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1503/indicacao_22-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1503/indicacao_22-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine ao setor competente para que seja instalado Urgente, o Botão do Pânico e patrulhamento escolar, em todas as creches, escolas Municipais e Estaduais do município de Corbélia. Solicita, expressamente a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1504/ind_23.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1504/ind_23.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine ao setor competente para que viabilize a Segurança Escolar e Vigilância Eletrônica em todas as unidades de Ensino Escolar e CMEIs, APAE, Centro Cultural, Centro de Convivência e locais onde realizam os projetos sociais do município de Corbélia e nos Distritos.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1505/ind_24.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1505/ind_24.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, para que realize um estudo para implantar o cargo de arquiteto no quadro de servidores do município de Corbélia.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1506/ind_25.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1506/ind_25.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que gestione junto aos órgãos competentes da Administração Municipal, que autorize o REFIS - Programa de Refinanciamento de Dívidas no município de Corbélia.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1507/indicacao_26-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1507/indicacao_26-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que promova ações necessárias para subsidiar o transporte público para os moradores dos Distritos que trabalham na sede do Município de Corbélia.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1508/indicacao_27-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1508/indicacao_27-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que viabilize um estudo para fornecer Repelentes nas Unidades Escolares e CMEIs no Município de Corbélia.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>Claudino de Lara, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1509/indicacao_28-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1509/indicacao_28-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine ao setor competente para que viabilize um estudo para implantar uma horta elevada no CCI - Centro de Convivência do Idoso no município de Corbélia.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1510/indicacao_29-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1510/indicacao_29-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que instale um ponto de coleta de lixo orgânico e reciclável no Sítio de Recreio "Herrero".</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1511/indicacao_30-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1511/indicacao_30-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que gestione aos órgãos competentes da Administração, para que seja realizada a construção de um quebra-molas em frente a Chácara Matos no prolongamento da Rua Jasmin, sentido a Barra Bonita.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_31-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_31-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes, a substituição das luminárias convencionais por lâmpadas de LED na Praça Brasil no Município de Corbélia.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_32-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_32-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes da Administração para que viabilize a revitalização das Praças Centrais com projeto de urbanização e paisagismo e ampliação na Coleta do Lixo.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_33-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_33-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que viabilize um estudo para substituir as telas por muros com cerca elétrica na Escola Municipal 1° de Maio e que providencie estacionamento exclusivo para os Professores e Servidores.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_34-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_34-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja realizado serviços de reforma e manutenção Urgente na Ponte do Rio Novo que liga as comunidades Planalto, Piquirizinho e São Bento. Solicita, expressamente a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_35-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_35-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Chefe do Executivo Municipal, que viabilize a manutenção e reparos Urgente no parquinho das crianças que fica localizado ao lado do PAM. Solicita, expressamente a inclusão da proposição na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>Eli Stefanello, Marily Bloemer, Maycon André, Nei Pauvels, Paulinho Zaquette, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_36-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_36-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que  seja realizado melhorias, manutenção e serviços de limpeza regular no Parque Primavera, onde se localiza o Lago Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_37-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_37-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Executivo Municipal, que determine ao setor competente para que viabilize uma reforma e instalação de banheiro exclusivo para funcionários e servidores na Rodoviária do Município de Corbélia.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_38-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_38-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a construção de calçada (passeio público) em toda a Avenida Paraná no Município de Corbélia.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_39-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_39-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a implantação de uma Casa Acolhedora de apoio e amparo aos moradores de rua, alcoólatras e dependentes químicos no Município de Corbélia.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_40-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_40-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja implantado um acordo de cooperação técnica junto ao INSS com a instalação de um escritório e capacitação de um servidor para atender a população do Município de Corbélia.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_41-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_41-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja retirado o chafariz da Praça Brasil e instalado o Parquinho Infantil no Município de Corbélia.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_42-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_42-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que viabilize plantação de grama no Cemitério do Distrito Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/indicacao_43-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/indicacao_43-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine junto a Secretaria de Viação, Obras e Serviços Públicos, para que realize a recuperação com serviços de cascalhamento, na estrada que dá acesso ao Distrito do Ouro Verde do Piquiri até o Aviário da Propriedade do Senhor Gumercindo Damazio.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/indicacao_44-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/indicacao_44-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, que realize um estudo de viabilidade, para fazer a ampliação da quadra esportiva da Escola Municipal 1° de Maio.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Maycon André, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/indicacao_45-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/indicacao_45-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Poder Executivo, que determine ao setor competente para que viabilize a instalação de câmeras de monitoramento e instalação de iluminação adequada no Cemitério Municipal.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_46-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_46-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, que viabilize um estudo para realizar a atualização salarial para os servidores que trabalham no Conselho Tutelar do Município de Corbélia.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/indicacao_47-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/indicacao_47-2023.pdf</t>
   </si>
   <si>
     <t>Indicam ao Executivo Municipal, que gestione junto aos órgãos competentes para que efetue serviço de limpeza no imóvel onde, anteriormente, estava a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/ind-048-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/ind-048-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para ver a possibilidade do ônibus da Saúde, pegar os pacientes no ponto próximo ao bar azul na Rua João Goulart no Distrito da Penha.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/ind-049-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/ind-049-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para ver a possibilidade de extensão de rede elétrica no Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_50-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_50-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto a Secretaria de Viação e Obras Públicas, para que realize a execução de manutenção com serviços de cascalhamento na estrada próximo ao aviário do Sr. Antônio Favin, na saída da comunidade da Barra Bonita. Solicita expressamente a inclusão da proposição na Pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/ind-051-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/ind-051-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que gestione aos órgãos competentes da Administração, para que seja realizada a construção de um quebra-molas na Rua Jasmin, 674, sentido a Barra Bonita.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/ind-052-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/ind-052-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que gestione aos órgãos competentes da Administração, para que seja feita adequação e manutenção nas calçadas da Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/ind-053-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/ind-053-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que viabilize junto aos órgãos competentes para realizar reparos e serviços com patrolamento na Rua Getúlio Vargas atrás do Salão Paroquial que vai até a Br-369 no Distrito da Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/ind-054-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/ind-054-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que viabilize um estudo para realizar a implantação de microchip de identificação nos cachorros no Município de Corbélia.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/ind-055-2023-aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/ind-055-2023-aprovada.pdf</t>
   </si>
   <si>
     <t>Indica a realização de bolsões para regularização dos estacionamentos de motocicletas.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que disponibilize Ambulância para realizar atendimentos 24 horas na sede e nos distritos de Penha e Ouro Verde.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/ind_57-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/ind_57-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que gestione aos órgãos competentes da Administração, para que seja implantado o Centro de Convivência do Idoso (CCI) no distrito da Penha.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/ind_58-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/ind_58-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, que seja realizado um estudo para instalar um parque infantil e também uma Academia da Terceira Idade no Estádio Municipal Paulo Roberto de Souza.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/ind_59-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/ind_59-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que solicite aos órgãos competentes da Br-369, para tomar maiores medidas preventivas em relação aos acidentes graves que estão ocorrendo no trevo de acesso do Distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/ind_60-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/ind_60-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo, que solicite a policia rodoviária federal, para maior patrulhamento na BR-369 no trecho entre Corbelia até o distrito de Ouro Verde do Piquiri devido alto numero de acidentes graves que estão ocorrendo. Solicita expressamente a inclusão da proposição para a ordem do dia.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/ind_61-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/ind_61-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo, a possibilidade de instalar a Escola Cívico Militares no Município de Corbelia.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/ind_62-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/ind_62-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes da Administração Municipal, a possibilidade de fornecer transporte Escolar para os alunos do 5° ano da Escola Municipal Castro Alves para uma excursão na cidade de Foz do Iguaçu.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/ind_63.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/ind_63.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja realizada a construção de um quebra-molas na Rua Violeta, esquina com a Rua Gladiolo no Bairro Jardim das Violetas.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Maycon André, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/ind_64.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/ind_64.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de serviços de limpeza urbana e remoção de entulhos.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Maycon André, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/ind_65-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/ind_65-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, a possibilidade de criar um estudo para o Município oferecer aulas gratuitas de dança em espaços públicos.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/ind_66-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/ind_66-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes, para que realize o serviço de adequação no acesso as duas residências da Rua Presidente Epitácio no Distrito da Penha.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/ind_67.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/ind_67.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes, a construção de dois redutores de velocidade na estrada rural nas proximidades da propriedade do Sr. Gildo Fachi Vulgo Coeio, localizada na comunidade da Campininha.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/ind_68-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/ind_68-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja realizada a instalação de um redutor de velocidade na Rua Flor de Maracujá.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/ind_69-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/ind_69-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, para que viabilize a realização de serviços de manutenção na Rodoviária do Município de Corbélia.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/ind_70-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/ind_70-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, para que seja instalada Câmeras de monitoramento na Rodoviária do Município de Corbélia.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/ind_71-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/ind_71-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, para que seja construído um Albergue no Município de Corbélia.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/ind_72.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/ind_72.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que os condutores de Scooter (moto elétrica) utilizem capacete.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/ind_73.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/ind_73.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que o Município de Corbélia ofereça casamento comunitário.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Paulinho Zaquette, Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_74-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_74-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, para que determine junto aos setores competentes, que seja efetuada a instalação de placas de sinalização indicativas das comunidades rurais do Município de Corbélia.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/ind_75-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/ind_75-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente, a possibilidade de contratar uma Assistente Social e uma Psicóloga para o Município de Corbélia.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/ind_76-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/ind_76-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que seja realizado estudo para criar bancos que tenham espaços para cadeirantes nas praças públicas do Município.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/ind_77-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/ind_77-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que viabilize a instalação de bolsões para motos no Município de Corbélia.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Professor Chico, Maycon André, Nei Pauvels, Paulinho Zaquette, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/ind_78-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/ind_78-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que realize um estudo para retirada dos tachões e substituir por redutores de velocidade nas ruas do Bairro Vila Nova Nazaré e instalar novos redutores de velocidade nas ruas que não possuem.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/ind_79.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/ind_79.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, que gestione junto aos órgãos competentes, melhorias na iluminação pública em frente ao prédio da Prefeitura do Município de Corbélia.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/ind_80-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/ind_80-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente para que viabilize com urgência o cascalhamento na estrada principal do Planalto Piquirizinho no trecho da propriedade do Sr. Irineu de Assis até a comunidade. Pede que proposição seja incluída na Pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_81-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_81-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito e à Comissão de Economia, Finanças e Orçamento que avaliem a apresentação de proposta de aumento do subsídio do Prefeito Municipal.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_82-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_82-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Pode Executivo que tome medidas urgentes de segurança aos bens e patrimônios públicos no distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_83-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_83-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine aos órgãos competentes para que realize um estudo para instalar para-raios em todos os órgãos públicos do Município.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_84-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_84-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine ao setor competente que realize a contratação se necessário de mais um farmacêutico para que a farmácia da Unidade Básica de Saúde (PAM) seja aberta no período noturno, finais de semana e feriados para atender a demanda do PAM 24horas do Município. Solicita que a proposição seja inclusa na pauta da Ordem do Dia.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_85-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_85-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que determine aos órgãos competentes, a possibilidade de realizar um novo concurso público para contratação de profissionais de áreas não ofertadas no concurso já existente.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1459/mocao_01-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1459/mocao_01-2023.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao desempenho do atleta PAULO LUÍS MEDEIROS - "Paulinho Corbélia", nas modalidades de futebol.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1467/mocao_02-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1467/mocao_02-2023.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao desempenho profissional da secretária de educação SILVIA SKOTTKI PINTO.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1485/mocao_03-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1485/mocao_03-2023.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor LUCINDO TEBALDI.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_04-2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_04-2023.pdf</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento de Celso Da Ross Stefanello.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>Em reconhecimento à Senhora IRMA SEIDEL.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>Eli Stefanello, Claudino de Lara, Emanuel Huff - Coeio, Jair Fontana, Marily Bloemer, Marquinho Jandrey, Maycon André, Nei Pauvels, Paulinho Zaquette, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/camara_municipal_de_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/camara_municipal_de_corbelia.pdf</t>
   </si>
   <si>
     <t>Moção em apoio ao Congresso Nacional, em face da tentativa de legalização do aborto por meio da ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo e de se evitar um possível ativismo judicial por parte do Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa Candidata à Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/requerimento-registro-candidatura-eli.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/requerimento-registro-candidatura-eli.pdf</t>
   </si>
   <si>
     <t>Apresenta candidatura para 2º Secretário da Mesa Diretiva para fins de suprimento de vaga</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>TST</t>
   </si>
   <si>
     <t>Teste</t>
   </si>
   <si>
     <t>Proposição para teste do painel eletrônico</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto-teste.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto-teste.pdf</t>
   </si>
   <si>
     <t>O vídeo fornece uma maneira poderosa de ajudá-lo a provar seu argumento.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>Iniciativa Popular</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto-teste.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto-teste.pdf</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>Ementa teste</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2640,67 +2640,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1516/projeto-emendas-impositivas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/pelom_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1455/projeto_de_lei_-_concede_reajuste_salarial_aos_servidores_municipais-pdf.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1456/projeto-recomposicao-legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1457/projeto1-prorroga-prazo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1462/projeto-altera-l751.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1468/plo_05-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1512/plo_06-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1513/plo_07-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1519/plo-008-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto1-altera-lei-528.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/plo_10-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/plo_11-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/plo_12-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/projeto1-placas-adocao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/plo_14-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/projeto1-altera-lei-980.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/plo-016-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/plo_17_de_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/plo-018-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/plo-019-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/projeto-utilidade-publica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/plo-021-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/plo_22-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/projeto1-fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/plo-024-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/plo-025-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plo_26-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/plo_27-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/plo_28-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/plo_29-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/plo_30-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/projeto-politica-publica-tea2_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_eli_e_marquinhos_idosos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/plo_033-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/plo_034-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/plo_035-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/plo_036-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/plo_037-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/plo_038-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/plo_039-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/plo_040-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/plo_041-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/plo_042-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/plo_043-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/plo_044-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1517/projeto-aprova-contas-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto1-credito-adicional.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto-procuradoria-mulher2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/1_-_projeto_resolucao_geral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/4_-_projeto_resolucao_pesquisa_precos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/5_-_projeto_resolucao_bens_comuns_luxo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/6_-_projeto_resolucao_dispensa_fisica.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/7_-_projeto_resolucao_pequenas_compras_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1493/emenda_substitutiva_-_plo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/emenda_substitutiva_-_plo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/emenda_plo_006_2023_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/emenda_substitutiva_2_-_plo_019-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/emenda_plo_031_2023_-_modificativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/emenda_substitutiva_-_plo_037-2023_v2_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/emenda_plo_028_2023_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/030_-_091256491_acordao_de_parecer_previo_-_188-23_-_s2c.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1463/req_01-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_02-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_03-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_04-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_05-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1474/req_06-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_07-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_08-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1491/requerimento_09-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_10-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_11-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_12-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_13-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_14-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_15-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1521/req-016-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1522/req-017-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_18-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/req_19-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_20-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/img-20230626-wa0019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/requerimento_22-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/req-023-2023-aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/req_24-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/req_25-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/req_26-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/req_27-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/req_28-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/req_29-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/req_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/req_31-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/requerimento_32-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/requerimento_33-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/req_34.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/req_35-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/req_36-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/req_37-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/req_38-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/req_39.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_40-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/req_41-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_02-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_06-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_07-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_10-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_11-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_12-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_13-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_14-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_15-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_16-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_17-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_18-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1494/indicacao_19-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1495/indicacao_20-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1496/indicacao_21-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1503/indicacao_22-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1504/ind_23.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1505/ind_24.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1506/ind_25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1507/indicacao_26-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1508/indicacao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1509/indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1510/indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1511/indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_33-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_35-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_36-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_37-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_38-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_39-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_40-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_41-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_42-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/indicacao_43-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/indicacao_44-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/indicacao_45-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_46-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/indicacao_47-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/ind-048-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/ind-049-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_50-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/ind-051-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/ind-052-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/ind-053-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/ind-054-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/ind-055-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/ind_57-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/ind_58-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/ind_59-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/ind_60-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/ind_61-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/ind_62-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/ind_63.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/ind_64.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/ind_65-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/ind_66-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/ind_67.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/ind_68-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/ind_69-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/ind_70-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/ind_71-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/ind_72.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/ind_73.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_74-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/ind_75-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/ind_76-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/ind_77-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/ind_78-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/ind_79.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/ind_80-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_81-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_82-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_83-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_84-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_85-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1459/mocao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1467/mocao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1485/mocao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/camara_municipal_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/requerimento-registro-candidatura-eli.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto-teste.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto-teste.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1516/projeto-emendas-impositivas.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1595/pelom_02-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1455/projeto_de_lei_-_concede_reajuste_salarial_aos_servidores_municipais-pdf.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1456/projeto-recomposicao-legislativo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1457/projeto1-prorroga-prazo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1462/projeto-altera-l751.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1468/plo_05-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1512/plo_06-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1513/plo_07-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1519/plo-008-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1531/projeto1-altera-lei-528.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1535/plo_10-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1539/plo_11-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1547/plo_12-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1554/projeto1-placas-adocao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1556/plo_14-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1557/projeto1-altera-lei-980.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1558/plo-016-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1561/plo_17_de_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1563/plo-018-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1564/plo-019-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1565/projeto-utilidade-publica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1571/plo-021-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1572/plo_22-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1574/projeto1-fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1580/plo-024-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1581/plo-025-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1591/plo_26-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1592/plo_27-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1596/plo_28-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1598/plo_29-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1599/plo_30-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1608/projeto-politica-publica-tea2_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1616/projeto_de_lei_eli_e_marquinhos_idosos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1619/plo_033-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1621/plo_034-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1622/plo_035-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1624/plo_036-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1631/plo_037-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1635/plo_038-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1636/plo_039-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1637/plo_040-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1641/plo_041-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1645/plo_042-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1647/plo_043-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1648/plo_044-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1517/projeto-aprova-contas-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1610/projeto1-credito-adicional.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1650/projeto-procuradoria-mulher2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1652/1_-_projeto_resolucao_geral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1654/4_-_projeto_resolucao_pesquisa_precos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1655/5_-_projeto_resolucao_bens_comuns_luxo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1656/6_-_projeto_resolucao_dispensa_fisica.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1657/7_-_projeto_resolucao_pequenas_compras_pronto_pagamento.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1493/emenda_substitutiva_-_plo_005-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1546/emenda_substitutiva_-_plo_007-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1573/emenda_plo_006_2023_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1612/emenda_substitutiva_2_-_plo_019-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1634/emenda_plo_031_2023_-_modificativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1646/emenda_substitutiva_-_plo_037-2023_v2_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1649/emenda_plo_028_2023_-_modificativa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1566/030_-_091256491_acordao_de_parecer_previo_-_188-23_-_s2c.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1463/req_01-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_02-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_03-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_04-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_05-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1474/req_06-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_07-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_08-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1491/requerimento_09-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1497/requerimento_10-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1498/requerimento_11-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1499/requerimento_12-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1500/requerimento_13-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1501/requerimento_14-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1502/requerimento_15-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1521/req-016-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1522/req-017-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1523/requerimento_18-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1528/req_19-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1530/requerimento_20-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1544/img-20230626-wa0019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1545/requerimento_22-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1560/req-023-2023-aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1568/req_24-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1569/req_25-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1570/req_26-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1578/req_27-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1587/req_28-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1588/req_29-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1593/req_30.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1597/req_31-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1606/requerimento_32-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1607/requerimento_33-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1617/req_34.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1618/req_35-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1620/req_36-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1628/req_37-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1632/req_38-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1642/req_39.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1644/requerimento_40-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1651/req_41-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1458/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1460/ind_02-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1461/indicacao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1465/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1466/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1471/indicacao_06-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1473/indicacao_07-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1475/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1476/indicacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1477/indicacao_10-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_11-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1480/indicacao_12-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1481/indicacao_13-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1482/indicacao_14-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1484/indicacao_15-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1486/indicacao_16-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1487/indicacao_17-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1488/indicacao_18-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1494/indicacao_19-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1495/indicacao_20-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1496/indicacao_21-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1503/indicacao_22-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1504/ind_23.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1505/ind_24.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1506/ind_25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1507/indicacao_26-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1508/indicacao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1509/indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1510/indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1511/indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1514/indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1515/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1518/indicacao_33-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1520/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1524/indicacao_35-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1525/indicacao_36-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1526/indicacao_37-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1527/indicacao_38-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1532/indicacao_39-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1533/indicacao_40-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1534/indicacao_41-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1537/indicacao_42-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1538/indicacao_43-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1540/indicacao_44-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1541/indicacao_45-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_46-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1543/indicacao_47-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1548/ind-048-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1549/ind-049-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1550/indicacao_50-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1551/ind-051-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1552/ind-052-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1553/ind-053-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1555/ind-054-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1559/ind-055-2023-aprovada.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1567/ind_57-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1575/ind_58-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1576/ind_59-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1577/ind_60-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1579/ind_61-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1583/ind_62-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1584/ind_63.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1585/ind_64.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1586/ind_65-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1589/ind_66-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1590/ind_67.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1594/ind_68-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1601/ind_69-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1602/ind_70-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1603/ind_71-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1604/ind_72.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1605/ind_73.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1609/ind_74-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1611/ind_75-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1623/ind_76-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1625/ind_77-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1626/ind_78-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1627/ind_79.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1629/ind_80-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1630/ind_81-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1633/indicacao_82-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1638/indicacao_83-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1639/indicacao_84-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1640/indicacao_85-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1459/mocao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1467/mocao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1485/mocao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1529/mocao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1643/camara_municipal_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1582/requerimento-registro-candidatura-eli.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1613/projeto-teste.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2023/1614/projeto-teste.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>