--- v0 (2025-11-29)
+++ v1 (2026-03-14)
@@ -54,918 +54,918 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1659/projeto_de_lei_-_institui_a_politica_publica_de_desenvolvimento_local_com_base_nas_compras_publicas_denominada_programa_desenvolve_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1659/projeto_de_lei_-_institui_a_politica_publica_de_desenvolvimento_local_com_base_nas_compras_publicas_denominada_programa_desenvolve_corbelia.pdf</t>
   </si>
   <si>
     <t>Institui a Política Pública de Desenvolvimento Local com base nas Compras Públicas denominada Programa “DESENVOLVE CORBÉLIA”, e, dá outras providências.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1660/projeto_de_lei-concede_reajuste_salarial_aos_servidores_municipais_exercicio_2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1660/projeto_de_lei-concede_reajuste_salarial_aos_servidores_municipais_exercicio_2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores ativos, inativos, pensionistas, Quadro Próprio do Magistério, comissionados, Conselheiros Tutelares, bem como dos empregados regidos pela CLT – Agentes Comunitários de Saúde, Agentes Comunitários de Endemias, Agente de Defesa Civil, a todos os demais servidores da administração direta e autárquica – CASSEMC, Prefeito, Vice-Prefeito, Procurador Geral, Secretários Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1661/projeto1-reposicao-inflacionaria_conformidade.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1661/projeto1-reposicao-inflacionaria_conformidade.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária geral à remuneração aos servidores efetivos e comissionados do quadro próprio, aos Vereadores e Presidente do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1666/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_conceder_os_beneficios_de_auxilio_moradia_e_auxilio_alimentacao_aos_medicos_vinculados_ao_programa_mais_medicos.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1666/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_conceder_os_beneficios_de_auxilio_moradia_e_auxilio_alimentacao_aos_medicos_vinculados_ao_programa_mais_medicos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder os benefícios de Auxílio Moradia e Auxílio Alimentação aos médicos vinculados ao “Programa Mais Médicos”, e dá outras providências.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1667/projeto_de_lei_-_concessao_vale_alimentacao_aos_servidores_municipais.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1667/projeto_de_lei_-_concessao_vale_alimentacao_aos_servidores_municipais.pdf</t>
   </si>
   <si>
     <t>Súmula: “Autoriza a concessão do Vale-Alimentação aos servidores públicos municipais e reajuste de diferenças salarias aos servidores inativos com paridade do Quadro do Magistério Municipal e, dá outras providências”.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1676/projeto_de_lei_-_concessao_vale-alimentacao_aos_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1676/projeto_de_lei_-_concessao_vale-alimentacao_aos_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei de autoria do Poder Executivo que "Autoriza a concessão do Vale-Alimentação aos servidores públicos municipais, e, dá outras providências”.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1678/projeto_de_lei_-_altera_a_lei_municipal_no_1.222_de_18_de_dezembro_de_2023_-_parcelamento_cassemc.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1678/projeto_de_lei_-_altera_a_lei_municipal_no_1.222_de_18_de_dezembro_de_2023_-_parcelamento_cassemc.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.222, de 18 de dezembro de 2023 e a Lei Municipal nº 1.197, de 28 de junho de 2023.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1682/projeto_de_lei-_dispoe_sobre_o_sistema_municipal_de_cultura_de_corbelia_cria_o_fundo_municipal_de_cultura_de_corbelia_cria_o_conselho_municipal_de_cultura_de_corbelia..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1682/projeto_de_lei-_dispoe_sobre_o_sistema_municipal_de_cultura_de_corbelia_cria_o_fundo_municipal_de_cultura_de_corbelia_cria_o_conselho_municipal_de_cultura_de_corbelia..pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Sistema Municipal de Cultura de Corbélia, cria o Fundo Municipal de Cultura de Corbélia, cria o Conselho Municipal de Cultura de Corbélia, e, dá outras providências”.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei-_dispoe_sobre_a_reposicao_salarial_a_ser_incluida_nos_vencimentos_dos_professores_aposentados_adequando_a_aplicacao_do_indice_do_reajuste_do_exercicio_de_2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei-_dispoe_sobre_a_reposicao_salarial_a_ser_incluida_nos_vencimentos_dos_professores_aposentados_adequando_a_aplicacao_do_indice_do_reajuste_do_exercicio_de_2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que "Dispõe sobre a reposição salarial, a ser incluída nos vencimentos dos professores aposentados, adequando a aplicação do índice do reajuste do exercício de 2023, e, dá outras providências".</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1692/plo_70-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1692/plo_70-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 153.000,00 (cento e cinquenta e três mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1693/ofr19de2024eplo71de2024_2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1693/ofr19de2024eplo71de2024_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 1.982.750,00 (Um milhão, novecentos e oitenta e dois mil, setecentos e cinquenta reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Marquinho Jandrey, Eli Stefanello, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_convenios_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_convenios_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênios com municípios vizinhos para execução de obras de infraestrutura rural, e dá outras providências.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1700/plo_73_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1700/plo_73_assinado.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Corbélia a Campanha de Conscientização e Incentivo à destinação de parte do Imposto de Renda devido, de pessoas físicas e jurídicas, a projetos sociais e culturais.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1704/plo_74-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1704/plo_74-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 1.019.208,18 ( um milhão, dezenove mil, duzentos e oito reais e dezoito centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1705/plo_75-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1705/plo_75-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 73.000,00 (setenta e três mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1706/plo_76-2024_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1706/plo_76-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Institui vale alimentação aos servidores públicos do Poder Legislativo.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Jair Fontana</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1707/plo_77-2024_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1707/plo_77-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Convivência do Idoso (CCI) do Município de Corbélia que passa a ser denominado “Centro de Convivência do Idoso Irene Bona Turra”.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1711/projeto_de_lei_-_reajusta_vencimentos_agentes_de_defesa_civil_e_subsidio_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1711/projeto_de_lei_-_reajusta_vencimentos_agentes_de_defesa_civil_e_subsidio_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 694, de 10 de setembro de 2009 e a Lei Municipal nº 763, de 02 de maio de 2012, e, dá outras providências.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1712/projeto_de_lei_-_autoriza_celebrar_termo_de_convenio_com_o_poder_judiciario_do_estado_do_parana_para_a_cedencia_de_servidor_municipal_ao_forum_de_corbelia-assistente_social.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1712/projeto_de_lei_-_autoriza_celebrar_termo_de_convenio_com_o_poder_judiciario_do_estado_do_parana_para_a_cedencia_de_servidor_municipal_ao_forum_de_corbelia-assistente_social.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que “Autoriza celebrar Termo de Convênio com o Poder Judiciário do Estado do Paraná, para a cedência de Servidor Municipal ao Fórum de Corbélia, e, dá outras providências”.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1715/projeto_de_lei-_contratacao_de_operacao_de_credito_junto_ao_banco_do_brasil_s.a..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1715/projeto_de_lei-_contratacao_de_operacao_de_credito_junto_ao_banco_do_brasil_s.a..pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a Contratar Operação de Crédito junto ao Banco do Brasil S.A., e, dá outras providências”.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1718/projeto_ldo_2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1718/projeto_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lei-_autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_no_valor_de_r_12.000.00000-_regime_especial_de_urgencia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lei-_autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_no_valor_de_r_12.000.00000-_regime_especial_de_urgencia.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 12.000.000,00 (doze milhões de reais), na forma em que especifica abaixo".</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Claudino de Lara, Eli Stefanello, Marily Bloemer, Marquinho Jandrey, Maycon André, Nei Pauvels, Paulinho Zaquette, Paulo do Raio X, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto2-alojamento_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto2-alojamento_assinado.pdf</t>
   </si>
   <si>
     <t>Regulamenta a atividade de prestação de serviços de estabelecimentos destinados à alojamentos e entretenimento infantil, no âmbito de prestação de serviços de microempresas e as empresas de pequeno porte.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1734/projeto-agente-mirim_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1734/projeto-agente-mirim_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa Agente Mirim no Município de Corbélia.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1735/projeto-subsidios-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1735/projeto-subsidios-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos agentes políticos dos Poderes Executivo e Legislativo para o mandato de 2025 a 2028.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1739/plo_86-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1739/plo_86-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Amortização do déficit atuarial do município de Corbélia com a Caixa de Previdência dos Servidores Públicos Civis do Município de Corbélia-Cassemc, e dá outras providências.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Marily Bloemer</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto-dia-combate-feminicidio_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto-dia-combate-feminicidio_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal de Combate ao Feminicídio” no calendário oficial de eventos do Município de Corbélia.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1746/autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_com_base_no_excesso_de_arrecadacao_no_valor_r_9.336.95130.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1746/autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_com_base_no_excesso_de_arrecadacao_no_valor_r_9.336.95130.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 9.336.951,30 (nove milhões, trezentos e trinta e seis mil, novecentos e cinquenta e um reais e trinta centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1751/projeto_de_lei_-_altera_dispositivos_da_lei_municipal_no_1.220_de_06_de_dezembro_de_2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1751/projeto_de_lei_-_altera_dispositivos_da_lei_municipal_no_1.220_de_06_de_dezembro_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1.220, de 06 de dezembro de 2023, e, dá outras providências.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_-_altera_a_lei_municipal_no_1.239.2024_que_institui_no_municipio_de_corbelia_a_campanha_de_conscientizacao_e_incentivo_a_destinacao_de_parte_do_imposto_de_renda.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_-_altera_a_lei_municipal_no_1.239.2024_que_institui_no_municipio_de_corbelia_a_campanha_de_conscientizacao_e_incentivo_a_destinacao_de_parte_do_imposto_de_renda.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.239, de 30 de abril de 2024, que Institui no Município de Corbélia a Campanha de Conscientização e Incentivo à destinação de parte do Imposto de Renda devido, de pessoas físicas e jurídicas, a projetos sociais e culturais.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_-_institui_o_programa_acolhimento_em_familia_acolhedora_para_idosos_e_para_adultos_com_deficiencia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_-_institui_o_programa_acolhimento_em_familia_acolhedora_para_idosos_e_para_adultos_com_deficiencia.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Acolhimento em Família Acolhedora para Idosos e para Adultos com Deficiência, e, dá outras providências.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Eli Stefanello, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto-denominacao-cemiterio_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto-denominacao-cemiterio_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Cemitério do Município de Corbélia que passa a ser denominado “Cemitério Municipal Padre Juliano de Souza”.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_-_estabelece_o_pncp_orgao_oficial.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_-_estabelece_o_pncp_orgao_oficial.pdf</t>
   </si>
   <si>
     <t>Estabelece o Portal Nacional de Contratações Públicas – PNCP como órgão oficial do Município.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1759/plo_94-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1759/plo_94-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual do Município de Corbélia, para o exercício financeiro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_-_autoriza_o_executivo_municipal_a_ceder_imovel_a_apracor_-_associacao_dos_produtores_rurais_de_corbelia_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_-_autoriza_o_executivo_municipal_a_ceder_imovel_a_apracor_-_associacao_dos_produtores_rurais_de_corbelia_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a ceder imóveis à APRACOR - Associação dos Produtores Rurais de Corbélia, e, dá outras providências.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1763/plo_96-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1763/plo_96-2024.pdf</t>
   </si>
   <si>
     <t>Autoria o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 2.000,00 (dois mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1772/plo_97-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1772/plo_97-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 7.004.000,00 (sete milhões, quatro mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1775/projeto-denominacao-cmei-penha_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1775/projeto-denominacao-cmei-penha_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Municipal de Educação Infantil do Distrito de Nossa Senhora da Penha que passa a ser denominado “CMEI Primeiros Passos Professora Verginia Durigon”.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1776/plo_99-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1776/plo_99-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Posturas do Município de Corbélia Estado do Paraná, revoga a Lei n° 781/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1777/plo_100-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1777/plo_100-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Obras e Edificações do Município de Corbélia, Estado do Paraná, revoga a Lei Complementar n° 780/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1778/plo_101-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1778/plo_101-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Sistema Viário da Sede e dos distritos do Município de Corbélia, Estado do Paraná e revoga a Lei Complementar n° 779/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1779/plo_102-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1779/plo_102-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Parcelamento do Solo para fins urbanos do Município de Corbélia, revoga a Lei Complementar n° 778/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1780/plo_103-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1780/plo_103-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Uso e Ocupação do Solo Urbano e Rural do Município de Corbélia, Estado do Paraná, revoga a Lei Complementar n° 777/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1781/plo_104-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1781/plo_104-2024.pdf</t>
   </si>
   <si>
     <t>Delimita o Perímetro Urbano da Sede do Município de Corbélia, Estado do Paraná e do Perímetro Urbano dos Distritos de Nossa Senhora da Penha, Ouro Verde do Piquiri, Área Urbanizada e Vila Rural Nossa Senhora da Salete, revoga a Lei Complementar n° 776/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1782/plo_105-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1782/plo_105-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Arborização Urbana no Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Eli Stefanello, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1784/plo_106-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1784/plo_106-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Plenário da Câmara Municipal de Corbélia, que passa a ser denominado “Plenário Vereador Adão Barboza”.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1785/1_-_plc_no_xx.xxxx_-_plano_diretor_municipal.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1785/1_-_plc_no_xx.xxxx_-_plano_diretor_municipal.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Diretor Municipal, estabelece as diretrizes para o desenvolvimento do Município de Corbélia, Estado do Paraná, revoga as Leis Complementares n° 775/2012, n° 1010/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/codigo_tributario_do_municipio_de_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/codigo_tributario_do_municipio_de_corbelia.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Sistema Tributário Municipal e as normas gerais de direito tributário aplicáveis ao Município de Corbélia-PR, aprova o Código Tributário, e, dá outras providências".</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/projeto_de_lei_-_altera_o_dispositivo_do_artigo_3o_da_lei_municipal_no_969.2017-_auxilio_pecuniario_agentes_recuperacao_nascentes.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/projeto_de_lei_-_altera_o_dispositivo_do_artigo_3o_da_lei_municipal_no_969.2017-_auxilio_pecuniario_agentes_recuperacao_nascentes.pdf</t>
   </si>
   <si>
     <t>"Altera o dispositivo do Artigo 3º, da Lei Municipal nº 969, de 09 de outubro de 2017, e, dá outras providências".</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1789/projeto_de_lei_-_dispoe_sobre_a_estrutura_organizacional_do_municipio_de_corbelia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1789/projeto_de_lei_-_dispoe_sobre_a_estrutura_organizacional_do_municipio_de_corbelia.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Estrutura Organizacional do Município de Corbélia, e, dá outras providências”.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/projeto_de_lei_-_parcelamento_de_debitos_junto_a_caixa_de_previdencia_dos_servidores_publicos_de_corbelia__cassemc.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/projeto_de_lei_-_parcelamento_de_debitos_junto_a_caixa_de_previdencia_dos_servidores_publicos_de_corbelia__cassemc.pdf</t>
   </si>
   <si>
     <t>"Trata-se de confissão de dívida e liquidação das contribuições devidas à Caixa de Previdência dos Servidores Públicos do Município de Corbélia, e, dá outras providências".</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_-_loa_2025_nova_estrutura.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_-_loa_2025_nova_estrutura.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORÇAMENTÁRIA ANUAL(LOA), PARA O EXERCÍCIO FINANCEIRO DE 2025, TENDO EM VISTA O PROJETO DE LEI QUE TRATA DA NOVA ESTRUTURAÇÃO ADMINISTRATIVA PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/projeto_de_lei_-_altera_o_dispositivo_do_art._1o_da_lei_municipal_no_1.170_de_02_de_agosto_de_2022.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/projeto_de_lei_-_altera_o_dispositivo_do_art._1o_da_lei_municipal_no_1.170_de_02_de_agosto_de_2022.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo do Art. 1º, da Lei Municipal nº 1.170, de 02 de agosto de 2022, e, dá outras providências.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/projeto_de_lei_que_da_denominacao_centro_especial_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/projeto_de_lei_que_da_denominacao_centro_especial_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Municipal de Educação Especial do Município de Corbélia que passa a ser denominado “Centro Municipal de Educação Especial Professora Clotildes Schinato dos Santos”.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CETH - Comissão Especial de Títulos Honoríficos, Eli Stefanello, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1786/projeto-cidada-honoraria_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1786/projeto-cidada-honoraria_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Cidadã Honorária de Corbélia à Senhora Promotora de Justiça Cláudia Tonetti Biazus.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto1-institucional_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto1-institucional_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a logomarca institucional da Câmara Municipal e Corbélia e da adoção do manual de identidade visual.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1679/emenda_plo_066_2024_-_modificativa_conformidade.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1679/emenda_plo_066_2024_-_modificativa_conformidade.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 66/2024, com a finalidade de correção da matéria à Constituição Federal.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1680/minuta1-emenda-plo-066-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1680/minuta1-emenda-plo-066-2024.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 66/2024, com a finalidade de adequação damatéria à Lei de Responsabilidade Federal.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1709/emenda_plo_068_2024_-_modificativa_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1709/emenda_plo_068_2024_-_modificativa_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 68/2024, com a finalidade de correção da matéria e adequação à técnica legislativa.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento, CECS - Comissão de Educação, Cultura e Saúde, CJR - Comissão de Justiça e Redação, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1731/emenda_substitutiva_-_plo_064-2023_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1731/emenda_substitutiva_-_plo_064-2023_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Lei Ordinária nº 64/2024 em sua integralidade para fins de adequação da matéria à legislação de referência e à técnica legislativa.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1741/emenda_plo_085_2024_-_modificativa_-_nene_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1741/emenda_plo_085_2024_-_modificativa_-_nene_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 85/2024, com a finalidade de alteração dos incisos II e VI do Art. 2º da proposição.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1747/emenda_plo_081_2024_-_maycon_-_aditiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1747/emenda_plo_081_2024_-_maycon_-_aditiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Aditiva ao Anexo de Metas e Prioridades a ser incluído no Projeto de Lei nº 81/2024, com a finalidade determinar a inclusão de ação/atividade na LOA 2025.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1748/emenda_plo_081_2024_-_paulinho_-_aditiva_1_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1748/emenda_plo_081_2024_-_paulinho_-_aditiva_1_assinado.pdf</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1749/emenda_plo_081_2024_-_paulo_cardoso_-_aditiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1749/emenda_plo_081_2024_-_paulo_cardoso_-_aditiva_assinado.pdf</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1750/emenda_plo_081_2024_-_cefo_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1750/emenda_plo_081_2024_-_cefo_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 81/2024, com a finalidade alterar sistemicamente diversos dispositivos para fins de técnica legislativa.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/emenda_plo_098_2024_-_modificativa_-_paulo_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/emenda_plo_098_2024_-_modificativa_-_paulo_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei n° 98/2024, com a finalidade de alteração da ementa e o Art. 2° da proposição.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/emenda_plo_099_2024_-_modificativa_-_cjr.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/emenda_plo_099_2024_-_modificativa_-_cjr.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 99/2024, com a finalidade de correção e renumeração dos dispositivos e referencias internas, de acordo com a técnica legislativa da Lei Complementar nº 95, de 1998.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 100/2024, com a finalidade de correção de dispositivos de acordo com a técnica legislativa da Lei Complementar nº 95, de 1998.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 101/2024, com a finalidade de correção de dispositivos de acordo com a técnica legislativa da Lei Complementar nº 95, de 1998.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 102/2024, com a finalidade de correção de dispositivos de acordo com a técnica legislativa da Lei Complementar nº 95, de 1998.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
@@ -996,843 +996,843 @@
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 107/2024, com a finalidade de correção de dispositivos de acordo com a técnica legislativa da Lei Complementar nº 95, de 1998.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 108/2024, com a finalidade de correção de dispositivos de acordo com a técnica legislativa da Lei Complementar nº 95, de 1998.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/emenda_plo_094_2024_-_anexos.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/emenda_plo_094_2024_-_anexos.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 94/2024, com a finalidade substituir os anexos a pedido do autor.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa Impositiva ao Projeto de Lei nº 94/2024, com a finalidade de destinação de recursos para programas, projetos e ações de forma impositiva.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Professor Chico, Maycon André, Nei Pauvels, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1686/req_42-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1686/req_42-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, informações sobre a reforma realizada no Caminhão Pipa Mercedez Benz, placa ABP-8592.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1687/req_43-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1687/req_43-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, informações referentes ao contrato da Prefeitura com a empresa HV Gestão em Serviços de Saúde e Clínica Médica LTDA.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1690/req_44-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1690/req_44-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, informações detalhando o regime de contratação dos microempreendedores individuais (MEI), que atuam na Administração Municipal no setor de limpeza e serviços gerais.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Maycon André, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1691/req_45-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1691/req_45-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, informações referentes as câmeras de monitoramento das Escolas Municipais e dos CMEIs do Município de Corbélia.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1694/req_46-2024_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1694/req_46-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhando o cartão ponto dos servidores públicos do executivo municipal, com a matrícula número 3468-1 e 23358-2 dos últimos quatro meses do ano de 2023 e de janeiro e fevereiro do ano de 2024</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>CPI-R39 - Comissão Parlamentar de Inquérito - Req 39/2023</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1697/req_47-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1697/req_47-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer a prorrogação do prazo de funcionamento da Comissão Parlamentar de Inquérito decorrente do Requerimento nº 39/2023 (CPI das Flores).</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1701/req_48-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1701/req_48-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes, se houve aquisição de Placas Solares para o Município de Corbélia.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1702/req_49-2024__aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1702/req_49-2024__aprovado.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Secretário Municipal de Obras e Urbanismo para prestar esclarecimentos que especifica. Solicita expressamente a inclusão da proposição na pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Maycon André, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1710/req_50-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1710/req_50-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Saúde, informações referentes da aquisição de aparelho de Ultrassom para o Município.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Nei Pauvels, Maycon André, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1716/req_51-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1716/req_51-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações e esclarecimento quanto às providências tomadas em relação à lenha obtida do abate e remoção de árvores à margem da rodovia PR-574.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1720/req_52-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1720/req_52-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações de repasses financeiros à CASSEMC.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1724/req_53-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1724/req_53-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao repasse de valores para os artistas do Município de Corbélia, segundo a Lei Federal n° 14.017/2020, conhecida como Lei Aldir Blanc.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1727/req_54-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1727/req_54-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações do CONSAMU, referentes aos atendimentos no Município de Corbélia.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1728/req_55-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1728/req_55-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Processo Seletivo para Agente de Desenvolvimento Infantil.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1742/req_56-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1742/req_56-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, que forneça informações referentes a destinação da Estrutura do Parque de Máquinas.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1745/req_57-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1745/req_57-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações e esclarecimento quanto às providências tomadas em relação à lenha desviada para a propriedade do Diretor Distrital.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1757/requerimento_nene_ultrassom_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1757/requerimento_nene_ultrassom_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, informações referentes aos Aparelhos de Ultrassom do Município.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Nei Pauvels</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1760/req_59-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1760/req_59-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações e esclarecimentos quanto utilização de veículo público.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1761/denuncia_2_-_nei_pauvels_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1761/denuncia_2_-_nei_pauvels_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta denúncia de infração político-administrativa cometida pelos Senhores Prefeito e Vice-Prefeito ao desatender, sem motivo justificado, os pedidos de informações da Câmara.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1766/req_61-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1766/req_61-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer a convocação da Secretária Municipal de Educação, a Senhora Silvia Mara Skottki para prestar esclarecimentos que especifica.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>Volmir Reis Nene, Claudino de Lara, Maycon André, Nei Pauvels, Professor Chico</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1770/req62-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1770/req62-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as economias nas despesas da Câmara Municipal.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1773/requerimento_maycon_saude_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1773/requerimento_maycon_saude_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo, que sejam enviados os dados relativos à prestação de atendimento de exames e cirurgias no Município.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1774/req_64-2024.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1774/req_64-2024.pdf</t>
   </si>
   <si>
     <t>Requer à Câmara Municipal de Corbélia que nomeie Comissão Especial com a finalidade de concessão de título honorífico a Promotora, Dr. Cláudia Tonetti Biazus.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1663/ind_86-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1663/ind_86-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja realizado uma reforma urgente na quadra esportiva localizada no Bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1664/ind_87-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1664/ind_87-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes, para que seja realizado a instalação de um redutor de velocidade na Rua Antúrio, na saída para estrada de acesso ao Rancho Mundo.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1665/ind_88-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1665/ind_88-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes, para que seja realizado um estudo de viabilidade para instalar uma lombada elevada na Av São Paulo em frente ao Lima Conveniências.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1668/ind_89-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1668/ind_89-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione aos órgãos competentes para que tomem as devidas providências e precauções na área do Esporte e Lazer no distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1669/ind_90-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1669/ind_90-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja instalado um Redutor de Velocidade na Rua Aldino Formigheri no Bairro Jardim Vera Lúcia.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>Claudino de Lara</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1670/ind_91-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1670/ind_91-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja realizado melhorias no Parque Ecológico Mansueto Fontana.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1671/ind_92-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1671/ind_92-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja construído banheiros feminino e masculino na Área de transbordo no Município de Corbélia.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1673/ind_93-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1673/ind_93-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja instalado um sistema de captação da água da chuva nos salões da capela Bom Jesus da Lapa no Distrito de Ouro Verde do Piquiri e também na Paróquia Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>Marily Bloemer, Eli Stefanello, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1674/ind_94-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1674/ind_94-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja instalado um ponto de atendimento e fornecimento de nota do produtor rural e guia de transporte animal.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>Marily Bloemer, Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1675/ind_95-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1675/ind_95-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja fixado o atendimento aos beneficiários dos programas sociais nos Distritos de Ouro Verde do Piquiri e Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1677/ind_96-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1677/ind_96-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja instalado uma faixa de elevação na Av. São Paulo no cruzamento com a Av. Minas Gerais.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1681/ind_97-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1681/ind_97-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que seja instalado um redutor de velocidade na Rua Azaleia próximo a casa n° 45 no Bairro Jardim Nova República(BNH).</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1683/ind_98-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1683/ind_98-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a construção de calçada (passeio público) em toda a Avenida Paraná no Município de Corbélia.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1685/ind_99-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1685/ind_99-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que seja instalado uma UBS e um CMEI no Bairro Paraná.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>Maycon André, Nei Pauvels, Professor Chico, Volmir Reis Nene</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1688/ind_100-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1688/ind_100-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que sejam viabilizadas placas contendo os nomes das ruas no Bairro Jardim Nova República(BNH).</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1689/ind_101-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1689/ind_101-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que viabilize um estudo para fornecer repelentes nas unidades Escolares e CMEIs no Município de Corbélia.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1696/ind_102-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1696/ind_102-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes da Administração para que viabilize a revitalização da Praça José Miron Muller.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1699/ind_103-2024_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1699/ind_103-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que realize uma campanha que vise a conscientização e incentivo à destinação de parte do Imposto de Renda devido, de pessoas físicas e jurídicas, a projetos sociais e culturais.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1708/ind_104-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1708/ind_104-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja realizado um estudo para construção de uma passarela - via exclusiva para circulação de pedestres na Br 369 em frente a empresa MaxiRáfia Indústria de Embalagens.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1713/ind_105-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1713/ind_105-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja instalado uma placa contendo informações de funcionamento do posto do Detran localizado na Rodoviária do Município de Corbélia.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1717/ind_106-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1717/ind_106-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo a viabilizar o pagamento aos ACS e ACE, a título de incentivo profissional, assistência financeira complementar da União, recebida anualmente do Ministério da Saúde.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1719/indicacao_107_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1719/indicacao_107_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione aos órgãos competentes para que solicite manutenção e resolução de problemas com enxurrada na BR 369.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1723/ind_108-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1723/ind_108-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione aos órgãos competentes para que solicite manutenção e resolução de problemas com enxurrada na PR 574, próximo ao km n° 18 até a divisa com a ponte do Município de Corbélia e Cafelândia.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>Claudino de Lara, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1726/ind_109-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1726/ind_109-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a construção de um redutor de velocidade no prolongamento da estrada rural que vai sentido ao CTG no Município de Corbélia.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1729/ind_110-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1729/ind_110-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que sejam implementadas melhorias no tratamento com pacientes que possuem a necessidade de realizar hemodiálise, quimioterapia e radioterapia.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1730/ind_111-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1730/ind_111-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a aquisição de Kit de equipamentos de resgate/salvamento para locais de difícil acesso. Solicita expressamente a inclusão da Proposição na Pauta da Ordem do dia.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1733/ind_112-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1733/ind_112-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto aos setores competentes, para que seja construído duas quadras de Beach Tennis no Lago Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1736/ind_113-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1736/ind_113-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes para que viabilize uma reforma no Barracão ao lado da Escola Municipal Dom Bosco no Distrito da Penha.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1743/ind_114-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1743/ind_114-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja feito uma extensão de rede de energia na Rua Marechal Floriano, que liga o Distrito Nossa Senhora da Penha ao CD Copacol.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1744/ind_115-2024_aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1744/ind_115-2024_aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que gestione junto aos órgãos competentes, para que viabilize a instalação de um espaço de lazer destinado aos cães.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1752/ind_116-2024_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1752/ind_116-2024_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, para que gestione junto aos órgãos competentes para construir uma quadra poliesportiva de areia no lugar da quadra existente na comunidade do Vasquinho.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1764/ind_117-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1764/ind_117-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para ver a possibilidade do ônibus Escolar adentrar ao Bairro Parque dos Ipês para levar os alunos</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1765/indicacao_maycon_rua_rosa_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1765/indicacao_maycon_rua_rosa_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que seja realizado um recapeamento asfáltico na Rua Rosa.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1767/ind_119-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1767/ind_119-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja providenciado a instalação de uma proteção ao lado da calçada onde está localizado o playground na Rua Jasmin.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1768/ind_120-2024__aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1768/ind_120-2024__aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja instalado um redutor de velocidade na Av. Paraná em frente a Mecânica Rufatto.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1769/ind_121-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1769/ind_121-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente para que seja feito a revitalização e manutenções na Praça Brasil.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1771/ind_122-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1771/ind_122-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que seja instalado uma rotatória no cruzamento entre a Av. Rio Grande do Sul; Rua Tipuana e Rua José de Alencar.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1783/ind_123-2024aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1783/ind_123-2024aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente,  para que viabilize a realização de serviços de manutenção na Rua Copo de Leite.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1662/moc_07-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1662/moc_07-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Professor de KickBoxing, o Senhor Leonardo Nascimento.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>Eli Stefanello, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1672/moc_08-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1672/moc_08-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Maestro do Coral Municipal de Corbélia, o Senhor Patrick Furlan Schultz e seus alunos.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1695/moc_09-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1695/moc_09-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento aos integrantes do Grupo de Carros Antigos (Antigomobilista) de Corbélia-Pr.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1703/moc_10-2024_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1703/moc_10-2024_aprovado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Policial Militar Vanderlei Soares da Silva.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Marquinho Jandrey</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1737/mocao_pastor_daniel.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1737/mocao_pastor_daniel.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Pastor da Igreja Assembleia de Deus, o Senhor Daniel Gomes de Oliveira.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1738/mocao_pastor_perci.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1738/mocao_pastor_perci.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Pastor da Igreja Assembleia de Deus, o Senhor Perci Fontoura.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1758/mocao_de_apoio_policia_penal_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1758/mocao_de_apoio_policia_penal_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à Proposta de Reestruturação do quadro próprio da Polícia Penal aprovado pelo Conselho Penal.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>PCPI</t>
   </si>
   <si>
     <t>Parecer da Comissão Parlamentar de Inquérito</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1725/cpi-das-flores-relatorio-final_conformidade.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1725/cpi-das-flores-relatorio-final_conformidade.pdf</t>
   </si>
   <si>
     <t>Relatório da CPI das Flores de origem no Requerimento nº 39/2023.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>CHAPA</t>
   </si>
   <si>
     <t>Chapa Candidata à Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_chapa_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_chapa_assinado.pdf</t>
   </si>
   <si>
     <t>Formaliza, tempestivamente, a inscrição da chapa a seguir descrita, para disputar a eleição da Mesa Diretiva para o biênio 2025/2026.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>TST</t>
   </si>
   <si>
     <t>Teste</t>
   </si>
   <si>
     <t>Ementa de teste</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -2154,67 +2154,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1659/projeto_de_lei_-_institui_a_politica_publica_de_desenvolvimento_local_com_base_nas_compras_publicas_denominada_programa_desenvolve_corbelia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1660/projeto_de_lei-concede_reajuste_salarial_aos_servidores_municipais_exercicio_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1661/projeto1-reposicao-inflacionaria_conformidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1666/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_conceder_os_beneficios_de_auxilio_moradia_e_auxilio_alimentacao_aos_medicos_vinculados_ao_programa_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1667/projeto_de_lei_-_concessao_vale_alimentacao_aos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1676/projeto_de_lei_-_concessao_vale-alimentacao_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1678/projeto_de_lei_-_altera_a_lei_municipal_no_1.222_de_18_de_dezembro_de_2023_-_parcelamento_cassemc.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1682/projeto_de_lei-_dispoe_sobre_o_sistema_municipal_de_cultura_de_corbelia_cria_o_fundo_municipal_de_cultura_de_corbelia_cria_o_conselho_municipal_de_cultura_de_corbelia..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei-_dispoe_sobre_a_reposicao_salarial_a_ser_incluida_nos_vencimentos_dos_professores_aposentados_adequando_a_aplicacao_do_indice_do_reajuste_do_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1692/plo_70-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1693/ofr19de2024eplo71de2024_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_convenios_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1700/plo_73_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1704/plo_74-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1705/plo_75-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1706/plo_76-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1707/plo_77-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1711/projeto_de_lei_-_reajusta_vencimentos_agentes_de_defesa_civil_e_subsidio_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1712/projeto_de_lei_-_autoriza_celebrar_termo_de_convenio_com_o_poder_judiciario_do_estado_do_parana_para_a_cedencia_de_servidor_municipal_ao_forum_de_corbelia-assistente_social.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1715/projeto_de_lei-_contratacao_de_operacao_de_credito_junto_ao_banco_do_brasil_s.a..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1718/projeto_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lei-_autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_no_valor_de_r_12.000.00000-_regime_especial_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto2-alojamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1734/projeto-agente-mirim_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1735/projeto-subsidios-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1739/plo_86-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto-dia-combate-feminicidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1746/autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_com_base_no_excesso_de_arrecadacao_no_valor_r_9.336.95130.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1751/projeto_de_lei_-_altera_dispositivos_da_lei_municipal_no_1.220_de_06_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_-_altera_a_lei_municipal_no_1.239.2024_que_institui_no_municipio_de_corbelia_a_campanha_de_conscientizacao_e_incentivo_a_destinacao_de_parte_do_imposto_de_renda.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_-_institui_o_programa_acolhimento_em_familia_acolhedora_para_idosos_e_para_adultos_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto-denominacao-cemiterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_-_estabelece_o_pncp_orgao_oficial.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1759/plo_94-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_-_autoriza_o_executivo_municipal_a_ceder_imovel_a_apracor_-_associacao_dos_produtores_rurais_de_corbelia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1763/plo_96-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1772/plo_97-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1775/projeto-denominacao-cmei-penha_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1776/plo_99-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1777/plo_100-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1778/plo_101-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1779/plo_102-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1780/plo_103-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1781/plo_104-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1782/plo_105-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1784/plo_106-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1785/1_-_plc_no_xx.xxxx_-_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/codigo_tributario_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/projeto_de_lei_-_altera_o_dispositivo_do_artigo_3o_da_lei_municipal_no_969.2017-_auxilio_pecuniario_agentes_recuperacao_nascentes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1789/projeto_de_lei_-_dispoe_sobre_a_estrutura_organizacional_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/projeto_de_lei_-_parcelamento_de_debitos_junto_a_caixa_de_previdencia_dos_servidores_publicos_de_corbelia__cassemc.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_-_loa_2025_nova_estrutura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/projeto_de_lei_-_altera_o_dispositivo_do_art._1o_da_lei_municipal_no_1.170_de_02_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/projeto_de_lei_que_da_denominacao_centro_especial_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1786/projeto-cidada-honoraria_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto1-institucional_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1679/emenda_plo_066_2024_-_modificativa_conformidade.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1680/minuta1-emenda-plo-066-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1709/emenda_plo_068_2024_-_modificativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1731/emenda_substitutiva_-_plo_064-2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1741/emenda_plo_085_2024_-_modificativa_-_nene_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1747/emenda_plo_081_2024_-_maycon_-_aditiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1748/emenda_plo_081_2024_-_paulinho_-_aditiva_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1749/emenda_plo_081_2024_-_paulo_cardoso_-_aditiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1750/emenda_plo_081_2024_-_cefo_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/emenda_plo_098_2024_-_modificativa_-_paulo_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/emenda_plo_099_2024_-_modificativa_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/emenda_plo_094_2024_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1686/req_42-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1687/req_43-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1690/req_44-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1691/req_45-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1694/req_46-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1697/req_47-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1701/req_48-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1702/req_49-2024__aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1710/req_50-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1716/req_51-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1720/req_52-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1724/req_53-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1727/req_54-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1728/req_55-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1742/req_56-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1745/req_57-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1757/requerimento_nene_ultrassom_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1760/req_59-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1761/denuncia_2_-_nei_pauvels_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1766/req_61-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1770/req62-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1773/requerimento_maycon_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1774/req_64-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1663/ind_86-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1664/ind_87-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1665/ind_88-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1668/ind_89-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1669/ind_90-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1670/ind_91-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1671/ind_92-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1673/ind_93-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1674/ind_94-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1675/ind_95-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1677/ind_96-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1681/ind_97-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1683/ind_98-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1685/ind_99-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1688/ind_100-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1689/ind_101-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1696/ind_102-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1699/ind_103-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1708/ind_104-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1713/ind_105-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1717/ind_106-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1719/indicacao_107_aprovado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1723/ind_108-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1726/ind_109-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1729/ind_110-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1730/ind_111-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1733/ind_112-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1736/ind_113-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1743/ind_114-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1744/ind_115-2024_aprovada.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1752/ind_116-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1764/ind_117-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1765/indicacao_maycon_rua_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1767/ind_119-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1768/ind_120-2024__aprovado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1769/ind_121-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1771/ind_122-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1783/ind_123-2024aprovado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1662/moc_07-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1672/moc_08-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1695/moc_09-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1703/moc_10-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1737/mocao_pastor_daniel.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1738/mocao_pastor_perci.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1758/mocao_de_apoio_policia_penal_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1725/cpi-das-flores-relatorio-final_conformidade.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_chapa_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1659/projeto_de_lei_-_institui_a_politica_publica_de_desenvolvimento_local_com_base_nas_compras_publicas_denominada_programa_desenvolve_corbelia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1660/projeto_de_lei-concede_reajuste_salarial_aos_servidores_municipais_exercicio_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1661/projeto1-reposicao-inflacionaria_conformidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1666/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_conceder_os_beneficios_de_auxilio_moradia_e_auxilio_alimentacao_aos_medicos_vinculados_ao_programa_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1667/projeto_de_lei_-_concessao_vale_alimentacao_aos_servidores_municipais.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1676/projeto_de_lei_-_concessao_vale-alimentacao_aos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1678/projeto_de_lei_-_altera_a_lei_municipal_no_1.222_de_18_de_dezembro_de_2023_-_parcelamento_cassemc.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1682/projeto_de_lei-_dispoe_sobre_o_sistema_municipal_de_cultura_de_corbelia_cria_o_fundo_municipal_de_cultura_de_corbelia_cria_o_conselho_municipal_de_cultura_de_corbelia..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1684/projeto_de_lei-_dispoe_sobre_a_reposicao_salarial_a_ser_incluida_nos_vencimentos_dos_professores_aposentados_adequando_a_aplicacao_do_indice_do_reajuste_do_exercicio_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1692/plo_70-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1693/ofr19de2024eplo71de2024_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_convenios_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1700/plo_73_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1704/plo_74-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1705/plo_75-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1706/plo_76-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1707/plo_77-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1711/projeto_de_lei_-_reajusta_vencimentos_agentes_de_defesa_civil_e_subsidio_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1712/projeto_de_lei_-_autoriza_celebrar_termo_de_convenio_com_o_poder_judiciario_do_estado_do_parana_para_a_cedencia_de_servidor_municipal_ao_forum_de_corbelia-assistente_social.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1715/projeto_de_lei-_contratacao_de_operacao_de_credito_junto_ao_banco_do_brasil_s.a..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1718/projeto_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1722/projeto_de_lei-_autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_no_valor_de_r_12.000.00000-_regime_especial_de_urgencia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1732/projeto2-alojamento_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1734/projeto-agente-mirim_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1735/projeto-subsidios-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1739/plo_86-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1740/projeto-dia-combate-feminicidio_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1746/autoriza_o_poder_executivo_a_abrir_credito_adicional_suplementar_no_orcamento_do_municipio_com_base_no_excesso_de_arrecadacao_no_valor_r_9.336.95130.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1751/projeto_de_lei_-_altera_dispositivos_da_lei_municipal_no_1.220_de_06_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1753/projeto_de_lei_-_altera_a_lei_municipal_no_1.239.2024_que_institui_no_municipio_de_corbelia_a_campanha_de_conscientizacao_e_incentivo_a_destinacao_de_parte_do_imposto_de_renda.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1754/projeto_de_lei_-_institui_o_programa_acolhimento_em_familia_acolhedora_para_idosos_e_para_adultos_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1755/projeto-denominacao-cemiterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1756/projeto_de_lei_-_estabelece_o_pncp_orgao_oficial.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1759/plo_94-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1762/projeto_de_lei_-_autoriza_o_executivo_municipal_a_ceder_imovel_a_apracor_-_associacao_dos_produtores_rurais_de_corbelia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1763/plo_96-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1772/plo_97-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1775/projeto-denominacao-cmei-penha_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1776/plo_99-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1777/plo_100-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1778/plo_101-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1779/plo_102-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1780/plo_103-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1781/plo_104-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1782/plo_105-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1784/plo_106-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1785/1_-_plc_no_xx.xxxx_-_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1787/codigo_tributario_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1788/projeto_de_lei_-_altera_o_dispositivo_do_artigo_3o_da_lei_municipal_no_969.2017-_auxilio_pecuniario_agentes_recuperacao_nascentes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1789/projeto_de_lei_-_dispoe_sobre_a_estrutura_organizacional_do_municipio_de_corbelia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1791/projeto_de_lei_-_parcelamento_de_debitos_junto_a_caixa_de_previdencia_dos_servidores_publicos_de_corbelia__cassemc.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1792/projeto_de_lei_-_loa_2025_nova_estrutura.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1793/projeto_de_lei_-_altera_o_dispositivo_do_art._1o_da_lei_municipal_no_1.170_de_02_de_agosto_de_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1803/projeto_de_lei_que_da_denominacao_centro_especial_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1786/projeto-cidada-honoraria_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1804/projeto1-institucional_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1679/emenda_plo_066_2024_-_modificativa_conformidade.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1680/minuta1-emenda-plo-066-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1709/emenda_plo_068_2024_-_modificativa_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1731/emenda_substitutiva_-_plo_064-2023_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1741/emenda_plo_085_2024_-_modificativa_-_nene_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1747/emenda_plo_081_2024_-_maycon_-_aditiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1748/emenda_plo_081_2024_-_paulinho_-_aditiva_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1749/emenda_plo_081_2024_-_paulo_cardoso_-_aditiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1750/emenda_plo_081_2024_-_cefo_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1790/emenda_plo_098_2024_-_modificativa_-_paulo_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1794/emenda_plo_099_2024_-_modificativa_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1805/emenda_plo_094_2024_-_anexos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1686/req_42-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1687/req_43-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1690/req_44-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1691/req_45-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1694/req_46-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1697/req_47-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1701/req_48-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1702/req_49-2024__aprovado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1710/req_50-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1716/req_51-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1720/req_52-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1724/req_53-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1727/req_54-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1728/req_55-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1742/req_56-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1745/req_57-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1757/requerimento_nene_ultrassom_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1760/req_59-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1761/denuncia_2_-_nei_pauvels_assinado.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1766/req_61-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1770/req62-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1773/requerimento_maycon_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1774/req_64-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1663/ind_86-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1664/ind_87-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1665/ind_88-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1668/ind_89-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1669/ind_90-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1670/ind_91-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1671/ind_92-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1673/ind_93-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1674/ind_94-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1675/ind_95-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1677/ind_96-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1681/ind_97-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1683/ind_98-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1685/ind_99-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1688/ind_100-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1689/ind_101-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1696/ind_102-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1699/ind_103-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1708/ind_104-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1713/ind_105-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1717/ind_106-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1719/indicacao_107_aprovado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1723/ind_108-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1726/ind_109-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1729/ind_110-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1730/ind_111-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1733/ind_112-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1736/ind_113-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1743/ind_114-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1744/ind_115-2024_aprovada.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1752/ind_116-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1764/ind_117-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1765/indicacao_maycon_rua_rosa_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1767/ind_119-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1768/ind_120-2024__aprovado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1769/ind_121-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1771/ind_122-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1783/ind_123-2024aprovado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1662/moc_07-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1672/moc_08-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1695/moc_09-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1703/moc_10-2024_aprovado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1737/mocao_pastor_daniel.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1738/mocao_pastor_perci.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1758/mocao_de_apoio_policia_penal_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1725/cpi-das-flores-relatorio-final_conformidade.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2024/1807/requerimento_chapa_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="173.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="245.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="244.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>