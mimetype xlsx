--- v0 (2025-11-29)
+++ v1 (2026-01-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2616" uniqueCount="1270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2960" uniqueCount="1415">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1333,95 +1333,276 @@
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Geraldinho</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Salão Comunitário do distrito de Ouro Verde do Piquiri que passa a ser denominado “Salão Comunitário Sebastião Eduardo dos Reis”.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura de Corbélia e dá outras providências.</t>
   </si>
   <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_cred_supl_convenios_estado_pl98.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 10.466.595,41 (dez milhões, quatrocentos e sessenta e seis mil, quinhentos e noventa e cinco reais e quarenta e um centavos), na forma em que especifica abaixo.</t>
+  </si>
+  <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/projeto_de_lei_96_-2025_anulacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 300.000,00 (trezentos mil reais), na forma em que especifica abaixo.</t>
+  </si>
+  <si>
+    <t>2138</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_091.2025_nota_premiada_corbelia_1.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Educação Fiscal denominado “Nota Premiada Corbélia”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2139</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/projeto_de_lei_095.2025_alteracao_da_lei_1269._1.pdf</t>
+  </si>
+  <si>
+    <t>Altera, acresce e revoga dispositivos da Lei Complementar nº 1.269, de 20 de dezembro de 2024, que institui o Código Tributário do Município de Corbélia, Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>2140</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_097.2025_desafeta_lotes_urbanos_1.pdf</t>
+  </si>
+  <si>
+    <t>Desafeta bem público municipal e autoriza o Poder Executivo a promover sua alienação, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2144</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_099.2025_desafeta_lotes_urbanos_e_autoriza_alienacao..pdf</t>
+  </si>
+  <si>
+    <t>Desafeta bens públicos municipais, autoriza o Poder Executivo a promover sua alienação, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2160</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_100.2025_alteracao_da_lei_286.pdf</t>
+  </si>
+  <si>
+    <t>Altera, acresce e revoga dispositivos da Lei nº 286, de 20 de julho de 1992, que dispõe sobre o estatuto dos servidores públicos do Município de Corbélia, das autarquias e das fundações municipais, e seu regime único e da outras providências.</t>
+  </si>
+  <si>
+    <t>2161</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_101.2025_plano_de_residuos_solidos_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aprovação e instituição do Plano Municipal de Gestão Integrada de Resíduos Sólidos – PMGIRS do Município de Corbélia, para o período 2026-2030, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2162</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_102.2025_diarias..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos na Lei Municipal 652 de 30 de novembro de 2006, que dispõe sobre Diárias devidas aos agentes políticos e servidores públicos, quando em viagem a serviço.</t>
+  </si>
+  <si>
+    <t>2163</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/projeto_de_lei_103.2025_vale_alimentacao..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos na Lei Municipal 1230 de 29 de fevereiro de 2024, que dispõe sobre o Vale alimentação para os servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>2164</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>Eli Stefanello, Laine da Saúde, Zezinho Milhome</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_receitas_medicas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de aceitação de receitas médicas emitidas por médicos da rede privada para o fornecimento de medicamentos, insumos_x000D_
+e tratamentos disponibilizados pelo Sistema Único de Saúde - SUS no Município de Corbélia, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2167</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_089.2025_alteracao_da_lei_823.2013.pdf</t>
+  </si>
+  <si>
+    <t>Cria cargos de provimento efetivo, altera o número de vagas no quadro de servidores, altera dispositivos da Lei Municipal n.º 823, de 18 de outubro de 2013, que dispõe sobre o Plano de Carreira dos Servidores e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>2168</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/projeto_de_lei_104.2025_alteracao_da_lei_1274..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da lei 1274 de 20 de dezembro de 2024 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2169</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/projeto_de_lei_105.2025_alteracao_da_lei_1220.2023..pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da lei 1220 de 06 de dezembro de 2023 e dá outras providências.</t>
+  </si>
+  <si>
     <t>2077</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Mérito Comunitário aos Representantes do Conselho Comunitário de Segurança de Corbélia – CONSEG, do Município de Corbélia.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Mérito Comunitário aos Membros e Representantes da Associação dos Coletores de Resíduos Recicláveis de Corbélia - ACOMAR.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 2, de 21 de dezembro de 2016 que estabelece o Regimento Interno da Câmara Municipal de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
+    <t>2166</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+  </si>
+  <si>
     <t>1813</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 116/2025, com a finalidade de adequação do art. 2º.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
@@ -1675,53 +1856,50 @@
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 142/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva para alterar integralmente o Projeto de Lei nº 162/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa, para instituir o Programa Pró Esporte Corbélia.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 147/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 180/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 206/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
@@ -1729,99 +1907,301 @@
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 212/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 211/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
+    <t>2147</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 220/2025, com a finalidade de correção material e da técnica legislativa, para vincular a aplicação dos imóveis ao Programa Casa Fácil Paraná.</t>
+  </si>
+  <si>
+    <t>2148</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 221/2025, com a finalidade de correção material e da técnica legislativa.</t>
+  </si>
+  <si>
+    <t>2149</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/emendas-impositivas-maycon_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Impositiva ao Orçamento_x000D_
+Municipal do exercício de 2026.</t>
+  </si>
+  <si>
+    <t>2150</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Emanuel Huff - Coeio</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/emendas-impositivas-emanuel_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2151</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/emendas-impositivas-paulozaquette_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2152</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Zezinho Milhome</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/emendas-impositivas-josemilhome_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2153</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/emendas-impositivas-paulocardoso_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2154</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>Adelar Mujol</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/emendas-impositivas-adelar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2155</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/emendas-impositivas-geraldo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2156</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Lucas Bortoluzzi - Luketa</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/emendas-impositivas-lucas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2157</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/emendas-impositivas-andre_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2158</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/emendas-impositivas-eli_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2159</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/emendas-impositivas-eliane_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2165</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_plo_219_2025_-_cjr_-_substitutiva.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 219/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
+  </si>
+  <si>
+    <t>2170</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/emenda_plo_224_2025_-_modificativa_-_adelar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 224/2025, com a finalidade de alteração do valor de referência de diária.</t>
+  </si>
+  <si>
+    <t>2171</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/emenda_plo_222_2025_-_cjr_-_substitutiva.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 222/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
+  </si>
+  <si>
+    <t>2172</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/emenda_plo_227_2025_-_cjr_-_substitutiva.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 227/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
+  </si>
+  <si>
+    <t>2173</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/emenda_plo_228_2025_-_cjr_-_substitutiva.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 228/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
+  </si>
+  <si>
+    <t>2174</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/emenda_plo_229_2025_-_cjr_-_substitutiva.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 229/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
+  </si>
+  <si>
     <t>1936</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Paraná</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 59/2025 – Primeira Câmara. Prestação de Contas de Prefeito Municipal. Exercício de 2022. Parecer prévio pela irregularidade.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 209783/24 Primeira Câmara. Prestação de Contas de Prefeito Municipal. Exercício de 2023. Parecer prévio pela regularidade com ressalva.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Laine da Saúde, Paulo do Raio X</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal,  informações referentes aos Agentes Comunitários de Saúde (ACS).</t>
   </si>
   <si>
     <t>1934</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adelar Mujol</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, que seja realizada uma audiência pública sobre o descarte de lixo nas vias rurais do município.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à mesa diretiva da Câmara Municipal de Corbélia, que esta Casa de Leis realize uma Audiência Pública para o debate da obrigatoriedade da vacina do Covid em bebês e crianças junto à população.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à mesa diretiva da Câmara Municipal de Corbélia, que esta Casa de Leis realize uma Audiência Pública para o debate de temas ligados a companhia Paranaense de Energia – COPEL, como a alta significativa nos valores da fatura após a implementação do ``Relógio Inteligente´´.</t>
   </si>
@@ -1958,53 +2338,50 @@
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade do retorno das atividades do Grupo de Hiperdia.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>Laine da Saúde, André Lira</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a construção de um Salão Comunitário no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>Emanuel Huff - Coeio</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de campanha de conscientização para o descarte correto de resíduos sólidos cortantes.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>Adelar Mujol, André Lira, Eli Stefanello, Emanuel Huff - Coeio, Geraldinho, Lucas Bortoluzzi - Luketa, Paulo do Raio X</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizado o procedimento de alargamento das pontes das estradas da_x000D_
 Zona Rural.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf</t>
   </si>
   <si>
@@ -2148,53 +2525,50 @@
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de um estudo para implantação de sistema de irrigação nos principais canteiros da cidade.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação de um parquinho infantil e uma academia ao ar livre para a terceira_x000D_
 idade na Rua Girassol, no bairro Santa Catarina.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a inscrição nos postes de iluminação identificando o nome de ruas e avenidas nos bairros e loteamentos, que estão sem a sinalização adequada.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>Lucas Bortoluzzi - Luketa</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação um redutor de velocidade na Rua Flor de Lis em frente a Capela Santa Catarina.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>Eli Stefanello, Lucas Bortoluzzi - Luketa, Paulinho Zaquette</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizado estacionamento no terreno em que está localizada a torre da Copel, na Rua Amor Perfeito.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja providenciada a instalação de uma placa de identificação com o nome da_x000D_
@@ -2436,53 +2810,50 @@
     <t>Indica ao Executivo Municipal, que sejam realizadas palestras explicando sobre o Programa do Governo do Estado (Proesporte).</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a substituição dos nomes dos locais públicos municipais por nomes que façam menção a personalidades municipais que contribuíram para o desenvolvimento do Município.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a criação de um programa (Esporte Solidário), que incentive a doação de materiais_x000D_
 esportivos.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>Zezinho Milhome</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, por meio da SANEPAR, a ligação de um poço artesiano existente no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de banheiros no campo sintético do distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Maycon André, Paulinho Zaquette</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que realize melhorias no Cemitério Municipal de Corbélia.</t>
@@ -2754,212 +3125,170 @@
     <t>Indica ao Executivo Municipal, que determine ao setor competente,  instalação de um ponto de ônibus no Bairro Paraná, para o transporte dos pacientes para Cascavel.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de calçadas em ambos os lados da Avenida Presidente Juscelino Kubitschek no Distrito da Penha.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um redutor de velocidade (quebra-molas) na Avenida Presidente_x000D_
 Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>216</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um redutor de velocidade (quebra-molas) na Rua Presidente Marechal Floriano Peixoto no Distrito da Penha.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>217</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, instalação de Redutores de Velocidade.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>218</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de calçadas em ambos os lados da Avenida Presidente João Goulart, no trecho que vai até a Avenida Independência no Distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>219</t>
-[...1 lines deleted...]
-  <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Lucas Bortoluzzi - Luketa</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de iluminação com lâmpadas de LED no Estádio Municipal, bem como a modernização da iluminação dos vestiários.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>220</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo técnico com o objetivo de avaliar a viabilidade da alteração do estacionamento localizado na Praça Alverino Giuseppe Schecheli, Na Avenida Rio Grande do Sul, para o modelo de estacionamento com vagas inclinadas (vertical).</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>221</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado a manutenção do asfalto na comunidade São Roque.</t>
   </si>
   <si>
     <t>1968</t>
-  </si>
-[...1 lines deleted...]
-    <t>222</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo técnico com o objetivo de transformar a Rua Gladiolo_x000D_
 em via preferencial.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>223</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a abertura de uma estrada rural na margem da PR 574, com início no distrito da_x000D_
 Nossa Senhora da Penha e término no rio Melissa, na divisa com o Município de Cafelândia.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>224</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de agendamento telefônico de consultas nas Unidades Básicas de Saúde para os moradores da área rural.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>225</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de um Observatório Municipal de Indicadores Públicos.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>226</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação do Programa “Prefeitura Digital”.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>227</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de um Plano Municipal de Desburocratização para empreendedores.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>228</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a necessidade de demarcação das vagas de estacionamento em vias públicas, especialmente nas vagas paralelas.</t>
   </si>
   <si>
     <t>1977</t>
-  </si>
-[...1 lines deleted...]
-    <t>229</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a retomada dos atendimentos noturnos nas Unidades de Saúde do Município.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo técnico para a instalação de redutores de velocidades_x000D_
 na Avenida Presidente Getúlio Vargas, no distrito da Penha.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>231</t>
@@ -3693,52 +4022,162 @@
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a reconstrução do quebra-molas da Rua Jasmin, próximo ao Posto Líder.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que realize, com urgência, a poda das árvores localizadas em frente à Coopavel, no trecho que segue em direção ao Centro de Distribuição da Quero Quero.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/ind-291-2025_assinado.pdf</t>
+  </si>
+  <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um redutor de velocidade na Rua Tulipa, nas proximidades do_x000D_
 CMEI “Construindo o Saber”.</t>
+  </si>
+  <si>
+    <t>2141</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/ind-292-2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de realizar estudo de viabilidade para implantação de estacionamento transversal na Rua Primavera, em frente ao Centro de Convivência.</t>
+  </si>
+  <si>
+    <t>2142</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/ind-293-2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja feito o estudo para implantação de quebra-molas na Avenida Santa Catarina, Avenida Goiás e Rua Tibagi no distrito do Ouro Verde do Piquiri.</t>
+  </si>
+  <si>
+    <t>2143</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/ind-294-2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>2145</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/ind-295-2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja designado um servidor responsável para permanecer com o celular do plantão da UBS nos finais de semana e feriados.</t>
+  </si>
+  <si>
+    <t>2146</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/ind-296-crachas_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a implementação de identificação por meio de crachá para todos os servidores_x000D_
+públicos que realizam atendimento direto à população.</t>
+  </si>
+  <si>
+    <t>2175</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_vereador_lira_-_placas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que determine ao setor competente a instalação, manutenção e reforço das placas de identificação com os nomes _x000D_
+das ruas da cidade.</t>
+  </si>
+  <si>
+    <t>2176</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_vereador_lira_-_cmei_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que determine ao setor competente, bem como notifique a empresa responsável pela reforma realizada no CMEI Iracema Zanato, para que proceda com verificação técnica e providências necessárias quanto à obra executada.</t>
+  </si>
+  <si>
+    <t>2178</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_vereador_lira_-_ar_centro_cultural_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que determine ao setor competente a instalação de novos aparelhos de ar condicionado no Centro Cultural de Corbélia, visando à melhoria das condições de conforto térmico do local.</t>
+  </si>
+  <si>
+    <t>2179</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_vereador_lira_-_hino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que avalie a viabilidade de proceder com a regravação do Hino Municipal de Corbélia, em uma versão musicalmente mais atualizada, preservando integralmente a letra e a identidade histórica do hino.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor Luiz Gustavo Valim.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>15</t>
   </si>
@@ -4202,56 +4641,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/projeto_de_proposta_de_emenda_lei_organica_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_complementar_003_planta_generica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_001_concessao_direito_real_de_uso_rodoviaria_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/projeto_de_lei_002_doacao_terra_fossas_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/projeto_de_lei_003_concessao_direito_real_de_uso_abatedouro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/projeto_de_lei_n_004_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_de_lei_n_005_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/projeto_de_lei_n_006_alteracao_tabela_da_lei_1274.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto1_-_reajuste_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/plo-122-projeto_de_lei_08.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/plo-123-projeto_de_lei_09.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/plo-124-projeto_de_lei_10.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/plo-125-projeto_de_lei_11.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/plo-126-projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/plo-127-projeto_de_lei_13.2025_beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/plo-128-projeto_de_lei_14.2025_mae_corbeliense.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/plo-129-projeto_de_lei_15.2025_cartao_mesa_cheia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/minuta_projeto_de_lei_cred_especial_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_fundo_municipal_de_educacao_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_132-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_133-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/minuto_do_projeto_de_lei_22.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/plo_apracor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/plo_apae.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/plo_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/texto_plo_138-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/texto_plo_139-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/texto_plo_140-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/texto_plo_141-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/texto_142-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/plo_143-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/plo_144-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/plo_145-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/plo_146-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/plo_147-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/projeto_de_lei_creche_idoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/plo_149-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/plo_150-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/projeto-programa-adaptacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/plo_152-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/plo_153-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/plo_154-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/plo_155-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/plo_156-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/plo_157-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/plo_158-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/plo_159-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/plo_160-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/plo_161-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/plo_162-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_complementar_02.2025_alteracao_da_cosip.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/plo_164-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/minuta_projeto_de_lei_165-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_166-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/download_9.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/plo_168-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/plo_169-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/plo_170-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/plo_171-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/plo_172-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/plo-173-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_55.2025_nomeia_o_ginasio_de_esportes_da_praca_paraguai.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/projeto_de_lei_56_especial_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_57_cred_adic_exc_arrecad.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/projeto_de_lei_58.2025_alteracao_da_lei_823.2013_cargo_agente_fiscal_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/plo-178-2025-credito-adc-supl-1260k.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/plo-179-2025-cred-adc-supl-4670k.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_61.2025_plano_amortizacao_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_62.2025_altera_lei_874.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_63.2025_conselho_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_64.2025_fumtur.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/minuta_projeto_de_lei_65_pro_moradia_cred_esp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/projeto_de_lei_66_convenios_20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/minuta_projeto_de_lei_67_praca_lutero.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_69.2025_recebimento_de_doacao_area_de_terra.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projeto_de_lei_70.2025_programa_de_desenvolvimento..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/minuta_projeto_de_lei_68_barracao_industrial.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_-_felca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/projeto_de_lei_72._2025_convenio_estado__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_71.2025_alteracao_da_lei_1044._2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/projeto_de_lei_73.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_denominacao_cmei_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/projeto_de_lei_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/projeto_de_lei_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_74.2025__reducao_aliquota_itbi_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_75.2025__moradia_legal.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_79.2025_aquisicao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_isencao_de_taxa_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_80_parc_2025_cassemc_retificado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_81_cred_espcasa_da_mulher_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_lei_82_conv_av_rs_e_estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_083.2025_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/projeto_de_lei_084.2025_cassemc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/projeto_lei_85_cred_especial_cmei_jd_juliana.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/projeto_de_lei_86-2025_folha_pagamento.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_087.2025_agente_fiscal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_lei_088.2025_ratifica_consorcio_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_090.2025_altera_a_lei_1300.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/projeto_de_lei_092.2025_doacao_lote_urbano_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_saude_emenda_mac.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emenda_plo_115_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/emenda_plo_117_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/emenda_plo_118_2025_-_cjr_cefo_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/emenda_plo_119_2025_-_cjr_cefo_cvosp_-_substitutiva2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_substitutiva_-_pelom_003-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/emenda_plo_145_2025_-_modificativa_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/emenda_plo_146_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/emenda_plo_138_2025_-_modificativa_-_cecs.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/emenda_plo_150_2025_-_cecs_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/emenda_plo_149_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/emenda_plo_155_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/emenda_plo_139_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emenda_plo_163_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_plo_132_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/emenda_plo_156_2025_-_modificativa_-_cefo_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/emenda_plo_174_2025_-_modificativa_-_cdset_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_plo_169_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_plo_173_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/requerimento_paulo_cardoso_-_casas_populares_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/titulo_merito_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/req_71-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/req_72-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/titulo_merito_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/ind_124-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_retirada_quebra_molas_parque_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/ind_126-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_127-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_128-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_129-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_130-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_136-2025_aproado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_137-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/ind_138-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/ind_139-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/ind_140-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/ind_141-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/ind_142-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/ind_143-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_144-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_145-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/ind_146-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/ind_147-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_148-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_149-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_155-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_156-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_157-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_158-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_159-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_160-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_161-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_162-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_163-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_164-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_165-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_166-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_167-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_168-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_169-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_170-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_emanuel_bollards_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_173-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_174-2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/ind-175-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/ind_176-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/ind-177-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_sistema_de_irrigacao_-_corrigida_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_179-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_180-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/ind_186-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/ind_187-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/ind_188-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/ind_189-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_190-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_191-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/ind_192-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_193-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_194-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_195-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_196-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/ind_197-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_198-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_199-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/ind_200-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_201-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_202-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_203-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/ind_204-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/ind_205-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/ind_206-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/ind_207-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_208-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_mulheres_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_210-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_calcada_maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_212-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_213-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_231-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_lira_scooter_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_233-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_234-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_235-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_236-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/ind_237-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_238-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/ind_239-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/ind_240-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/ind_241-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_242-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/ind_243-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/ind_244-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_245-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/ind-246-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_247-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_248-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/ind_249-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/ind_250-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/ind_251-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/ind-252-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_andre_colonia_de_ferias_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_254-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_255-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/ind_256-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/ind_257-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/ind-258-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/ind_259-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_260-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_262-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_vereador_lira_-_praca_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_263-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/ind_264-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_emanuel_curso_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_266-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_267-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_268-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_269-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_270-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_271-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_272-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_273-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacaorua_jose_citon_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/ind_275-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/ind_276-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_vereador_lira_-_quebra_molas_rua_anturio_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_vereador_lira_-_recape_rua_orquidea_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_280-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_281-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_vereador_lira_-_bebedouros_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/ind_283-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/ind_284-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/ind_285-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_286-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_287-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/ind_288-2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/moc_15-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/moc_17-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_paulo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_andre_-_renata_drehmer_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/mocao_andre_-_clenir_krolhing_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao-aplausos-mesa-5crpmpr_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/projeto_de_proposta_de_emenda_lei_organica_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_complementar_003_planta_generica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_001_concessao_direito_real_de_uso_rodoviaria_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/projeto_de_lei_002_doacao_terra_fossas_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/projeto_de_lei_003_concessao_direito_real_de_uso_abatedouro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/projeto_de_lei_n_004_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_de_lei_n_005_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/projeto_de_lei_n_006_alteracao_tabela_da_lei_1274.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto1_-_reajuste_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/plo-122-projeto_de_lei_08.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/plo-123-projeto_de_lei_09.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/plo-124-projeto_de_lei_10.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/plo-125-projeto_de_lei_11.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/plo-126-projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/plo-127-projeto_de_lei_13.2025_beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/plo-128-projeto_de_lei_14.2025_mae_corbeliense.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/plo-129-projeto_de_lei_15.2025_cartao_mesa_cheia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/minuta_projeto_de_lei_cred_especial_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_fundo_municipal_de_educacao_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_132-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_133-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/minuto_do_projeto_de_lei_22.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/plo_apracor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/plo_apae.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/plo_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/texto_plo_138-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/texto_plo_139-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/texto_plo_140-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/texto_plo_141-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/texto_142-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/plo_143-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/plo_144-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/plo_145-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/plo_146-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/plo_147-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/projeto_de_lei_creche_idoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/plo_149-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/plo_150-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/projeto-programa-adaptacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/plo_152-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/plo_153-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/plo_154-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/plo_155-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/plo_156-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/plo_157-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/plo_158-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/plo_159-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/plo_160-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/plo_161-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/plo_162-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_complementar_02.2025_alteracao_da_cosip.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/plo_164-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/minuta_projeto_de_lei_165-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_166-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/download_9.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/plo_168-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/plo_169-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/plo_170-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/plo_171-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/plo_172-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/plo-173-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_55.2025_nomeia_o_ginasio_de_esportes_da_praca_paraguai.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/projeto_de_lei_56_especial_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_57_cred_adic_exc_arrecad.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/projeto_de_lei_58.2025_alteracao_da_lei_823.2013_cargo_agente_fiscal_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/plo-178-2025-credito-adc-supl-1260k.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/plo-179-2025-cred-adc-supl-4670k.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_61.2025_plano_amortizacao_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_62.2025_altera_lei_874.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_63.2025_conselho_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_64.2025_fumtur.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/minuta_projeto_de_lei_65_pro_moradia_cred_esp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/projeto_de_lei_66_convenios_20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/minuta_projeto_de_lei_67_praca_lutero.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_69.2025_recebimento_de_doacao_area_de_terra.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projeto_de_lei_70.2025_programa_de_desenvolvimento..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/minuta_projeto_de_lei_68_barracao_industrial.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_-_felca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/projeto_de_lei_72._2025_convenio_estado__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_71.2025_alteracao_da_lei_1044._2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/projeto_de_lei_73.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_denominacao_cmei_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/projeto_de_lei_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/projeto_de_lei_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_74.2025__reducao_aliquota_itbi_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_75.2025__moradia_legal.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_79.2025_aquisicao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_isencao_de_taxa_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_80_parc_2025_cassemc_retificado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_81_cred_espcasa_da_mulher_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_lei_82_conv_av_rs_e_estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_083.2025_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/projeto_de_lei_084.2025_cassemc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/projeto_lei_85_cred_especial_cmei_jd_juliana.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/projeto_de_lei_86-2025_folha_pagamento.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_087.2025_agente_fiscal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_lei_088.2025_ratifica_consorcio_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_090.2025_altera_a_lei_1300.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/projeto_de_lei_092.2025_doacao_lote_urbano_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_saude_emenda_mac.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_cred_supl_convenios_estado_pl98.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/projeto_de_lei_96_-2025_anulacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_091.2025_nota_premiada_corbelia_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/projeto_de_lei_095.2025_alteracao_da_lei_1269._1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_097.2025_desafeta_lotes_urbanos_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_099.2025_desafeta_lotes_urbanos_e_autoriza_alienacao..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_100.2025_alteracao_da_lei_286.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_101.2025_plano_de_residuos_solidos_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_102.2025_diarias..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/projeto_de_lei_103.2025_vale_alimentacao..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_receitas_medicas_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_089.2025_alteracao_da_lei_823.2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/projeto_de_lei_104.2025_alteracao_da_lei_1274..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/projeto_de_lei_105.2025_alteracao_da_lei_1220.2023..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emenda_plo_115_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/emenda_plo_117_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/emenda_plo_118_2025_-_cjr_cefo_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/emenda_plo_119_2025_-_cjr_cefo_cvosp_-_substitutiva2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_substitutiva_-_pelom_003-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/emenda_plo_145_2025_-_modificativa_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/emenda_plo_146_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/emenda_plo_138_2025_-_modificativa_-_cecs.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/emenda_plo_150_2025_-_cecs_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/emenda_plo_149_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/emenda_plo_155_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/emenda_plo_139_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emenda_plo_163_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_plo_132_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/emenda_plo_156_2025_-_modificativa_-_cefo_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/emenda_plo_174_2025_-_modificativa_-_cdset_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_plo_169_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_plo_173_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/emendas-impositivas-maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/emendas-impositivas-emanuel_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/emendas-impositivas-paulozaquette_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/emendas-impositivas-josemilhome_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/emendas-impositivas-paulocardoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/emendas-impositivas-adelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/emendas-impositivas-geraldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/emendas-impositivas-lucas_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/emendas-impositivas-andre_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/emendas-impositivas-eli_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/emendas-impositivas-eliane_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_plo_219_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/emenda_plo_224_2025_-_modificativa_-_adelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/emenda_plo_222_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/emenda_plo_227_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/emenda_plo_228_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/emenda_plo_229_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/requerimento_paulo_cardoso_-_casas_populares_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/titulo_merito_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/req_71-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/req_72-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/titulo_merito_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/ind_124-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_retirada_quebra_molas_parque_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/ind_126-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_127-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_128-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_129-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_130-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_136-2025_aproado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_137-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/ind_138-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/ind_139-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/ind_140-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/ind_141-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/ind_142-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/ind_143-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_144-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_145-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/ind_146-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/ind_147-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_148-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_149-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_155-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_156-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_157-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_158-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_159-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_160-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_161-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_162-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_163-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_164-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_165-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_166-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_167-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_168-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_169-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_170-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_emanuel_bollards_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_173-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_174-2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/ind-175-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/ind_176-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/ind-177-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_sistema_de_irrigacao_-_corrigida_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_179-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_180-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/ind_186-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/ind_187-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/ind_188-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/ind_189-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_190-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_191-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/ind_192-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_193-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_194-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_195-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_196-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/ind_197-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_198-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_199-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/ind_200-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_201-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_202-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_203-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/ind_204-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/ind_205-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/ind_206-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/ind_207-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_208-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_mulheres_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_210-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_calcada_maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_212-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_213-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_231-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_lira_scooter_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_233-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_234-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_235-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_236-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/ind_237-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_238-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/ind_239-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/ind_240-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/ind_241-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_242-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/ind_243-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/ind_244-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_245-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/ind-246-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_247-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_248-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/ind_249-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/ind_250-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/ind_251-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/ind-252-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_andre_colonia_de_ferias_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_254-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_255-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/ind_256-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/ind_257-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/ind-258-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/ind_259-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_260-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_262-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_vereador_lira_-_praca_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_263-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/ind_264-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_emanuel_curso_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_266-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_267-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_268-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_269-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_270-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_271-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_272-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_273-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacaorua_jose_citon_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/ind_275-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/ind_276-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_vereador_lira_-_quebra_molas_rua_anturio_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_vereador_lira_-_recape_rua_orquidea_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_280-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_281-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_vereador_lira_-_bebedouros_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/ind_283-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/ind_284-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/ind_285-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_286-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_287-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/ind_288-2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/ind-291-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/ind-292-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/ind-293-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/ind-294-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/ind-295-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/ind-296-crachas_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_vereador_lira_-_placas_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_vereador_lira_-_cmei_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_vereador_lira_-_ar_centro_cultural_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_vereador_lira_-_hino_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/moc_15-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/moc_17-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_paulo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_andre_-_renata_drehmer_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/mocao_andre_-_clenir_krolhing_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao-aplausos-mesa-5crpmpr_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H327"/>
+  <dimension ref="A1:H370"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="142.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6960,5812 +7399,6930 @@
       </c>
       <c r="D105" t="s">
         <v>27</v>
       </c>
       <c r="E105" t="s">
         <v>28</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H105" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>439</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>17</v>
+        <v>440</v>
       </c>
       <c r="D106" t="s">
-        <v>440</v>
+        <v>27</v>
       </c>
       <c r="E106" t="s">
+        <v>28</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="F106" t="s">
+      <c r="H106" t="s">
         <v>442</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>443</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>444</v>
+      </c>
+      <c r="D107" t="s">
+        <v>27</v>
+      </c>
+      <c r="E107" t="s">
+        <v>28</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B107" t="s">
-[...14 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>447</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
         <v>448</v>
       </c>
-      <c r="B108" t="s">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="D108" t="s">
+        <v>27</v>
+      </c>
+      <c r="E108" t="s">
+        <v>28</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="D108" t="s">
+      <c r="H108" t="s">
         <v>450</v>
-      </c>
-[...10 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>451</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>452</v>
+      </c>
+      <c r="D109" t="s">
+        <v>27</v>
+      </c>
+      <c r="E109" t="s">
+        <v>28</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H109" t="s">
         <v>454</v>
-      </c>
-[...19 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="D110" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E110" t="s">
+        <v>28</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="F110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H110" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="D111" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E111" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H111" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D112" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E112" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F112" t="s">
-        <v>471</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="H112" t="s">
-        <v>473</v>
+        <v>466</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="D113" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E113" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F113" t="s">
-        <v>476</v>
+        <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="H113" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="D114" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E114" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F114" t="s">
-        <v>481</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="H114" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="D115" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E115" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F115" t="s">
-        <v>476</v>
+        <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="H115" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="D116" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E116" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F116" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="H116" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="D117" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E117" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F117" t="s">
-        <v>495</v>
+        <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="H117" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="D118" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E118" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F118" t="s">
-        <v>500</v>
+        <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="H118" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="D119" t="s">
-        <v>456</v>
+        <v>27</v>
       </c>
       <c r="E119" t="s">
-        <v>457</v>
+        <v>28</v>
       </c>
       <c r="F119" t="s">
-        <v>505</v>
+        <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="H119" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>509</v>
+        <v>17</v>
       </c>
       <c r="D120" t="s">
-        <v>456</v>
+        <v>497</v>
       </c>
       <c r="E120" t="s">
-        <v>457</v>
+        <v>498</v>
       </c>
       <c r="F120" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="H120" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>514</v>
+        <v>10</v>
       </c>
       <c r="D121" t="s">
-        <v>456</v>
+        <v>497</v>
       </c>
       <c r="E121" t="s">
-        <v>457</v>
+        <v>498</v>
       </c>
       <c r="F121" t="s">
-        <v>476</v>
+        <v>333</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="H121" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="D122" t="s">
-        <v>456</v>
+        <v>507</v>
       </c>
       <c r="E122" t="s">
-        <v>457</v>
+        <v>508</v>
       </c>
       <c r="F122" t="s">
-        <v>476</v>
+        <v>53</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="H122" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="D123" t="s">
-        <v>456</v>
+        <v>507</v>
       </c>
       <c r="E123" t="s">
-        <v>457</v>
+        <v>508</v>
       </c>
       <c r="F123" t="s">
-        <v>476</v>
+        <v>53</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="H123" t="s">
-        <v>524</v>
+        <v>510</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="D124" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E124" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F124" t="s">
-        <v>527</v>
+        <v>176</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>528</v>
+        <v>518</v>
       </c>
       <c r="H124" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="D125" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E125" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F125" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="H125" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="D126" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E126" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F126" t="s">
-        <v>476</v>
+        <v>522</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="H126" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>539</v>
+        <v>529</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="D127" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E127" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F127" t="s">
-        <v>476</v>
+        <v>531</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="H127" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="D128" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E128" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F128" t="s">
-        <v>476</v>
+        <v>536</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="H128" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="D129" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E129" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F129" t="s">
-        <v>476</v>
+        <v>541</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="H129" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="D130" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E130" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F130" t="s">
-        <v>476</v>
+        <v>536</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="H130" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="D131" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E131" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F131" t="s">
-        <v>476</v>
+        <v>550</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="H131" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="D132" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E132" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F132" t="s">
-        <v>476</v>
+        <v>555</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="H132" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="D133" t="s">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="E133" t="s">
-        <v>457</v>
+        <v>517</v>
       </c>
       <c r="F133" t="s">
-        <v>176</v>
+        <v>560</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="H133" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>563</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>564</v>
+      </c>
+      <c r="D134" t="s">
+        <v>516</v>
+      </c>
+      <c r="E134" t="s">
+        <v>517</v>
+      </c>
+      <c r="F134" t="s">
+        <v>565</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H134" t="s">
         <v>567</v>
-      </c>
-[...19 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>568</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>569</v>
+      </c>
+      <c r="D135" t="s">
+        <v>516</v>
+      </c>
+      <c r="E135" t="s">
+        <v>517</v>
+      </c>
+      <c r="F135" t="s">
+        <v>570</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B135" t="s">
-[...5 lines deleted...]
-      <c r="D135" t="s">
+      <c r="H135" t="s">
         <v>572</v>
-      </c>
-[...10 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>574</v>
       </c>
       <c r="D136" t="s">
-        <v>572</v>
+        <v>516</v>
       </c>
       <c r="E136" t="s">
-        <v>573</v>
+        <v>517</v>
       </c>
       <c r="F136" t="s">
-        <v>574</v>
+        <v>536</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="H136" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>577</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>578</v>
+      </c>
+      <c r="D137" t="s">
+        <v>516</v>
+      </c>
+      <c r="E137" t="s">
+        <v>517</v>
+      </c>
+      <c r="F137" t="s">
+        <v>536</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H137" t="s">
         <v>580</v>
-      </c>
-[...19 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>531</v>
+        <v>582</v>
       </c>
       <c r="D138" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E138" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F138" t="s">
-        <v>587</v>
+        <v>536</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="H138" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>536</v>
+        <v>586</v>
       </c>
       <c r="D139" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E139" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F139" t="s">
-        <v>333</v>
+        <v>587</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="H139" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>590</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>591</v>
+      </c>
+      <c r="D140" t="s">
+        <v>516</v>
+      </c>
+      <c r="E140" t="s">
+        <v>517</v>
+      </c>
+      <c r="F140" t="s">
+        <v>592</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="B140" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>595</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
         <v>596</v>
       </c>
-      <c r="B141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E141" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F141" t="s">
-        <v>176</v>
+        <v>536</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H141" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>599</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>548</v>
+        <v>600</v>
       </c>
       <c r="D142" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E142" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F142" t="s">
-        <v>442</v>
+        <v>536</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H142" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>552</v>
+        <v>604</v>
       </c>
       <c r="D143" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E143" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F143" t="s">
-        <v>603</v>
+        <v>536</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H143" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>556</v>
+        <v>608</v>
       </c>
       <c r="D144" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E144" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F144" t="s">
-        <v>587</v>
+        <v>536</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H144" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>560</v>
+        <v>612</v>
       </c>
       <c r="D145" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E145" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F145" t="s">
-        <v>333</v>
+        <v>536</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>610</v>
+        <v>513</v>
       </c>
       <c r="H145" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>564</v>
+        <v>615</v>
       </c>
       <c r="D146" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
       <c r="E146" t="s">
-        <v>582</v>
+        <v>517</v>
       </c>
       <c r="F146" t="s">
-        <v>613</v>
+        <v>536</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>553</v>
+        <v>616</v>
       </c>
       <c r="H146" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>65</v>
+        <v>619</v>
       </c>
       <c r="D147" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E147" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F147" t="s">
-        <v>587</v>
+        <v>536</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="H147" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>69</v>
+        <v>623</v>
       </c>
       <c r="D148" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E148" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F148" t="s">
-        <v>587</v>
+        <v>176</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="H148" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>73</v>
+        <v>627</v>
       </c>
       <c r="D149" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E149" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F149" t="s">
-        <v>587</v>
+        <v>536</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H149" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>77</v>
+        <v>631</v>
       </c>
       <c r="D150" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E150" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F150" t="s">
-        <v>163</v>
+        <v>536</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>627</v>
+        <v>513</v>
       </c>
       <c r="H150" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>81</v>
+        <v>634</v>
       </c>
       <c r="D151" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E151" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F151" t="s">
-        <v>163</v>
+        <v>536</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>630</v>
+        <v>513</v>
       </c>
       <c r="H151" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>85</v>
+        <v>637</v>
       </c>
       <c r="D152" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E152" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F152" t="s">
         <v>163</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H152" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>89</v>
+        <v>641</v>
       </c>
       <c r="D153" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E153" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F153" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="H153" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>644</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>645</v>
+      </c>
+      <c r="D154" t="s">
+        <v>516</v>
+      </c>
+      <c r="E154" t="s">
+        <v>517</v>
+      </c>
+      <c r="F154" t="s">
+        <v>142</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H154" t="s">
         <v>639</v>
-      </c>
-[...19 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>97</v>
+        <v>648</v>
       </c>
       <c r="D155" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E155" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F155" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="H155" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>101</v>
+        <v>652</v>
       </c>
       <c r="D156" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E156" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F156" t="s">
-        <v>647</v>
+        <v>176</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="H156" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>105</v>
+        <v>655</v>
       </c>
       <c r="D157" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E157" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F157" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="H157" t="s">
-        <v>653</v>
+        <v>639</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>109</v>
+        <v>659</v>
       </c>
       <c r="D158" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E158" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F158" t="s">
-        <v>636</v>
+        <v>432</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="H158" t="s">
-        <v>656</v>
+        <v>639</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>113</v>
+        <v>662</v>
       </c>
       <c r="D159" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E159" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F159" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="H159" t="s">
-        <v>660</v>
+        <v>639</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>117</v>
+        <v>666</v>
       </c>
       <c r="D160" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E160" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F160" t="s">
-        <v>647</v>
+        <v>333</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="H160" t="s">
-        <v>663</v>
+        <v>639</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>121</v>
+        <v>669</v>
       </c>
       <c r="D161" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E161" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F161" t="s">
-        <v>665</v>
+        <v>379</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="H161" t="s">
-        <v>667</v>
+        <v>639</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>125</v>
+        <v>672</v>
       </c>
       <c r="D162" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E162" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F162" t="s">
-        <v>333</v>
+        <v>350</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="H162" t="s">
-        <v>670</v>
+        <v>639</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>129</v>
+        <v>675</v>
       </c>
       <c r="D163" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E163" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F163" t="s">
-        <v>647</v>
+        <v>536</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="H163" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>133</v>
+        <v>679</v>
       </c>
       <c r="D164" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E164" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F164" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H164" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>137</v>
+        <v>683</v>
       </c>
       <c r="D165" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E165" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F165" t="s">
-        <v>333</v>
+        <v>531</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="H165" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>141</v>
+        <v>687</v>
       </c>
       <c r="D166" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E166" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F166" t="s">
-        <v>333</v>
+        <v>536</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="H166" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>146</v>
+        <v>691</v>
       </c>
       <c r="D167" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E167" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F167" t="s">
-        <v>333</v>
+        <v>536</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="H167" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>150</v>
+        <v>695</v>
       </c>
       <c r="D168" t="s">
-        <v>616</v>
+        <v>516</v>
       </c>
       <c r="E168" t="s">
-        <v>617</v>
+        <v>517</v>
       </c>
       <c r="F168" t="s">
-        <v>333</v>
+        <v>536</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="H168" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>154</v>
+        <v>17</v>
       </c>
       <c r="D169" t="s">
-        <v>616</v>
+        <v>699</v>
       </c>
       <c r="E169" t="s">
-        <v>617</v>
+        <v>700</v>
       </c>
       <c r="F169" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="H169" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>616</v>
+        <v>699</v>
       </c>
       <c r="E170" t="s">
-        <v>617</v>
+        <v>700</v>
       </c>
       <c r="F170" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="H170" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>162</v>
+        <v>586</v>
       </c>
       <c r="D171" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E171" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F171" t="s">
-        <v>636</v>
+        <v>710</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="H171" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>167</v>
+        <v>591</v>
       </c>
       <c r="D172" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E172" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F172" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>700</v>
+        <v>714</v>
       </c>
       <c r="H172" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>171</v>
+        <v>596</v>
       </c>
       <c r="D173" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E173" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F173" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="H173" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>175</v>
+        <v>600</v>
       </c>
       <c r="D174" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E174" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F174" t="s">
-        <v>163</v>
+        <v>333</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="H174" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>722</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>604</v>
+      </c>
+      <c r="D175" t="s">
         <v>708</v>
       </c>
-      <c r="B175" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E175" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F175" t="s">
-        <v>709</v>
+        <v>176</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>710</v>
+        <v>723</v>
       </c>
       <c r="H175" t="s">
-        <v>711</v>
+        <v>724</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>712</v>
+        <v>725</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>184</v>
+        <v>608</v>
       </c>
       <c r="D176" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E176" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F176" t="s">
-        <v>713</v>
+        <v>499</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>714</v>
+        <v>726</v>
       </c>
       <c r="H176" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>716</v>
+        <v>728</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>188</v>
+        <v>612</v>
       </c>
       <c r="D177" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E177" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F177" t="s">
-        <v>432</v>
+        <v>729</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>717</v>
+        <v>730</v>
       </c>
       <c r="H177" t="s">
-        <v>718</v>
+        <v>731</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>719</v>
+        <v>732</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>192</v>
+        <v>615</v>
       </c>
       <c r="D178" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E178" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F178" t="s">
-        <v>432</v>
+        <v>656</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>720</v>
+        <v>733</v>
       </c>
       <c r="H178" t="s">
-        <v>721</v>
+        <v>734</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>722</v>
+        <v>735</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>196</v>
+        <v>619</v>
       </c>
       <c r="D179" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E179" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F179" t="s">
-        <v>432</v>
+        <v>333</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>723</v>
+        <v>736</v>
       </c>
       <c r="H179" t="s">
-        <v>724</v>
+        <v>737</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>725</v>
+        <v>738</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>200</v>
+        <v>623</v>
       </c>
       <c r="D180" t="s">
-        <v>616</v>
+        <v>708</v>
       </c>
       <c r="E180" t="s">
-        <v>617</v>
+        <v>709</v>
       </c>
       <c r="F180" t="s">
-        <v>432</v>
+        <v>739</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>726</v>
+        <v>513</v>
       </c>
       <c r="H180" t="s">
-        <v>727</v>
+        <v>740</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>728</v>
+        <v>741</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>204</v>
+        <v>65</v>
       </c>
       <c r="D181" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E181" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F181" t="s">
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="H181" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>731</v>
+        <v>746</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>208</v>
+        <v>69</v>
       </c>
       <c r="D182" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E182" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F182" t="s">
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>732</v>
+        <v>747</v>
       </c>
       <c r="H182" t="s">
-        <v>733</v>
+        <v>748</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>212</v>
+        <v>73</v>
       </c>
       <c r="D183" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E183" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F183" t="s">
-        <v>603</v>
+        <v>656</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>735</v>
+        <v>750</v>
       </c>
       <c r="H183" t="s">
-        <v>736</v>
+        <v>751</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>737</v>
+        <v>752</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>216</v>
+        <v>77</v>
       </c>
       <c r="D184" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E184" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F184" t="s">
         <v>163</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>738</v>
+        <v>753</v>
       </c>
       <c r="H184" t="s">
-        <v>739</v>
+        <v>754</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>220</v>
+        <v>81</v>
       </c>
       <c r="D185" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E185" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F185" t="s">
         <v>163</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>741</v>
+        <v>756</v>
       </c>
       <c r="H185" t="s">
-        <v>742</v>
+        <v>757</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>743</v>
+        <v>758</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>224</v>
+        <v>85</v>
       </c>
       <c r="D186" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E186" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F186" t="s">
-        <v>587</v>
+        <v>163</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>744</v>
+        <v>759</v>
       </c>
       <c r="H186" t="s">
-        <v>745</v>
+        <v>760</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>746</v>
+        <v>761</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>228</v>
+        <v>89</v>
       </c>
       <c r="D187" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E187" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F187" t="s">
-        <v>647</v>
+        <v>762</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>747</v>
+        <v>763</v>
       </c>
       <c r="H187" t="s">
-        <v>748</v>
+        <v>764</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>749</v>
+        <v>765</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>233</v>
+        <v>93</v>
       </c>
       <c r="D188" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E188" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F188" t="s">
-        <v>647</v>
+        <v>350</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>750</v>
+        <v>766</v>
       </c>
       <c r="H188" t="s">
-        <v>751</v>
+        <v>767</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>752</v>
+        <v>768</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>237</v>
+        <v>97</v>
       </c>
       <c r="D189" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E189" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F189" t="s">
-        <v>647</v>
+        <v>769</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>753</v>
+        <v>770</v>
       </c>
       <c r="H189" t="s">
-        <v>754</v>
+        <v>771</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>241</v>
+        <v>101</v>
       </c>
       <c r="D190" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E190" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F190" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>756</v>
+        <v>773</v>
       </c>
       <c r="H190" t="s">
-        <v>757</v>
+        <v>774</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>758</v>
+        <v>775</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>245</v>
+        <v>105</v>
       </c>
       <c r="D191" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E191" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F191" t="s">
-        <v>647</v>
+        <v>776</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>759</v>
+        <v>777</v>
       </c>
       <c r="H191" t="s">
-        <v>760</v>
+        <v>778</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>761</v>
+        <v>779</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>249</v>
+        <v>109</v>
       </c>
       <c r="D192" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E192" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F192" t="s">
-        <v>647</v>
+        <v>762</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>762</v>
+        <v>780</v>
       </c>
       <c r="H192" t="s">
-        <v>763</v>
+        <v>781</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>764</v>
+        <v>782</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>253</v>
+        <v>113</v>
       </c>
       <c r="D193" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E193" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F193" t="s">
-        <v>647</v>
+        <v>783</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>765</v>
+        <v>784</v>
       </c>
       <c r="H193" t="s">
-        <v>766</v>
+        <v>785</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>767</v>
+        <v>786</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>257</v>
+        <v>117</v>
       </c>
       <c r="D194" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E194" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F194" t="s">
-        <v>658</v>
+        <v>642</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>553</v>
+        <v>787</v>
       </c>
       <c r="H194" t="s">
-        <v>768</v>
+        <v>788</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>261</v>
+        <v>121</v>
       </c>
       <c r="D195" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E195" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F195" t="s">
-        <v>647</v>
+        <v>790</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>770</v>
+        <v>791</v>
       </c>
       <c r="H195" t="s">
-        <v>771</v>
+        <v>792</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>772</v>
+        <v>793</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>265</v>
+        <v>125</v>
       </c>
       <c r="D196" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E196" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F196" t="s">
-        <v>647</v>
+        <v>333</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>773</v>
+        <v>794</v>
       </c>
       <c r="H196" t="s">
-        <v>774</v>
+        <v>795</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>775</v>
+        <v>796</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>269</v>
+        <v>129</v>
       </c>
       <c r="D197" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E197" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F197" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>776</v>
+        <v>797</v>
       </c>
       <c r="H197" t="s">
-        <v>777</v>
+        <v>798</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>778</v>
+        <v>799</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>273</v>
+        <v>133</v>
       </c>
       <c r="D198" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E198" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F198" t="s">
-        <v>779</v>
+        <v>642</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>780</v>
+        <v>800</v>
       </c>
       <c r="H198" t="s">
-        <v>781</v>
+        <v>801</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>782</v>
+        <v>802</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>277</v>
+        <v>137</v>
       </c>
       <c r="D199" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E199" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F199" t="s">
-        <v>779</v>
+        <v>333</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>783</v>
+        <v>803</v>
       </c>
       <c r="H199" t="s">
-        <v>784</v>
+        <v>804</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>785</v>
+        <v>805</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>281</v>
+        <v>141</v>
       </c>
       <c r="D200" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E200" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F200" t="s">
-        <v>647</v>
+        <v>333</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>786</v>
+        <v>806</v>
       </c>
       <c r="H200" t="s">
-        <v>787</v>
+        <v>807</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="D201" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E201" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F201" t="s">
-        <v>647</v>
+        <v>333</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="H201" t="s">
-        <v>701</v>
+        <v>810</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>790</v>
+        <v>811</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>288</v>
+        <v>150</v>
       </c>
       <c r="D202" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E202" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F202" t="s">
-        <v>791</v>
+        <v>333</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>792</v>
+        <v>812</v>
       </c>
       <c r="H202" t="s">
-        <v>793</v>
+        <v>813</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>794</v>
+        <v>814</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>292</v>
+        <v>154</v>
       </c>
       <c r="D203" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E203" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F203" t="s">
-        <v>647</v>
+        <v>815</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>795</v>
+        <v>816</v>
       </c>
       <c r="H203" t="s">
-        <v>796</v>
+        <v>817</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>797</v>
+        <v>818</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>296</v>
+        <v>158</v>
       </c>
       <c r="D204" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E204" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F204" t="s">
-        <v>647</v>
+        <v>815</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>798</v>
+        <v>819</v>
       </c>
       <c r="H204" t="s">
-        <v>799</v>
+        <v>820</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>800</v>
+        <v>821</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>300</v>
+        <v>162</v>
       </c>
       <c r="D205" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E205" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F205" t="s">
-        <v>647</v>
+        <v>762</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>801</v>
+        <v>822</v>
       </c>
       <c r="H205" t="s">
-        <v>802</v>
+        <v>823</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>803</v>
+        <v>824</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>304</v>
+        <v>167</v>
       </c>
       <c r="D206" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E206" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F206" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>805</v>
+        <v>825</v>
       </c>
       <c r="H206" t="s">
-        <v>806</v>
+        <v>826</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>807</v>
+        <v>827</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>308</v>
+        <v>171</v>
       </c>
       <c r="D207" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E207" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F207" t="s">
-        <v>432</v>
+        <v>350</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>808</v>
+        <v>828</v>
       </c>
       <c r="H207" t="s">
-        <v>809</v>
+        <v>829</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>810</v>
+        <v>830</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>312</v>
+        <v>175</v>
       </c>
       <c r="D208" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E208" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F208" t="s">
-        <v>811</v>
+        <v>163</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>812</v>
+        <v>831</v>
       </c>
       <c r="H208" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>814</v>
+        <v>833</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>316</v>
+        <v>180</v>
       </c>
       <c r="D209" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E209" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F209" t="s">
-        <v>815</v>
+        <v>663</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>816</v>
+        <v>834</v>
       </c>
       <c r="H209" t="s">
-        <v>817</v>
+        <v>835</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>818</v>
+        <v>836</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>320</v>
+        <v>184</v>
       </c>
       <c r="D210" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E210" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F210" t="s">
-        <v>163</v>
+        <v>837</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>819</v>
+        <v>838</v>
       </c>
       <c r="H210" t="s">
-        <v>820</v>
+        <v>839</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>821</v>
+        <v>840</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>324</v>
+        <v>188</v>
       </c>
       <c r="D211" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E211" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F211" t="s">
-        <v>815</v>
+        <v>432</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>822</v>
+        <v>841</v>
       </c>
       <c r="H211" t="s">
-        <v>823</v>
+        <v>842</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>824</v>
+        <v>843</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>328</v>
+        <v>192</v>
       </c>
       <c r="D212" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E212" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F212" t="s">
-        <v>587</v>
+        <v>432</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>825</v>
+        <v>844</v>
       </c>
       <c r="H212" t="s">
-        <v>826</v>
+        <v>845</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>827</v>
+        <v>846</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>332</v>
+        <v>196</v>
       </c>
       <c r="D213" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E213" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F213" t="s">
-        <v>142</v>
+        <v>432</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>828</v>
+        <v>847</v>
       </c>
       <c r="H213" t="s">
-        <v>829</v>
+        <v>848</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>830</v>
+        <v>849</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>337</v>
+        <v>200</v>
       </c>
       <c r="D214" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E214" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F214" t="s">
-        <v>163</v>
+        <v>432</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>831</v>
+        <v>850</v>
       </c>
       <c r="H214" t="s">
-        <v>832</v>
+        <v>851</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>833</v>
+        <v>852</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>341</v>
+        <v>204</v>
       </c>
       <c r="D215" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E215" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F215" t="s">
-        <v>804</v>
+        <v>729</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>834</v>
+        <v>853</v>
       </c>
       <c r="H215" t="s">
-        <v>835</v>
+        <v>854</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>836</v>
+        <v>855</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>345</v>
+        <v>208</v>
       </c>
       <c r="D216" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E216" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F216" t="s">
-        <v>804</v>
+        <v>729</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>837</v>
+        <v>856</v>
       </c>
       <c r="H216" t="s">
-        <v>838</v>
+        <v>857</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>349</v>
+        <v>212</v>
       </c>
       <c r="D217" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E217" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F217" t="s">
-        <v>804</v>
+        <v>729</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>840</v>
+        <v>859</v>
       </c>
       <c r="H217" t="s">
-        <v>841</v>
+        <v>860</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>842</v>
+        <v>861</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>354</v>
+        <v>216</v>
       </c>
       <c r="D218" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E218" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F218" t="s">
-        <v>350</v>
+        <v>163</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>843</v>
+        <v>862</v>
       </c>
       <c r="H218" t="s">
-        <v>844</v>
+        <v>863</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>845</v>
+        <v>864</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>358</v>
+        <v>220</v>
       </c>
       <c r="D219" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E219" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F219" t="s">
         <v>163</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>846</v>
+        <v>865</v>
       </c>
       <c r="H219" t="s">
-        <v>847</v>
+        <v>866</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>848</v>
+        <v>867</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>362</v>
+        <v>224</v>
       </c>
       <c r="D220" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E220" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F220" t="s">
-        <v>804</v>
+        <v>656</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>849</v>
+        <v>868</v>
       </c>
       <c r="H220" t="s">
-        <v>850</v>
+        <v>869</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>851</v>
+        <v>870</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>366</v>
+        <v>228</v>
       </c>
       <c r="D221" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E221" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F221" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
       <c r="H221" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>854</v>
+        <v>873</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>370</v>
+        <v>233</v>
       </c>
       <c r="D222" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E222" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F222" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>855</v>
+        <v>874</v>
       </c>
       <c r="H222" t="s">
-        <v>856</v>
+        <v>875</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>857</v>
+        <v>876</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>374</v>
+        <v>237</v>
       </c>
       <c r="D223" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E223" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F223" t="s">
-        <v>587</v>
+        <v>642</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>858</v>
+        <v>877</v>
       </c>
       <c r="H223" t="s">
-        <v>859</v>
+        <v>878</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>860</v>
+        <v>879</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>378</v>
+        <v>241</v>
       </c>
       <c r="D224" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E224" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F224" t="s">
-        <v>603</v>
+        <v>642</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>861</v>
+        <v>880</v>
       </c>
       <c r="H224" t="s">
-        <v>862</v>
+        <v>881</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>863</v>
+        <v>882</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>383</v>
+        <v>245</v>
       </c>
       <c r="D225" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E225" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F225" t="s">
-        <v>709</v>
+        <v>642</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>864</v>
+        <v>883</v>
       </c>
       <c r="H225" t="s">
-        <v>865</v>
+        <v>884</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>387</v>
+        <v>249</v>
       </c>
       <c r="D226" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E226" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F226" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>867</v>
+        <v>886</v>
       </c>
       <c r="H226" t="s">
-        <v>868</v>
+        <v>887</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>869</v>
+        <v>888</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>391</v>
+        <v>253</v>
       </c>
       <c r="D227" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E227" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F227" t="s">
-        <v>333</v>
+        <v>642</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>870</v>
+        <v>889</v>
       </c>
       <c r="H227" t="s">
-        <v>871</v>
+        <v>890</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>872</v>
+        <v>891</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>395</v>
+        <v>257</v>
       </c>
       <c r="D228" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E228" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F228" t="s">
-        <v>873</v>
+        <v>783</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>874</v>
+        <v>513</v>
       </c>
       <c r="H228" t="s">
-        <v>875</v>
+        <v>892</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>876</v>
+        <v>893</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>399</v>
+        <v>261</v>
       </c>
       <c r="D229" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E229" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F229" t="s">
-        <v>877</v>
+        <v>642</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>878</v>
+        <v>894</v>
       </c>
       <c r="H229" t="s">
-        <v>879</v>
+        <v>895</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>880</v>
+        <v>896</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>403</v>
+        <v>265</v>
       </c>
       <c r="D230" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E230" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F230" t="s">
-        <v>350</v>
+        <v>642</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>881</v>
+        <v>897</v>
       </c>
       <c r="H230" t="s">
-        <v>882</v>
+        <v>898</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>883</v>
+        <v>899</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>407</v>
+        <v>269</v>
       </c>
       <c r="D231" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E231" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F231" t="s">
-        <v>333</v>
+        <v>642</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>884</v>
+        <v>900</v>
       </c>
       <c r="H231" t="s">
-        <v>885</v>
+        <v>901</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>886</v>
+        <v>902</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>411</v>
+        <v>273</v>
       </c>
       <c r="D232" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E232" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F232" t="s">
-        <v>163</v>
+        <v>903</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>887</v>
+        <v>904</v>
       </c>
       <c r="H232" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>889</v>
+        <v>906</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>415</v>
+        <v>277</v>
       </c>
       <c r="D233" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E233" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F233" t="s">
-        <v>350</v>
+        <v>903</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>890</v>
+        <v>907</v>
       </c>
       <c r="H233" t="s">
-        <v>891</v>
+        <v>908</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>892</v>
+        <v>909</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>419</v>
+        <v>281</v>
       </c>
       <c r="D234" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E234" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F234" t="s">
-        <v>163</v>
+        <v>642</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>893</v>
+        <v>910</v>
       </c>
       <c r="H234" t="s">
-        <v>894</v>
+        <v>911</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>895</v>
+        <v>912</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>423</v>
+        <v>285</v>
       </c>
       <c r="D235" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E235" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F235" t="s">
-        <v>587</v>
+        <v>642</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>896</v>
+        <v>913</v>
       </c>
       <c r="H235" t="s">
-        <v>897</v>
+        <v>826</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>898</v>
+        <v>914</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>427</v>
+        <v>288</v>
       </c>
       <c r="D236" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E236" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F236" t="s">
-        <v>350</v>
+        <v>915</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>899</v>
+        <v>916</v>
       </c>
       <c r="H236" t="s">
-        <v>900</v>
+        <v>917</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>901</v>
+        <v>918</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>431</v>
+        <v>292</v>
       </c>
       <c r="D237" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E237" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F237" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
       <c r="H237" t="s">
-        <v>903</v>
+        <v>920</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>904</v>
+        <v>921</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>436</v>
+        <v>296</v>
       </c>
       <c r="D238" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E238" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F238" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>905</v>
+        <v>922</v>
       </c>
       <c r="H238" t="s">
-        <v>906</v>
+        <v>923</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>907</v>
+        <v>924</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>908</v>
+        <v>300</v>
       </c>
       <c r="D239" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E239" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F239" t="s">
-        <v>804</v>
+        <v>642</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>909</v>
+        <v>925</v>
       </c>
       <c r="H239" t="s">
-        <v>910</v>
+        <v>926</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>911</v>
+        <v>927</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>912</v>
+        <v>304</v>
       </c>
       <c r="D240" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E240" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F240" t="s">
-        <v>603</v>
+        <v>649</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>913</v>
+        <v>928</v>
       </c>
       <c r="H240" t="s">
-        <v>914</v>
+        <v>929</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>916</v>
+        <v>308</v>
       </c>
       <c r="D241" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E241" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F241" t="s">
-        <v>804</v>
+        <v>432</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="H241" t="s">
-        <v>918</v>
+        <v>932</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>919</v>
+        <v>933</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>920</v>
+        <v>312</v>
       </c>
       <c r="D242" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E242" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F242" t="s">
-        <v>921</v>
+        <v>934</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>922</v>
+        <v>935</v>
       </c>
       <c r="H242" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>925</v>
+        <v>316</v>
       </c>
       <c r="D243" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E243" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F243" t="s">
-        <v>587</v>
+        <v>938</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>926</v>
+        <v>939</v>
       </c>
       <c r="H243" t="s">
-        <v>927</v>
+        <v>940</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>929</v>
+        <v>320</v>
       </c>
       <c r="D244" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E244" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F244" t="s">
-        <v>587</v>
+        <v>163</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>930</v>
+        <v>942</v>
       </c>
       <c r="H244" t="s">
-        <v>931</v>
+        <v>943</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>932</v>
+        <v>944</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>933</v>
+        <v>324</v>
       </c>
       <c r="D245" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E245" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F245" t="s">
-        <v>350</v>
+        <v>938</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>934</v>
+        <v>945</v>
       </c>
       <c r="H245" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>937</v>
+        <v>328</v>
       </c>
       <c r="D246" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E246" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F246" t="s">
-        <v>804</v>
+        <v>656</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="H246" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>941</v>
+        <v>332</v>
       </c>
       <c r="D247" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E247" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F247" t="s">
-        <v>350</v>
+        <v>142</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="H247" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>945</v>
+        <v>337</v>
       </c>
       <c r="D248" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E248" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F248" t="s">
-        <v>333</v>
+        <v>163</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="H248" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>949</v>
+        <v>341</v>
       </c>
       <c r="D249" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E249" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F249" t="s">
-        <v>333</v>
+        <v>649</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="H249" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>953</v>
+        <v>345</v>
       </c>
       <c r="D250" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E250" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F250" t="s">
-        <v>333</v>
+        <v>649</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="H250" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>957</v>
+        <v>349</v>
       </c>
       <c r="D251" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E251" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F251" t="s">
-        <v>709</v>
+        <v>649</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="H251" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>961</v>
+        <v>354</v>
       </c>
       <c r="D252" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E252" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F252" t="s">
         <v>350</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="H252" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>965</v>
+        <v>358</v>
       </c>
       <c r="D253" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E253" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F253" t="s">
-        <v>804</v>
+        <v>163</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="H253" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>969</v>
+        <v>362</v>
       </c>
       <c r="D254" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E254" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F254" t="s">
-        <v>333</v>
+        <v>649</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="H254" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>973</v>
+        <v>366</v>
       </c>
       <c r="D255" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E255" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F255" t="s">
-        <v>333</v>
+        <v>649</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H255" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>977</v>
+        <v>370</v>
       </c>
       <c r="D256" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E256" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F256" t="s">
-        <v>333</v>
+        <v>649</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>978</v>
       </c>
       <c r="H256" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>980</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
+        <v>374</v>
+      </c>
+      <c r="D257" t="s">
+        <v>742</v>
+      </c>
+      <c r="E257" t="s">
+        <v>743</v>
+      </c>
+      <c r="F257" t="s">
+        <v>656</v>
+      </c>
+      <c r="G257" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="D257" t="s">
-[...8 lines deleted...]
-      <c r="G257" s="1" t="s">
+      <c r="H257" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
+        <v>983</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>378</v>
+      </c>
+      <c r="D258" t="s">
+        <v>742</v>
+      </c>
+      <c r="E258" t="s">
+        <v>743</v>
+      </c>
+      <c r="F258" t="s">
+        <v>729</v>
+      </c>
+      <c r="G258" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B258" t="s">
-[...2 lines deleted...]
-      <c r="C258" t="s">
+      <c r="H258" t="s">
         <v>985</v>
-      </c>
-[...13 lines deleted...]
-        <v>987</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>986</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>383</v>
+      </c>
+      <c r="D259" t="s">
+        <v>742</v>
+      </c>
+      <c r="E259" t="s">
+        <v>743</v>
+      </c>
+      <c r="F259" t="s">
+        <v>663</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="H259" t="s">
         <v>988</v>
-      </c>
-[...19 lines deleted...]
-        <v>991</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>993</v>
+        <v>387</v>
       </c>
       <c r="D260" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E260" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F260" t="s">
-        <v>333</v>
+        <v>649</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="H260" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>997</v>
+        <v>391</v>
       </c>
       <c r="D261" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E261" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F261" t="s">
         <v>333</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="H261" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>1001</v>
+        <v>395</v>
       </c>
       <c r="D262" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E262" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F262" t="s">
-        <v>804</v>
+        <v>996</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="H262" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>1005</v>
+        <v>399</v>
       </c>
       <c r="D263" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E263" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F263" t="s">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="H263" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>1009</v>
+        <v>403</v>
       </c>
       <c r="D264" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E264" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F264" t="s">
-        <v>587</v>
+        <v>350</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1010</v>
+        <v>1004</v>
       </c>
       <c r="H264" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>1013</v>
+        <v>407</v>
       </c>
       <c r="D265" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E265" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F265" t="s">
-        <v>804</v>
+        <v>333</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="H265" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1017</v>
+        <v>411</v>
       </c>
       <c r="D266" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E266" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F266" t="s">
-        <v>1018</v>
+        <v>163</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
       <c r="H266" t="s">
-        <v>1020</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>1022</v>
+        <v>415</v>
       </c>
       <c r="D267" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E267" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F267" t="s">
-        <v>709</v>
+        <v>350</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1023</v>
+        <v>1013</v>
       </c>
       <c r="H267" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>1026</v>
+        <v>419</v>
       </c>
       <c r="D268" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E268" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F268" t="s">
-        <v>350</v>
+        <v>163</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1027</v>
+        <v>1016</v>
       </c>
       <c r="H268" t="s">
-        <v>1028</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1029</v>
+        <v>1018</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>1030</v>
+        <v>423</v>
       </c>
       <c r="D269" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E269" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F269" t="s">
-        <v>1031</v>
+        <v>656</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1032</v>
+        <v>1019</v>
       </c>
       <c r="H269" t="s">
-        <v>1033</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>1035</v>
+        <v>427</v>
       </c>
       <c r="D270" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E270" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F270" t="s">
         <v>350</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1036</v>
+        <v>1022</v>
       </c>
       <c r="H270" t="s">
-        <v>1037</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1038</v>
+        <v>1024</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>1039</v>
+        <v>431</v>
       </c>
       <c r="D271" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E271" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F271" t="s">
-        <v>921</v>
+        <v>649</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1040</v>
+        <v>1025</v>
       </c>
       <c r="H271" t="s">
-        <v>1041</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1042</v>
+        <v>1027</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>1043</v>
+        <v>436</v>
       </c>
       <c r="D272" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E272" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F272" t="s">
-        <v>350</v>
+        <v>649</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1044</v>
+        <v>1028</v>
       </c>
       <c r="H272" t="s">
-        <v>1045</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1046</v>
+        <v>1030</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>1047</v>
+        <v>440</v>
       </c>
       <c r="D273" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E273" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F273" t="s">
-        <v>432</v>
+        <v>649</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1048</v>
+        <v>1031</v>
       </c>
       <c r="H273" t="s">
-        <v>1049</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1050</v>
+        <v>1033</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>1051</v>
+        <v>444</v>
       </c>
       <c r="D274" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E274" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F274" t="s">
-        <v>432</v>
+        <v>729</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1052</v>
+        <v>1034</v>
       </c>
       <c r="H274" t="s">
-        <v>1053</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1054</v>
+        <v>1036</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>1055</v>
+        <v>448</v>
       </c>
       <c r="D275" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E275" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F275" t="s">
-        <v>350</v>
+        <v>649</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1056</v>
+        <v>1037</v>
       </c>
       <c r="H275" t="s">
-        <v>1057</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1058</v>
+        <v>1039</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1059</v>
+        <v>452</v>
       </c>
       <c r="D276" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E276" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F276" t="s">
-        <v>333</v>
+        <v>1040</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1060</v>
+        <v>1041</v>
       </c>
       <c r="H276" t="s">
-        <v>1061</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1062</v>
+        <v>1043</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1063</v>
+        <v>456</v>
       </c>
       <c r="D277" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E277" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F277" t="s">
-        <v>333</v>
+        <v>656</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1064</v>
+        <v>1044</v>
       </c>
       <c r="H277" t="s">
-        <v>1065</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1066</v>
+        <v>1046</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1067</v>
+        <v>460</v>
       </c>
       <c r="D278" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E278" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F278" t="s">
-        <v>333</v>
+        <v>656</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1068</v>
+        <v>1047</v>
       </c>
       <c r="H278" t="s">
-        <v>1069</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1070</v>
+        <v>1049</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1071</v>
+        <v>464</v>
       </c>
       <c r="D279" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E279" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F279" t="s">
-        <v>815</v>
+        <v>350</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1072</v>
+        <v>1050</v>
       </c>
       <c r="H279" t="s">
-        <v>1073</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1074</v>
+        <v>1052</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1075</v>
+        <v>468</v>
       </c>
       <c r="D280" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E280" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F280" t="s">
-        <v>690</v>
+        <v>649</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1076</v>
+        <v>1053</v>
       </c>
       <c r="H280" t="s">
-        <v>1077</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1078</v>
+        <v>1055</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1079</v>
+        <v>472</v>
       </c>
       <c r="D281" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E281" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F281" t="s">
-        <v>333</v>
+        <v>350</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1080</v>
+        <v>1056</v>
       </c>
       <c r="H281" t="s">
-        <v>1081</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1082</v>
+        <v>1058</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1083</v>
+        <v>476</v>
       </c>
       <c r="D282" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E282" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F282" t="s">
-        <v>1084</v>
+        <v>333</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1085</v>
+        <v>1059</v>
       </c>
       <c r="H282" t="s">
-        <v>1086</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1087</v>
+        <v>1061</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1088</v>
+        <v>480</v>
       </c>
       <c r="D283" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E283" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F283" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1089</v>
+        <v>1062</v>
       </c>
       <c r="H283" t="s">
-        <v>1090</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1091</v>
+        <v>1064</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1092</v>
+        <v>485</v>
       </c>
       <c r="D284" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E284" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F284" t="s">
-        <v>587</v>
+        <v>333</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1093</v>
+        <v>1065</v>
       </c>
       <c r="H284" t="s">
-        <v>1094</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1095</v>
+        <v>1067</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1096</v>
+        <v>489</v>
       </c>
       <c r="D285" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E285" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F285" t="s">
-        <v>333</v>
+        <v>663</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1097</v>
+        <v>1068</v>
       </c>
       <c r="H285" t="s">
-        <v>1098</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1099</v>
+        <v>1070</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1100</v>
+        <v>493</v>
       </c>
       <c r="D286" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E286" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F286" t="s">
-        <v>163</v>
+        <v>350</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1101</v>
+        <v>1071</v>
       </c>
       <c r="H286" t="s">
-        <v>1102</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1103</v>
+        <v>1073</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1104</v>
+        <v>1074</v>
       </c>
       <c r="D287" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E287" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F287" t="s">
-        <v>1105</v>
+        <v>649</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1106</v>
+        <v>1075</v>
       </c>
       <c r="H287" t="s">
-        <v>1107</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1108</v>
+        <v>1077</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1109</v>
+        <v>1078</v>
       </c>
       <c r="D288" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E288" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F288" t="s">
-        <v>647</v>
+        <v>333</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1110</v>
+        <v>1079</v>
       </c>
       <c r="H288" t="s">
-        <v>1111</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1112</v>
+        <v>1081</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1113</v>
+        <v>1082</v>
       </c>
       <c r="D289" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E289" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F289" t="s">
-        <v>163</v>
+        <v>333</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1114</v>
+        <v>1083</v>
       </c>
       <c r="H289" t="s">
-        <v>1115</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1116</v>
+        <v>1085</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1117</v>
+        <v>1086</v>
       </c>
       <c r="D290" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E290" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F290" t="s">
-        <v>163</v>
+        <v>333</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1118</v>
+        <v>1087</v>
       </c>
       <c r="H290" t="s">
-        <v>1119</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1120</v>
+        <v>1089</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1121</v>
+        <v>1090</v>
       </c>
       <c r="D291" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E291" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F291" t="s">
-        <v>1122</v>
+        <v>649</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1123</v>
+        <v>1091</v>
       </c>
       <c r="H291" t="s">
-        <v>1124</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1125</v>
+        <v>1093</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1126</v>
+        <v>1094</v>
       </c>
       <c r="D292" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E292" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F292" t="s">
-        <v>1122</v>
+        <v>649</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1127</v>
+        <v>1095</v>
       </c>
       <c r="H292" t="s">
-        <v>1128</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1129</v>
+        <v>1097</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1130</v>
+        <v>1098</v>
       </c>
       <c r="D293" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E293" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F293" t="s">
-        <v>1122</v>
+        <v>379</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1131</v>
+        <v>1099</v>
       </c>
       <c r="H293" t="s">
-        <v>1132</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1133</v>
+        <v>1101</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1134</v>
+        <v>1102</v>
       </c>
       <c r="D294" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E294" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F294" t="s">
-        <v>1122</v>
+        <v>333</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1135</v>
+        <v>1103</v>
       </c>
       <c r="H294" t="s">
-        <v>1136</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1137</v>
+        <v>1105</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1138</v>
+        <v>1106</v>
       </c>
       <c r="D295" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E295" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F295" t="s">
-        <v>1139</v>
+        <v>333</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1140</v>
+        <v>1107</v>
       </c>
       <c r="H295" t="s">
-        <v>1141</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1142</v>
+        <v>1109</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1143</v>
+        <v>1110</v>
       </c>
       <c r="D296" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E296" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F296" t="s">
-        <v>1139</v>
+        <v>649</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1144</v>
+        <v>1111</v>
       </c>
       <c r="H296" t="s">
-        <v>1145</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1146</v>
+        <v>1113</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1147</v>
+        <v>1114</v>
       </c>
       <c r="D297" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E297" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F297" t="s">
-        <v>1139</v>
+        <v>350</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1148</v>
+        <v>1115</v>
       </c>
       <c r="H297" t="s">
-        <v>1149</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1150</v>
+        <v>1117</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1151</v>
+        <v>1118</v>
       </c>
       <c r="D298" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E298" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F298" t="s">
-        <v>333</v>
+        <v>656</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1152</v>
+        <v>1119</v>
       </c>
       <c r="H298" t="s">
-        <v>1153</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1154</v>
+        <v>1121</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1155</v>
+        <v>1122</v>
       </c>
       <c r="D299" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E299" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F299" t="s">
-        <v>603</v>
+        <v>649</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1156</v>
+        <v>1123</v>
       </c>
       <c r="H299" t="s">
-        <v>1157</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1158</v>
+        <v>1125</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1159</v>
+        <v>1126</v>
       </c>
       <c r="D300" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E300" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F300" t="s">
-        <v>1160</v>
+        <v>1127</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>553</v>
+        <v>1128</v>
       </c>
       <c r="H300" t="s">
-        <v>1161</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1162</v>
+        <v>1130</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1163</v>
+        <v>1131</v>
       </c>
       <c r="D301" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E301" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F301" t="s">
-        <v>333</v>
+        <v>663</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1164</v>
+        <v>1132</v>
       </c>
       <c r="H301" t="s">
-        <v>1165</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1166</v>
+        <v>1134</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1167</v>
+        <v>1135</v>
       </c>
       <c r="D302" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E302" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F302" t="s">
-        <v>333</v>
+        <v>350</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1168</v>
+        <v>1136</v>
       </c>
       <c r="H302" t="s">
-        <v>1169</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1170</v>
+        <v>1138</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1171</v>
+        <v>1139</v>
       </c>
       <c r="D303" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E303" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F303" t="s">
-        <v>333</v>
+        <v>1140</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1172</v>
+        <v>1141</v>
       </c>
       <c r="H303" t="s">
-        <v>1173</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1174</v>
+        <v>1143</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1175</v>
+        <v>1144</v>
       </c>
       <c r="D304" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E304" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F304" t="s">
-        <v>333</v>
+        <v>350</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1176</v>
+        <v>1145</v>
       </c>
       <c r="H304" t="s">
-        <v>1177</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1178</v>
+        <v>1147</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1179</v>
+        <v>1148</v>
       </c>
       <c r="D305" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E305" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F305" t="s">
-        <v>333</v>
+        <v>1040</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1180</v>
+        <v>1149</v>
       </c>
       <c r="H305" t="s">
-        <v>1181</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1182</v>
+        <v>1151</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1183</v>
+        <v>1152</v>
       </c>
       <c r="D306" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E306" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F306" t="s">
-        <v>709</v>
+        <v>350</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1184</v>
+        <v>1153</v>
       </c>
       <c r="H306" t="s">
-        <v>1185</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1186</v>
+        <v>1155</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1187</v>
+        <v>1156</v>
       </c>
       <c r="D307" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E307" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F307" t="s">
-        <v>350</v>
+        <v>432</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1188</v>
+        <v>1157</v>
       </c>
       <c r="H307" t="s">
-        <v>1189</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1190</v>
+        <v>1159</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1191</v>
+        <v>1160</v>
       </c>
       <c r="D308" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E308" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F308" t="s">
-        <v>350</v>
+        <v>432</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1192</v>
+        <v>1161</v>
       </c>
       <c r="H308" t="s">
-        <v>1193</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1194</v>
+        <v>1163</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1195</v>
+        <v>1164</v>
       </c>
       <c r="D309" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E309" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F309" t="s">
         <v>350</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1196</v>
+        <v>1165</v>
       </c>
       <c r="H309" t="s">
-        <v>1197</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1198</v>
+        <v>1167</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1199</v>
+        <v>1168</v>
       </c>
       <c r="D310" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E310" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F310" t="s">
         <v>333</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1200</v>
+        <v>1169</v>
       </c>
       <c r="H310" t="s">
-        <v>1201</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1202</v>
+        <v>1171</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1203</v>
+        <v>1172</v>
       </c>
       <c r="D311" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E311" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F311" t="s">
-        <v>709</v>
+        <v>333</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1204</v>
+        <v>1173</v>
       </c>
       <c r="H311" t="s">
-        <v>1205</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1206</v>
+        <v>1175</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1207</v>
+        <v>1176</v>
       </c>
       <c r="D312" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E312" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F312" t="s">
-        <v>709</v>
+        <v>333</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1208</v>
+        <v>1177</v>
       </c>
       <c r="H312" t="s">
-        <v>1209</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1210</v>
+        <v>1179</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1211</v>
+        <v>1180</v>
       </c>
       <c r="D313" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E313" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F313" t="s">
-        <v>333</v>
+        <v>938</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1212</v>
+        <v>1181</v>
       </c>
       <c r="H313" t="s">
-        <v>1213</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1214</v>
+        <v>1183</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1215</v>
+        <v>1184</v>
       </c>
       <c r="D314" t="s">
-        <v>616</v>
+        <v>742</v>
       </c>
       <c r="E314" t="s">
-        <v>617</v>
+        <v>743</v>
       </c>
       <c r="F314" t="s">
-        <v>379</v>
+        <v>815</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>553</v>
+        <v>1185</v>
       </c>
       <c r="H314" t="s">
-        <v>1216</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1217</v>
+        <v>1187</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1218</v>
+        <v>1188</v>
       </c>
       <c r="D315" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E315" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F315" t="s">
-        <v>379</v>
+        <v>333</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1221</v>
+        <v>1189</v>
       </c>
       <c r="H315" t="s">
-        <v>1222</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1223</v>
+        <v>1191</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1224</v>
+        <v>1192</v>
       </c>
       <c r="D316" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E316" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F316" t="s">
-        <v>1225</v>
+        <v>1193</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1226</v>
+        <v>1194</v>
       </c>
       <c r="H316" t="s">
-        <v>1227</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1228</v>
+        <v>1196</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1229</v>
+        <v>1197</v>
       </c>
       <c r="D317" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E317" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F317" t="s">
-        <v>1225</v>
+        <v>350</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>553</v>
+        <v>1198</v>
       </c>
       <c r="H317" t="s">
-        <v>1230</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1231</v>
+        <v>1200</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1232</v>
+        <v>1201</v>
       </c>
       <c r="D318" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E318" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F318" t="s">
-        <v>1233</v>
+        <v>656</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1234</v>
+        <v>1202</v>
       </c>
       <c r="H318" t="s">
-        <v>1235</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1236</v>
+        <v>1204</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1237</v>
+        <v>1205</v>
       </c>
       <c r="D319" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E319" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F319" t="s">
-        <v>587</v>
+        <v>333</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1238</v>
+        <v>1206</v>
       </c>
       <c r="H319" t="s">
-        <v>1239</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1240</v>
+        <v>1208</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1241</v>
+        <v>1209</v>
       </c>
       <c r="D320" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E320" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F320" t="s">
-        <v>379</v>
+        <v>163</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>553</v>
+        <v>1210</v>
       </c>
       <c r="H320" t="s">
-        <v>1242</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1243</v>
+        <v>1212</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1244</v>
+        <v>1213</v>
       </c>
       <c r="D321" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E321" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F321" t="s">
-        <v>333</v>
+        <v>1214</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1245</v>
+        <v>1215</v>
       </c>
       <c r="H321" t="s">
-        <v>1246</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1247</v>
+        <v>1217</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1248</v>
+        <v>1218</v>
       </c>
       <c r="D322" t="s">
+        <v>742</v>
+      </c>
+      <c r="E322" t="s">
+        <v>743</v>
+      </c>
+      <c r="F322" t="s">
+        <v>642</v>
+      </c>
+      <c r="G322" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="E322" t="s">
+      <c r="H322" t="s">
         <v>1220</v>
-      </c>
-[...7 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1251</v>
+        <v>1221</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1252</v>
+        <v>1222</v>
       </c>
       <c r="D323" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E323" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F323" t="s">
-        <v>53</v>
+        <v>163</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1253</v>
+        <v>1223</v>
       </c>
       <c r="H323" t="s">
-        <v>1254</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1255</v>
+        <v>1225</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1256</v>
+        <v>1226</v>
       </c>
       <c r="D324" t="s">
-        <v>1219</v>
+        <v>742</v>
       </c>
       <c r="E324" t="s">
-        <v>1220</v>
+        <v>743</v>
       </c>
       <c r="F324" t="s">
-        <v>815</v>
+        <v>163</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>553</v>
+        <v>1227</v>
       </c>
       <c r="H324" t="s">
-        <v>1257</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1258</v>
+        <v>1229</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>17</v>
+        <v>1230</v>
       </c>
       <c r="D325" t="s">
-        <v>1259</v>
+        <v>742</v>
       </c>
       <c r="E325" t="s">
-        <v>1260</v>
+        <v>743</v>
       </c>
       <c r="F325" t="s">
-        <v>13</v>
+        <v>1231</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>553</v>
+        <v>1232</v>
       </c>
       <c r="H325" t="s">
-        <v>1261</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1262</v>
+        <v>1234</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1263</v>
+        <v>1235</v>
       </c>
       <c r="D326" t="s">
-        <v>1264</v>
+        <v>742</v>
       </c>
       <c r="E326" t="s">
-        <v>1265</v>
+        <v>743</v>
       </c>
       <c r="F326" t="s">
-        <v>53</v>
+        <v>1231</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>553</v>
+        <v>1236</v>
       </c>
       <c r="H326" t="s">
-        <v>1266</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D327" t="s">
+        <v>742</v>
+      </c>
+      <c r="E327" t="s">
+        <v>743</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D328" t="s">
+        <v>742</v>
+      </c>
+      <c r="E328" t="s">
+        <v>743</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D329" t="s">
+        <v>742</v>
+      </c>
+      <c r="E329" t="s">
+        <v>743</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D330" t="s">
+        <v>742</v>
+      </c>
+      <c r="E330" t="s">
+        <v>743</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D331" t="s">
+        <v>742</v>
+      </c>
+      <c r="E331" t="s">
+        <v>743</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1248</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D332" t="s">
+        <v>742</v>
+      </c>
+      <c r="E332" t="s">
+        <v>743</v>
+      </c>
+      <c r="F332" t="s">
+        <v>333</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D333" t="s">
+        <v>742</v>
+      </c>
+      <c r="E333" t="s">
+        <v>743</v>
+      </c>
+      <c r="F333" t="s">
+        <v>729</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
         <v>1267</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
         <v>1268</v>
       </c>
-      <c r="D327" t="s">
-[...5 lines deleted...]
-      <c r="F327" t="s">
+      <c r="D334" t="s">
+        <v>742</v>
+      </c>
+      <c r="E334" t="s">
+        <v>743</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D335" t="s">
+        <v>742</v>
+      </c>
+      <c r="E335" t="s">
+        <v>743</v>
+      </c>
+      <c r="F335" t="s">
+        <v>333</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D336" t="s">
+        <v>742</v>
+      </c>
+      <c r="E336" t="s">
+        <v>743</v>
+      </c>
+      <c r="F336" t="s">
+        <v>333</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D337" t="s">
+        <v>742</v>
+      </c>
+      <c r="E337" t="s">
+        <v>743</v>
+      </c>
+      <c r="F337" t="s">
+        <v>333</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D338" t="s">
+        <v>742</v>
+      </c>
+      <c r="E338" t="s">
+        <v>743</v>
+      </c>
+      <c r="F338" t="s">
+        <v>333</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D339" t="s">
+        <v>742</v>
+      </c>
+      <c r="E339" t="s">
+        <v>743</v>
+      </c>
+      <c r="F339" t="s">
+        <v>333</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D340" t="s">
+        <v>742</v>
+      </c>
+      <c r="E340" t="s">
+        <v>743</v>
+      </c>
+      <c r="F340" t="s">
+        <v>663</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D341" t="s">
+        <v>742</v>
+      </c>
+      <c r="E341" t="s">
+        <v>743</v>
+      </c>
+      <c r="F341" t="s">
+        <v>350</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D342" t="s">
+        <v>742</v>
+      </c>
+      <c r="E342" t="s">
+        <v>743</v>
+      </c>
+      <c r="F342" t="s">
+        <v>350</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D343" t="s">
+        <v>742</v>
+      </c>
+      <c r="E343" t="s">
+        <v>743</v>
+      </c>
+      <c r="F343" t="s">
+        <v>350</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D344" t="s">
+        <v>742</v>
+      </c>
+      <c r="E344" t="s">
+        <v>743</v>
+      </c>
+      <c r="F344" t="s">
+        <v>333</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D345" t="s">
+        <v>742</v>
+      </c>
+      <c r="E345" t="s">
+        <v>743</v>
+      </c>
+      <c r="F345" t="s">
+        <v>663</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D346" t="s">
+        <v>742</v>
+      </c>
+      <c r="E346" t="s">
+        <v>743</v>
+      </c>
+      <c r="F346" t="s">
+        <v>663</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D347" t="s">
+        <v>742</v>
+      </c>
+      <c r="E347" t="s">
+        <v>743</v>
+      </c>
+      <c r="F347" t="s">
+        <v>333</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D348" t="s">
+        <v>742</v>
+      </c>
+      <c r="E348" t="s">
+        <v>743</v>
+      </c>
+      <c r="F348" t="s">
+        <v>379</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D349" t="s">
+        <v>742</v>
+      </c>
+      <c r="E349" t="s">
+        <v>743</v>
+      </c>
+      <c r="F349" t="s">
+        <v>142</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D350" t="s">
+        <v>742</v>
+      </c>
+      <c r="E350" t="s">
+        <v>743</v>
+      </c>
+      <c r="F350" t="s">
+        <v>432</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D351" t="s">
+        <v>742</v>
+      </c>
+      <c r="E351" t="s">
+        <v>743</v>
+      </c>
+      <c r="F351" t="s">
+        <v>649</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H351" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D352" t="s">
+        <v>742</v>
+      </c>
+      <c r="E352" t="s">
+        <v>743</v>
+      </c>
+      <c r="F352" t="s">
+        <v>350</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D353" t="s">
+        <v>742</v>
+      </c>
+      <c r="E353" t="s">
+        <v>743</v>
+      </c>
+      <c r="F353" t="s">
+        <v>350</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D354" t="s">
+        <v>742</v>
+      </c>
+      <c r="E354" t="s">
+        <v>743</v>
+      </c>
+      <c r="F354" t="s">
+        <v>333</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D355" t="s">
+        <v>742</v>
+      </c>
+      <c r="E355" t="s">
+        <v>743</v>
+      </c>
+      <c r="F355" t="s">
+        <v>333</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D356" t="s">
+        <v>742</v>
+      </c>
+      <c r="E356" t="s">
+        <v>743</v>
+      </c>
+      <c r="F356" t="s">
+        <v>333</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D357" t="s">
+        <v>742</v>
+      </c>
+      <c r="E357" t="s">
+        <v>743</v>
+      </c>
+      <c r="F357" t="s">
+        <v>333</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F358" t="s">
+        <v>379</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1370</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1370</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F362" t="s">
+        <v>656</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F363" t="s">
+        <v>379</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F364" t="s">
+        <v>333</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F365" t="s">
+        <v>333</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F366" t="s">
         <v>53</v>
       </c>
-      <c r="G327" s="1" t="s">
-[...3 lines deleted...]
-        <v>1269</v>
+      <c r="G366" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F367" t="s">
+        <v>938</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>17</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F368" t="s">
+        <v>13</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F369" t="s">
+        <v>53</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F370" t="s">
+        <v>53</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1414</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13052,50 +14609,93 @@
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>