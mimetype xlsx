--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -10,4286 +10,4295 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2960" uniqueCount="1415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2960" uniqueCount="1418">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/projeto_de_proposta_de_emenda_lei_organica_001.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/projeto_de_proposta_de_emenda_lei_organica_001.pdf</t>
   </si>
   <si>
     <t>Altera a Redação dos Artigos 70, 94 e 97 da Lei Orgânica Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/plc_02-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/plc_02-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar 01 de 20 de dezembro de 2022 e dá outras providencias.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_complementar_003_planta_generica.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_complementar_003_planta_generica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a planta genérica de valores, para lançamento e cobrança dos impostos imobiliários, disciplina fórmula de cálculo, estabelece parâmetros e classificação das edificações do município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_001_concessao_direito_real_de_uso_rodoviaria_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_001_concessao_direito_real_de_uso_rodoviaria_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de direito real de uso de parte destacada de imóvel oriundo da matrícula 30.192 e, dá outras providências.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/projeto_de_lei_002_doacao_terra_fossas_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/projeto_de_lei_002_doacao_terra_fossas_1.pdf</t>
   </si>
   <si>
     <t>Garante a doação de terra aos munícipes para fins de desativação e fechamento de poços e fossas e dá, outras providências.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/projeto_de_lei_003_concessao_direito_real_de_uso_abatedouro.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/projeto_de_lei_003_concessao_direito_real_de_uso_abatedouro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de direito real de uso de parte destacada de imóvel oriundo da matrícula 24.451 e, dá outras providências.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/projeto_de_lei_n_004_reposicao_inflacionaria.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/projeto_de_lei_n_004_reposicao_inflacionaria.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária aos servidores Municipais do Poder Executivo, ativos, inativos, pensionistas, Quadro Próprio do Magistério, Conselheiros Tutelares, bem como dos empregados regidos pela CLT - Agentes Comunitários de Saúde, Agentes Comunitários de Endemias, Agente de Defesa Civil, Agente de Desenvolvimento Infantil, a todos os demais servidores da administração direta e autárquica – CASSEMC, e a todos os servidores do legislativo Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_de_lei_n_005_aumento_real.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_de_lei_n_005_aumento_real.pdf</t>
   </si>
   <si>
     <t>Concede aumento real dos vencimentos aos servidores ativos, inativos, pensionistas, Quadro Próprio do Magistério, Conselheiros Tutelares, bem como dos empregados regidos pela CLT - Agentes Comunitários de Saúde, Agentes Comunitários de Endemias, Agente de Defesa Civil, Agente de Desenvolvimento Infantil, a todos os demais servidores da administração direta e autárquica – CASSEMC.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/projeto_de_lei_n_006_alteracao_tabela_da_lei_1274.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/projeto_de_lei_n_006_alteracao_tabela_da_lei_1274.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de Gratificação Especial do Anexo VII da lei Municipal 1274/2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto1_-_reajuste_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto1_-_reajuste_assinado.pdf</t>
   </si>
   <si>
     <t>Concede reajuste à remuneração dos servidores efetivos e comissionados do quadro próprio do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/plo-122-projeto_de_lei_08.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/plo-122-projeto_de_lei_08.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação do trecho 02 da Rua Glicínia, cria Lote e, dá outras providências.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/plo-123-projeto_de_lei_09.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/plo-123-projeto_de_lei_09.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de trecho nº02 da Rua Gerânio, cria Lote e dá outras providências.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/plo-124-projeto_de_lei_10.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/plo-124-projeto_de_lei_10.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de Rua Projetada, cria Lote e dá outras providências.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/plo-125-projeto_de_lei_11.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/plo-125-projeto_de_lei_11.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Afetação de Área de Preservação Verde, cria Lote e dá outras providências.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/plo-126-projeto_de_lei_12.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/plo-126-projeto_de_lei_12.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Afetação da Quadra 86 (Área de Reserva), cria Lote e dá outras providências.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/plo-127-projeto_de_lei_13.2025_beneficios_eventuais.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/plo-127-projeto_de_lei_13.2025_beneficios_eventuais.pdf</t>
   </si>
   <si>
     <t>Institui os Benefícios Eventuais no âmbito da Política Municipal de Assistência Social do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/plo-128-projeto_de_lei_14.2025_mae_corbeliense.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/plo-128-projeto_de_lei_14.2025_mae_corbeliense.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “MÃE CORBELIENSE”, e dá outras providências.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/plo-129-projeto_de_lei_15.2025_cartao_mesa_cheia.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/plo-129-projeto_de_lei_15.2025_cartao_mesa_cheia.pdf</t>
   </si>
   <si>
     <t>Institui o Cartão de Transferência de Subsídio Financeiro, denominado “MESA CHEIA”, e dá outras providências.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/minuta_projeto_de_lei_cred_especial_2025.docx_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/minuta_projeto_de_lei_cred_especial_2025.docx_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 616.931,69 (seiscentos e dezesseis mil, novecentos e trinta e um reais e sessenta e nove centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_fundo_municipal_de_educacao_2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_fundo_municipal_de_educacao_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_132-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_132-2025.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para controle ás endemias - Febre amarela e dengue, no Município de Corbélia e, dá outras providências.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_133-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_133-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Saneamento Básico (CMSBA) e do Fundo Municipal de Saneamento Básico e Ambiental (FMSBA), no Município de Corbélia e, dá outras providências.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/minuto_do_projeto_de_lei_22.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/minuto_do_projeto_de_lei_22.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Corbélia a receber doação em pacúnia por parte da Cooperativa Agroindustrial Consolata e dá outras providências.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/plo_apracor.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/plo_apracor.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio com a Apracor - Associação dos Produtores Rurais de Corbélia - e dá outras providências.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/plo_apae.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/plo_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal firmar convênio com a APAE de Corbélia - Associação de Pais e Amigos dos Excepcionais de Corbélia e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/plo_casas_populares.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/plo_casas_populares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/texto_plo_138-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/texto_plo_138-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Fundo Rotativo da Secretaria Municipal de Educação, com o objetivo de repassar recursos financeiros às unidades escolares da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/texto_plo_139-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/texto_plo_139-2025.pdf</t>
   </si>
   <si>
     <t>Altera os dispositivos da Lei n° 1274 de 20 de Dezembro de 2024 e, dá outras providências.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/texto_plo_140-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/texto_plo_140-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar convênio com a ONG Corbélia Proteção Animal e, dá outras providências.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/texto_plo_141-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/texto_plo_141-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa de Recomposição das Aprendizagens para alunos dos Anos Iniciais do Ensino Fundamental, das escolas da Rede Pública Municipal de Ensino de Corbélia.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/texto_142-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/texto_142-2025.pdf</t>
   </si>
   <si>
     <t>Institui o calendário oficial de eventos do Município de Corbélia e, dá outras providências.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/plo_143-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/plo_143-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Quadra Esportiva do Bairro Jardim Vera Lúcia que passa a ser denominada “Quadra Esportiva Pedro Zaquette’’.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/plo_144-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/plo_144-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Art. 2º da lei 1.230 de 29 de fevereiro de 2024 e, dá outras providências.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/plo_145-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/plo_145-2025.pdf</t>
   </si>
   <si>
     <t>Trata-se de confissão de dívida e liquidação das contribuições devidas à Caixa de Previdência dos Servidores Públicos do Município de Corbélia.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/plo_146-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/plo_146-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do programa "Adote uma Praça" no Município de Corbélia, por meio de cooperação técnica entre o Poder Público e pessoas jurídicas de direito privado, e dá outras providências.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/plo_147-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/plo_147-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos Cemitérios no âmbito do Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Maycon André</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/projeto_de_lei_creche_idoso_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/projeto_de_lei_creche_idoso_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Creche do Idoso no Município de Corbélia e, dá outras providências.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/plo_149-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/plo_149-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das empresas concessionárias de serviço público de distribuição de energia elétrica, telecomunicações e demais empresas ocupantes de sua infraestrutura promover a regularização ou a retirada de fiação inutilizada ou em desuso em vias públicas do Município de Corbélia.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/plo_150-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/plo_150-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Agricultura Urbana e Corbélia, e, dá outras providências.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/projeto-programa-adaptacao_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/projeto-programa-adaptacao_assinado.pdf</t>
   </si>
   <si>
     <t>Institui programa municipal de adaptação de moradias para pessoas com deficiência ou mobilidade reduzida.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/plo_152-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/plo_152-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza receber imóvel em doação, onde se encontra o Cemitério da Comunidade Colônia Nova, no Município de Corbélia, e dá outras providências.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/plo_153-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/plo_153-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Dívida Zero que dispõe sobre o pagamento de débitos tributários e não tributários inscritos em dívida ativa ajuizados ou não ajuizados.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/plo_154-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/plo_154-2025.pdf</t>
   </si>
   <si>
     <t>Altera o caput do Art. 1°, da lei 1240 de 16 de maio de 2024 e, dá outras providências.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/plo_155-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/plo_155-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 999 de 14 de maio de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/plo_156-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/plo_156-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária para o exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/plo_157-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/plo_157-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço Municipal de Acolhimento Institucional para crianças e adolescentes, na modalidade Casa Lar; dispõe sobre a prestação do Serviço; estabelece a Bolsa de Apoio ao Acolhimento; e dá outras providências.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/plo_158-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/plo_158-2025.pdf</t>
   </si>
   <si>
     <t>Trata-se de confissão de dívida e liquidação das contribuições do PASEP devidas ao Ministério da Fazenda – Receita Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/plo_159-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/plo_159-2025.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a jornada de trabalho em turnos ininterruptos de revezamento no âmbito do funcionalismo público do Município de Corbélia.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/plo_160-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/plo_160-2025.pdf</t>
   </si>
   <si>
     <t>Ratifica a decisão do Codic – Conselho de Desenvolvimento Industrial, Comercial e de Serviços de Corbélia e dá outras providencias.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/plo_161-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/plo_161-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal firmar convênio com o Lar dos velhinhos de Ubiratã, CNPJ nº 77.242.386/0001-72 e dá outras providências.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/plo_162-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/plo_162-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Pró Esporte Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_complementar_02.2025_alteracao_da_cosip.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_complementar_02.2025_alteracao_da_cosip.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei Municipal 1269 de 20 de dezembro de 2024 e da outras providências.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Lucas Bortoluzzi - Luketa, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/plo_164-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/plo_164-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca do reconhecimento da cruz e o crucifixo como objetos de arte sacra, declarando seus valores culturais históricos para permitir sua fixação, colocação ou realocação destes órgãos, espaços ou repartições públicas e, da outras providências.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/minuta_projeto_de_lei_165-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/minuta_projeto_de_lei_165-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 236.000,00 (duzentos e trinta e seis mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_166-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_166-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 2.343.000,00 (dois milhões, trezentos e quarenta e três mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/download_9.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/download_9.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 200.000,00 (duzentos mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/plo_168-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/plo_168-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Ordinária nº 1.263, de 20 de dezembro de 2024 – Zoneamento, uso e ocupação do solo e dá outras providências.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/plo_169-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/plo_169-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Ordinária nº 1.266, de 20 de dezembro de 2024 – Código de Obras e Edificações e dá outras providências.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/plo_170-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/plo_170-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Ordinária nº 1.265, de 20 de dezembro de 2024 – Lei do Sistema Viário.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/plo_171-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/plo_171-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Ordinária nº 1.262, de 20 de dezembro de 2024 – Lei do Perímetro Urbano.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/plo_172-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/plo_172-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Ordinária nº 1.264, de 20 de dezembro de 2024 – Parcelamento do Solo Urbano.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/plo-173-2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/plo-173-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta as Políticas Públicas de controle populacional, criação, comercialização, adoção, maus tratos e controle sanitário e reprodutivo de cães e gatos no Município de Corbélia.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_55.2025_nomeia_o_ginasio_de_esportes_da_praca_paraguai.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_55.2025_nomeia_o_ginasio_de_esportes_da_praca_paraguai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Ginásio de Esportes da Praça Paraguai, no Município de Corbélia que passa a ser denominado “Ginásio de Esportes “EDSON LUBENOW (LOBINHO)”.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/projeto_de_lei_56_especial_saude_e_social.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/projeto_de_lei_56_especial_saude_e_social.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 181.000,00 (cento e oitenta e um mil reais), na forma em que especifica.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_57_cred_adic_exc_arrecad.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_57_cred_adic_exc_arrecad.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 2.655.000,00 (dois milhões, seiscentos e cinquenta e cinco mil reais), na forma em que especifica.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/projeto_de_lei_58.2025_alteracao_da_lei_823.2013_cargo_agente_fiscal_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/projeto_de_lei_58.2025_alteracao_da_lei_823.2013_cargo_agente_fiscal_1.pdf</t>
   </si>
   <si>
     <t>Altera funções do cargo de Agente Fiscal, disposto no anexo V da lei 823 de 18 de outubro de 2013 e dá outras providencias.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/plo-178-2025-credito-adc-supl-1260k.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/plo-178-2025-credito-adc-supl-1260k.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 1.260.000,00 (um milhão, duzentos e sessenta mil reais), na forma em que específica.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/plo-179-2025-cred-adc-supl-4670k.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/plo-179-2025-cred-adc-supl-4670k.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 4.670.000,00 (quatro milhões seiscentos e setenta mil reais), na forma em que especifica.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_61.2025_plano_amortizacao_deficit_atuarial.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_61.2025_plano_amortizacao_deficit_atuarial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Amortização do déficit atuarial do município de Corbélia com a Caixa de Previdência dos Servidores Públicos Civis do Município de Corbélia-CASSEMC, e dá outras providências.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_62.2025_altera_lei_874.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_62.2025_altera_lei_874.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei nº 874, de 25 de junho de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_63.2025_conselho_de_educacao.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_63.2025_conselho_de_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Educação de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_64.2025_fumtur.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_64.2025_fumtur.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Turismo de Corbélia – FUMTUR, e dá outras providências.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/minuta_projeto_de_lei_65_pro_moradia_cred_esp.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/minuta_projeto_de_lei_65_pro_moradia_cred_esp.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em operação de crédito, no valor de R$ 3.526.000,00 (três milhões, quinhentos e vinte e seis mil reais), na forma em que especifica abaixo</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/projeto_de_lei_66_convenios_20.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/projeto_de_lei_66_convenios_20.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 14.381.000,00 (quatorze milhões, trezentos e oitenta e um mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/minuta_projeto_de_lei_67_praca_lutero.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/minuta_projeto_de_lei_67_praca_lutero.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Praça Clovis Avelino Dillenburg, para “Praça Martinho Lutero”, e dá outras providências.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_69.2025_recebimento_de_doacao_area_de_terra.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_69.2025_recebimento_de_doacao_area_de_terra.pdf</t>
   </si>
   <si>
     <t>Autoriza receber imóvel em doação, para construção de casas populares no Distrito de Nossa Senhora da Penha, Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projeto_de_lei_70.2025_programa_de_desenvolvimento..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projeto_de_lei_70.2025_programa_de_desenvolvimento..pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Incentivos Fiscais e Econômicos para empresas e o Programa de Incentivo ao Desenvolvimento Econômico (PODE) de Corbélia, reestrutura o CODIC - Conselho de Desenvolvimento Industrial, Comercial e de Serviços de Corbélia e da outras providências.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/minuta_projeto_de_lei_68_barracao_industrial.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/minuta_projeto_de_lei_68_barracao_industrial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de Barracão Industrial e dá outras providências.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>André Lira</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_-_felca.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_-_felca.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal de prevenção e enfrentamento da adultização precoce de crianças, assegurando sua infância, desenvolvimento saudável e proteção integral, em consonância com o art. 227 da Constituição Federal e os dispositivos do ECA (Lei federal nº 8.069/1990)._x000D_
 .</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/projeto_de_lei_72._2025_convenio_estado__saude.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/projeto_de_lei_72._2025_convenio_estado__saude.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 20.722.879,72 (vinte milhões, setecentos e vinte e dois mil, oitocentos e setenta e nove reais e setenta e dois centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_71.2025_alteracao_da_lei_1044._2019.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_71.2025_alteracao_da_lei_1044._2019.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal 1.044 de 18 de junho de 2019 e, dá outras providências.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/projeto_de_lei_73.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/projeto_de_lei_73.2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.264, de 20 de dezembro de 2024 que dispõe sobre o Parcelamento do Solo para fins urbanos do Município de Corbélia e revoga a Lei Municipal nº 1.331 de 22 de julho de 2025.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>Laine da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_denominacao_cmei_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_denominacao_cmei_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do CMEI Construindo o Saber que passa a ser denominado “CMEI Construindo o Saber Professora Ana Lúcia Gomes Thomas”.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/projeto_de_lei_loa_2026.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/projeto_de_lei_loa_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Anual do Município de Corbélia, para o exercício financeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/projeto_de_lei_ppa_2026-29.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/projeto_de_lei_ppa_2026-29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio de 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_74.2025__reducao_aliquota_itbi_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_74.2025__reducao_aliquota_itbi_1.pdf</t>
   </si>
   <si>
     <t>Autoriza a redução temporária da alíquota do Imposto sobre a Transmissão de Bens Imóveis - ITBI.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_75.2025__moradia_legal.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_75.2025__moradia_legal.pdf</t>
   </si>
   <si>
     <t>Dá publicidade aos termos da Regularização Fundiária com base no Provimento Conjunto nº 02/2020 do Tribunal de Justiça do Estado do Paraná, legítima, instrumentaliza e autoriza o procedimento de titulação dos lotes inseridos em áreas irregulares do Município de Corbélia nos termos do "Programa Moradia Legal", e dá outras providências.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/projeto_de_lei_78.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/projeto_de_lei_78.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 416.000,00 (quatrocentos e dezesseis mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_79.2025_aquisicao_de_imoveis.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_79.2025_aquisicao_de_imoveis.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir imóvel, a título oneroso, para construção de Centro Municipal de educação infantil e casas populares e da outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_isencao_de_taxa_concurso_publico_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_isencao_de_taxa_concurso_publico_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de taxa de inscrição em concursos públicos e processos seletivos, realizados no âmbito do Município de Corbélia/PR, aos doadores de sangue, de medula óssea e de leite humano e, dá outras providências.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_80_parc_2025_cassemc_retificado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_80_parc_2025_cassemc_retificado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e o reparcelamento de débitos do Município de Corbélia, com seu Regime Próprio de Previdência Social-RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_81_cred_espcasa_da_mulher_2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_81_cred_espcasa_da_mulher_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de  arrecadação, no valor de R$ 564.199,43 (quinhentos e sessenta e quatro mil, cento e noventa e nove reais e quarenta e três centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_lei_82_conv_av_rs_e_estrada_rural.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_lei_82_conv_av_rs_e_estrada_rural.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de _x000D_
 R$ 6.656.093,28 (seis milhões, seiscentos e cinquenta e seis mil, noventa e três reais e vinte e oito centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_083.2025_auditor_fiscal.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_083.2025_auditor_fiscal.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de provimento efetivo de Auditor Fiscal da Receita Municipal, Altera a Lei Municipal n.º 823, de 18 de outubro de 2013, que dispõe sobre o Plano de Carreira dos Servidores e dá outras providencias.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/projeto_de_lei_084.2025_cassemc.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/projeto_de_lei_084.2025_cassemc.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 845 de 02 de julho de 2014, que dispõe sobre a organização da Caixa de Previdência dos Servidores Públicos Civis do Município de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/projeto_lei_85_cred_especial_cmei_jd_juliana.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/projeto_lei_85_cred_especial_cmei_jd_juliana.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 1.504.792,16 (um milhão, quinhentos e quatro mil, setecentos e noventa e dois reais e dezesseis centavos), na forma em que se especifica abaixo.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/projeto_de_lei_86-2025_folha_pagamento.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/projeto_de_lei_86-2025_folha_pagamento.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 4.491.127,31 (quatro milhões, quatrocentos e noventa e um mil, cento e vinte e sete reais e trinta e um centavos), na forma em que se especifica abaixo.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_087.2025_agente_fiscal.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_087.2025_agente_fiscal.pdf</t>
   </si>
   <si>
     <t>Altera o anexo V da Lei Municipal nº 823 de 18 de outubro de 2013, que dispõe sobre o quadro de pessoal do município de Corbélia, para modificar as funções do cargo de Agente Fiscal.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_lei_088.2025_ratifica_consorcio_parana_saude.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_lei_088.2025_ratifica_consorcio_parana_saude.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua rrgulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_090.2025_altera_a_lei_1300.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_090.2025_altera_a_lei_1300.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 6º da Lei nº 1.300, de 09 de abril de 2025, que autoriza a criação do Programa de Recomposição das Aprendizagens para alunos dos Anos Iniciais do Ensino Fundamental das escolas da Rede Pública Municipal de Ensino de Corbélia.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/projeto_de_lei_092.2025_doacao_lote_urbano_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/projeto_de_lei_092.2025_doacao_lote_urbano_1.pdf</t>
   </si>
   <si>
     <t>Desafeta bem imóvel que especifica, autoriza o Poder Executivo a doá-lo ao Estado do Paraná para a finalidade exclusiva de construção e instalação de uma unidade da Delegacia Cidadã, e dá outras providências.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_saude_emenda_mac.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_saude_emenda_mac.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 950.000,00 (novecentos e cinquenta mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Geraldinho</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Salão Comunitário do distrito de Ouro Verde do Piquiri que passa a ser denominado “Salão Comunitário Sebastião Eduardo dos Reis”.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_cred_supl_convenios_estado_pl98.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_cred_supl_convenios_estado_pl98.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 10.466.595,41 (dez milhões, quatrocentos e sessenta e seis mil, quinhentos e noventa e cinco reais e quarenta e um centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/projeto_de_lei_96_-2025_anulacao.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/projeto_de_lei_96_-2025_anulacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 300.000,00 (trezentos mil reais), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_091.2025_nota_premiada_corbelia_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_091.2025_nota_premiada_corbelia_1.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Educação Fiscal denominado “Nota Premiada Corbélia”, e dá outras providências.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/projeto_de_lei_095.2025_alteracao_da_lei_1269._1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/projeto_de_lei_095.2025_alteracao_da_lei_1269._1.pdf</t>
   </si>
   <si>
     <t>Altera, acresce e revoga dispositivos da Lei Complementar nº 1.269, de 20 de dezembro de 2024, que institui o Código Tributário do Município de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_097.2025_desafeta_lotes_urbanos_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_097.2025_desafeta_lotes_urbanos_1.pdf</t>
   </si>
   <si>
     <t>Desafeta bem público municipal e autoriza o Poder Executivo a promover sua alienação, e dá outras providências.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_099.2025_desafeta_lotes_urbanos_e_autoriza_alienacao..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_099.2025_desafeta_lotes_urbanos_e_autoriza_alienacao..pdf</t>
   </si>
   <si>
     <t>Desafeta bens públicos municipais, autoriza o Poder Executivo a promover sua alienação, e dá outras providências.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_100.2025_alteracao_da_lei_286.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_100.2025_alteracao_da_lei_286.pdf</t>
   </si>
   <si>
     <t>Altera, acresce e revoga dispositivos da Lei nº 286, de 20 de julho de 1992, que dispõe sobre o estatuto dos servidores públicos do Município de Corbélia, das autarquias e das fundações municipais, e seu regime único e da outras providências.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_101.2025_plano_de_residuos_solidos_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_101.2025_plano_de_residuos_solidos_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação e instituição do Plano Municipal de Gestão Integrada de Resíduos Sólidos – PMGIRS do Município de Corbélia, para o período 2026-2030, e dá outras providências.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_102.2025_diarias..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_102.2025_diarias..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei Municipal 652 de 30 de novembro de 2006, que dispõe sobre Diárias devidas aos agentes políticos e servidores públicos, quando em viagem a serviço.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/projeto_de_lei_103.2025_vale_alimentacao..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/projeto_de_lei_103.2025_vale_alimentacao..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei Municipal 1230 de 29 de fevereiro de 2024, que dispõe sobre o Vale alimentação para os servidores públicos municipais.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Eli Stefanello, Laine da Saúde, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_receitas_medicas_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_receitas_medicas_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de aceitação de receitas médicas emitidas por médicos da rede privada para o fornecimento de medicamentos, insumos_x000D_
 e tratamentos disponibilizados pelo Sistema Único de Saúde - SUS no Município de Corbélia, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_089.2025_alteracao_da_lei_823.2013.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_089.2025_alteracao_da_lei_823.2013.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento efetivo, altera o número de vagas no quadro de servidores, altera dispositivos da Lei Municipal n.º 823, de 18 de outubro de 2013, que dispõe sobre o Plano de Carreira dos Servidores e dá outras providencias.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/projeto_de_lei_104.2025_alteracao_da_lei_1274..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/projeto_de_lei_104.2025_alteracao_da_lei_1274..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 1274 de 20 de dezembro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/projeto_de_lei_105.2025_alteracao_da_lei_1220.2023..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/projeto_de_lei_105.2025_alteracao_da_lei_1220.2023..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 1220 de 06 de dezembro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Mérito Comunitário aos Representantes do Conselho Comunitário de Segurança de Corbélia – CONSEG, do Município de Corbélia.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga Título de Mérito Comunitário aos Membros e Representantes da Associação dos Coletores de Resíduos Recicláveis de Corbélia - ACOMAR.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 2, de 21 de dezembro de 2016 que estabelece o Regimento Interno da Câmara Municipal de Corbélia, Estado do Paraná.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/projeto2-regimento-julgamento-contas.pdf</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 116/2025, com a finalidade de adequação do art. 2º.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emenda_plo_115_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emenda_plo_115_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 115/2025, com a finalidade corrigir o prazo da concessão, adequar as obrigações da concessionária e alterar sistemicamente diversos dispositivos para fins de técnica legislativa.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/emenda_plo_117_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/emenda_plo_117_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 117/2025, com a finalidade corrigir o prazo da concessão, adequar as obrigações da concessionária e alterar sistemicamente diversos dispositivos para fins de técnica legislativa.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CEFO - Comissão de Economia, Finanças e Orçamento, CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/emenda_plo_118_2025_-_cjr_cefo_cvosp_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/emenda_plo_118_2025_-_cjr_cefo_cvosp_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei n° 118/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/emenda_plo_119_2025_-_cjr_cefo_cvosp_-_substitutiva2.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/emenda_plo_119_2025_-_cjr_cefo_cvosp_-_substitutiva2.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 119/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Paulinho Zaquette, André Lira, Lucas Bortoluzzi - Luketa, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_substitutiva_-_pelom_003-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_substitutiva_-_pelom_003-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva com a finalidade de corrigir a matéria do Projeto de Emenda à Lei Orgânica Municipal nº 003/2025 em sua integralidade para fins de adequação à técnica legislativa.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/emenda_plo_145_2025_-_modificativa_-_cjr.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/emenda_plo_145_2025_-_modificativa_-_cjr.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 145/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/emenda_plo_146_2025_-_modificativa_-_cvosp.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/emenda_plo_146_2025_-_modificativa_-_cvosp.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 146/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>CECS - Comissão de Educação, Cultura e Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/emenda_plo_138_2025_-_modificativa_-_cecs.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/emenda_plo_138_2025_-_modificativa_-_cecs.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 138/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CICA - Comissão de Indústria, Comércio e Agropecuária</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/emenda_plo_150_2025_-_cecs_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/emenda_plo_150_2025_-_cecs_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 150/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>CJR - Comissão de Justiça e Redação, CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo, CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/emenda_plo_149_2025_-_modificativa_-_cvosp.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/emenda_plo_149_2025_-_modificativa_-_cvosp.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 149/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>CVOSP - Comissão de Viação, Obras e Serviços Públicos, CEFO - Comissão de Economia, Finanças e Orçamento, CJR - Comissão de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/emenda_plo_155_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/emenda_plo_155_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 155/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/emenda_plo_139_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/emenda_plo_139_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 139/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emenda_plo_163_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emenda_plo_163_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 163/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_plo_132_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_plo_132_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 132/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/emenda_plo_156_2025_-_modificativa_-_cefo_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/emenda_plo_156_2025_-_modificativa_-_cefo_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 156/2025, com a finalidade de correção material.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>CDSET - Comissão de Desenvolvimento Social, Esporte e Turismo</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/emenda_plo_174_2025_-_modificativa_-_cdset_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/emenda_plo_174_2025_-_modificativa_-_cdset_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 174/2025, com a finalidade de correção material.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_plo_169_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_plo_169_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 169/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_plo_173_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_plo_173_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Altera integralmente o Projeto de Lei nº 173/2025, para instituir a Política Municipal de Bem-Estar, Controle Populacional e Proteção de Cães e Gatos.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 142/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva para alterar integralmente o Projeto de Lei nº 162/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa, para instituir o Programa Pró Esporte Corbélia.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
+  </si>
+  <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 147/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 180/2025, com a finalidade corrigir e adequar o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 206/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 212/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 211/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/emenda_plo_220_2025_-_modificativa_-_cjr_cefo_cvosp_assinado.pdf</t>
+  </si>
+  <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 220/2025, com a finalidade de correção material e da técnica legislativa, para vincular a aplicação dos imóveis ao Programa Casa Fácil Paraná.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/emenda_plo_221_2025_-_modificativa_-_cjr_cefo_cvosp_assinado.pdf</t>
+  </si>
+  <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 221/2025, com a finalidade de correção material e da técnica legislativa.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/emendas-impositivas-maycon_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/emendas-impositivas-maycon_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Impositiva ao Orçamento_x000D_
 Municipal do exercício de 2026.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/emendas-impositivas-emanuel_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/emendas-impositivas-emanuel_assinado.pdf</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/emendas-impositivas-paulozaquette_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/emendas-impositivas-paulozaquette_assinado.pdf</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/emendas-impositivas-josemilhome_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/emendas-impositivas-josemilhome_assinado.pdf</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/emendas-impositivas-paulocardoso_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/emendas-impositivas-paulocardoso_assinado.pdf</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Adelar Mujol</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/emendas-impositivas-adelar_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/emendas-impositivas-adelar_assinado.pdf</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/emendas-impositivas-geraldo_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/emendas-impositivas-geraldo_assinado.pdf</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Lucas Bortoluzzi - Luketa</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/emendas-impositivas-lucas_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/emendas-impositivas-lucas_assinado.pdf</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/emendas-impositivas-andre_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/emendas-impositivas-andre_assinado.pdf</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/emendas-impositivas-eli_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/emendas-impositivas-eli_assinado.pdf</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/emendas-impositivas-eliane_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/emendas-impositivas-eliane_assinado.pdf</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_plo_219_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_plo_219_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 219/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/emenda_plo_224_2025_-_modificativa_-_adelar_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/emenda_plo_224_2025_-_modificativa_-_adelar_assinado.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Modificativa ao Projeto de Lei nº 224/2025, com a finalidade de alteração do valor de referência de diária.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/emenda_plo_222_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/emenda_plo_222_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 222/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/emenda_plo_227_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/emenda_plo_227_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 227/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/emenda_plo_228_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/emenda_plo_228_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 228/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/emenda_plo_229_2025_-_cjr_-_substitutiva.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/emenda_plo_229_2025_-_cjr_-_substitutiva.pdf</t>
   </si>
   <si>
     <t>Apresenta Emenda Substitutiva ao Projeto de Lei nº 229/2025, com a finalidade corrigir e adequar a matéria e o texto à técnica legislativa.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>Parecer do Tribunal de Contas Estadual</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado do Paraná</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 59/2025 – Primeira Câmara. Prestação de Contas de Prefeito Municipal. Exercício de 2022. Parecer prévio pela irregularidade.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 209783/24 Primeira Câmara. Prestação de Contas de Prefeito Municipal. Exercício de 2023. Parecer prévio pela regularidade com ressalva.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Laine da Saúde, Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal,  informações referentes aos Agentes Comunitários de Saúde (ACS).</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal, que seja realizada uma audiência pública sobre o descarte de lixo nas vias rurais do município.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à mesa diretiva da Câmara Municipal de Corbélia, que esta Casa de Leis realize uma Audiência Pública para o debate da obrigatoriedade da vacina do Covid em bebês e crianças junto à população.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à mesa diretiva da Câmara Municipal de Corbélia, que esta Casa de Leis realize uma Audiência Pública para o debate de temas ligados a companhia Paranaense de Energia – COPEL, como a alta significativa nos valores da fatura após a implementação do ``Relógio Inteligente´´.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/requerimento_paulo_cardoso_-_casas_populares_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/requerimento_paulo_cardoso_-_casas_populares_assinado.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre o programa de casas populares anunciadas recentemente.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/titulo_merito_conseg_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/titulo_merito_conseg_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Câmara Municipal de Corbélia que seja nomeada Comissão Especial, com a finalidade de outorgar o Título de Mérito Comunitário aos Representantes do CONSEG.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>Laine da Saúde, Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/req_71-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/req_71-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre pacientes encaminhados para tratamento em clínicas localizadas fora do município.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/req_72-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/req_72-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre a prestação de contas de transferência voluntária.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/titulo_merito_acomar_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/titulo_merito_acomar_assinado.pdf</t>
   </si>
   <si>
     <t>Requer à Câmara Municipal de Corbélia que seja nomeada Comissão Especial, com a finalidade de outorgar o Título de Mérito Comunitário aos Membros e Representantes da Associação dos Coletores de Resíduos Recicláveis de Corbélia - ACOMAR.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>André Lira, Eli Stefanello</t>
   </si>
   <si>
     <t>Requer à Câmara Municipal de Corbélia que nomeie Comissão Especial com a finalidade de concessão de título honorífico ao Dr. Giovani Miguel Wolf_x000D_
 Hnatuw.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/ind_124-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/ind_124-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a retirada do quebra-molas em frente a Farmácia Estrela.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_retirada_quebra_molas_parque_rodeio_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_retirada_quebra_molas_parque_rodeio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para remoção do quebra-molas no prolongamento da descida para o Parque de Rodeio.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/ind_126-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/ind_126-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação de um Semáforo na Av. Minas Gerais com a Av. Rio Grande do Sul, na esquina do Banco Sicredi.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_127-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_127-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a criação de projeto viabilizando a disponibilização gratuita de uniformes escolares para os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_128-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_128-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente a realização de melhorias no Ponto de Ônibus localizado na Rua Copo de Leite.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_129-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_129-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para a implementação de uniformes para os Guardas que atuam na Rede de Saúde do Município.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>Eli Stefanello, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_130-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_130-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para a Implementação de Parquinho Infantil no Bairro Vila Unida.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade do retorno das atividades do Grupo de Hiperdia.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>Laine da Saúde, André Lira</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a construção de um Salão Comunitário no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de campanha de conscientização para o descarte correto de resíduos sólidos cortantes.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>Adelar Mujol, André Lira, Eli Stefanello, Emanuel Huff - Coeio, Geraldinho, Lucas Bortoluzzi - Luketa, Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizado o procedimento de alargamento das pontes das estradas da_x000D_
 Zona Rural.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implementação de um Parquinho Infantil no Parque Primavera, onde se localiza o Lago Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_136-2025_aproado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_136-2025_aproado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a aquisição de uniforme, de credenciais para a identificação e de equipamentos imprescindíveis ao uso no trabalho noturno dos vigias municipais.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_137-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_137-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, o estudo para aplicação de pavimento com Material reciclado de Pneus usados na pista de atletismo do Estádio Municipal Paulo Roberto de Souza.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>André Lira, Laine da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/ind_138-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/ind_138-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, o estudo de uma solução para o forte odor causado pela ETE no Bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/ind_139-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/ind_139-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Presidente do legislativo Municipal, a produção de um ofício destinado à COPEL – Companhia Paranaense de Energia, sobre as frequentes quedas de luz em Corbélia.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/ind_140-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/ind_140-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de campanha para a divulgação da iniciativa “ Doe parte do seu imposto de renda para as entidades de Corbélia” e transforme projetos em realidade.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/ind_141-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/ind_141-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de banheiros públicos no Parque Ambiental Mansueto Fontana.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/ind_142-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/ind_142-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que estude junto ao setor competente a possibilidade de ajudar no custeio do transporte universitário aos alunos de_x000D_
 Corbélia.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/ind_143-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/ind_143-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a realização de melhorias na estrutura do Playground localizado no Bairro Jardim Juliana.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_144-2025aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_144-2025aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para realizar um questionamento ao CORREIOS, do por que não são_x000D_
 entregues encomendas nos Bairros Jardim Juliana e Jardim das Violetas.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_145-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_145-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a realização de pinturas na sinalização de trânsito nas ruas do município.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>Geraldinho, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/ind_146-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/ind_146-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, um estudo de viabilidade para a abertura de uma estrada paralela à rodovia PR-474, atendendo às necessidades dos agricultores da região.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/ind_147-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/ind_147-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de implantação de profissionais da saúde para atender os distritos do Município.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_148-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_148-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para a realização de melhorias e instalação e novos banheiros no Parque Primavera, no Lago Municipal.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_149-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_149-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de um estudo para implantação de sistema de irrigação nos principais canteiros da cidade.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação de um parquinho infantil e uma academia ao ar livre para a terceira_x000D_
 idade na Rua Girassol, no bairro Santa Catarina.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a inscrição nos postes de iluminação identificando o nome de ruas e avenidas nos bairros e loteamentos, que estão sem a sinalização adequada.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação um redutor de velocidade na Rua Flor de Lis em frente a Capela Santa Catarina.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>Eli Stefanello, Lucas Bortoluzzi - Luketa, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizado estacionamento no terreno em que está localizada a torre da Copel, na Rua Amor Perfeito.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja providenciada a instalação de uma placa de identificação com o nome da_x000D_
 localidade Linha Garibaldi, nas proximidades da entrada da PR-574, que liga Penha a Cafelândia.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_155-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_155-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja instalado uma faixa elevada em frente a UBS e em frente a Escola_x000D_
 Estadual do campo Olavo Bilac no Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_156-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_156-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a colocação de pó de pedra no calçamento do Distrito de Ouro Verde até o cemitério.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_157-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_157-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um quebra-molas/faixa elevada na Rua Crescêncio Muniz em frente a Mecânica do Nine no Distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_158-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_158-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a possibilidade de contratação de um segurança nos períodos de funcionamento do CRAS e do CREAS.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_159-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_159-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a possibilidade do retorno dos atendimentos com médico pediatra no Município de Corbélia.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_160-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_160-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a possibilidade de contratação de médico geriatra para o Município de Corbélia.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_161-2025aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_161-2025aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que realize um estudo para a implementação de uma creche do idoso no Município de Corbélia.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_162-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_162-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que sejam retirados os coqueiros atualmente plantados em vasos e transplantados diretamente no solo.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_163-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_163-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para que realize um estudo de viabilidade para a construção de uma estrada secundária para o tráfego de máquinas agrícolas.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_164-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_164-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja revitalizado o chafariz da Praça Brasil.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_165-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_165-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que sejam substituídas as placas de sinalização da Rua Hortênsia, utilizando-se a grafia correta.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_166-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_166-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de estudo para a criação de Banco de Sangue no Município.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_167-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_167-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de um redutor de velocidade antes do cruzamento entre a Av. Santa Catarina e a Rua Rosa.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_168-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_168-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, a instalação de coletores exclusivos para coleta de vidros em pontos de entrega voluntária específicos para essa finalidade.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_169-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_169-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja efetuada a instalação de placas se sinalização das comunidades no interior do Município de Corbélia.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_170-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_170-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja efetuado serviço de alargamento da calçada ao lado da Câmara Municipal para melhor acessibilidade.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de mesa para jogos de damas, xadrez, canastra ou dominó com bancos, nas Praças do Município.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_emanuel_bollards_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_emanuel_bollards_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a possibilidade de construir Bollards (Pilares) de aço em lugares específicos da cidade.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_173-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_173-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que viabilize um estudo para implantar uma horta elevada no CCI – Centro de Convivência do Idoso no Município de Corbélia.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_174-2025_assinado_1.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_174-2025_assinado_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que antecipe a liberação da primeira parcela do 13º salário para o mês de julho mediante solicitação do servidor que assim desejar.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/ind-175-2025-aprovada_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/ind-175-2025-aprovada_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine a Secretaria Municipal de Meio Ambiente, a colocação de placas de advertência e veiculação on-line, para segurança de banhistas em rios e cachoeiras do Município.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/ind_176-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/ind_176-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, o aproveitamento de terrenos baldios para hortas comunitárias, nos termos da Lei Municipal n° 553/2003.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/ind-177-2025-aprovada_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/ind-177-2025-aprovada_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que viabilize um estudo para implantar novos redutores de velocidade nas principais vias do Município.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_sistema_de_irrigacao_-_corrigida_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_sistema_de_irrigacao_-_corrigida_assinado.pdf</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Adelar Mujol</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_179-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_179-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de via marginal para as máquinas agrícolas que vão para o Município de Braganey.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_180-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_180-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que sejam realizadas palestras explicando sobre o Programa do Governo do Estado (Proesporte).</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a substituição dos nomes dos locais públicos municipais por nomes que façam menção a personalidades municipais que contribuíram para o desenvolvimento do Município.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a criação de um programa (Esporte Solidário), que incentive a doação de materiais_x000D_
 esportivos.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, por meio da SANEPAR, a ligação de um poço artesiano existente no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de banheiros no campo sintético do distrito de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Maycon André, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que realize melhorias no Cemitério Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>Eli Stefanello, Lucas Bortoluzzi - Luketa</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/ind_186-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/ind_186-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que realize melhorias no Parque Ecológico Mansueto Fontana.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/ind_187-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/ind_187-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação de um quebra-molas/faixa elevada na Rua Tulipa.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/ind_188-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/ind_188-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para a implementação de estacionamento na transversal na Rua Amor Perfeito.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/ind_189-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/ind_189-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, para a realização de blitz educativas sobre o uso de scooters (Bicicleta elétrica) por crianças, visando à conscientização sobre segurança e funcionamento adequado dos equipamentos.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_190-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_190-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de um estudo para implantação de um Parque Ecológico no Bairro Jardim Vera Lúcia, entre o Loteamento Mariot e Bairro Berté.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_191-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_191-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de um Programa de compra e distribuição de cadeiras de rodas.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/ind_192-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/ind_192-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de uma concha acústica na Praça Olivo Durigon, no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_193-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_193-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um Parquinho Infantil na Escola Municipal Dom Bosco no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_194-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_194-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a ampliação do salão do clube de mães no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_195-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_195-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação de bancos na parte externa das Unidades Básicas de Saúde (UBS).</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_196-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_196-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, melhorias no Posto do Detran do Município.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/ind_197-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/ind_197-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, Para que seja construída uma ponte de concreto no rio dos Porcos na divisa com Anahy na linha que liga a comunidade da Boa Vista.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_198-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_198-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja construída uma quadra de areia nas medidas adequadas para a prática de vôlei e beach tênis na praça do distrito de Nossa Senhora da Penha."</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_199-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_199-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, Para que seja instalado um ponto de ônibus em frente à Escola Municipal Dom Bosco,_x000D_
 no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/ind_200-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/ind_200-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizada verificação junto a secretaria de segurança pública responsável pelo telefone 190 da Polícia Militar.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_201-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_201-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizada a contratação de um Médico Otorrino para atender às necessidades da população do município.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_202-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_202-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizada a instalação de um quebra-molas na Rua Hortênsia, próximo à Veterinária Fontana.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_203-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_203-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja instalado um quebra-molas/lombada elevada em frente a Escola Municipal Dom Bosco, no distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/ind_204-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/ind_204-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade da instalação de uma sala multissensorial para autistas, tanto no_x000D_
 Centro Municipal de Atendimento Educacional Especializado (CMAEE), quanto nas demais Escolas Municipais.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>Adelar Mujol, Eli Stefanello</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/ind_205-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/ind_205-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizada a adequação da estrada da Linha Melissa.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>Eli Stefanello, Laine da Saúde, Lucas Bortoluzzi - Luketa</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/ind_206-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/ind_206-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizada a instalação de uma lombada elevada próximo ao posto do_x000D_
 Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/ind_207-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/ind_207-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de uma lombada elevada na Avenida São Paulo, em frente ao Bar do Lima.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_208-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_208-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade de arrumar as estradas da linha Carlitão, anteriormente à festa da comunidade que acontece no mês de Maio.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_mulheres_escolas_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_mulheres_escolas_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja realizada Incentivo à Participação e Valorização das Mulheres nas Escolas do Município.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_210-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_210-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de calçadas e redutores de velocidade (quebra-molas) nas ruas do_x000D_
 bairro Vila Nova Nazaré.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_calcada_maycon_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_calcada_maycon_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de uma calçada na Rua José Citon esquina com Av. Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_212-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_212-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente para que seja realizado um estudo técnico visando à transformação das Ruas José de_x000D_
 Alencar e Boca de Leão, até a Avenida Santa Catarina, em vias preferenciais.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_213-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_213-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente,  instalação de um ponto de ônibus no Bairro Paraná, para o transporte dos pacientes para Cascavel.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de calçadas em ambos os lados da Avenida Presidente Juscelino Kubitschek no Distrito da Penha.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um redutor de velocidade (quebra-molas) na Avenida Presidente_x000D_
 Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um redutor de velocidade (quebra-molas) na Rua Presidente Marechal Floriano Peixoto no Distrito da Penha.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, instalação de Redutores de Velocidade.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de calçadas em ambos os lados da Avenida Presidente João Goulart, no trecho que vai até a Avenida Independência no Distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>Eli Stefanello, Emanuel Huff - Coeio, Lucas Bortoluzzi - Luketa</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de iluminação com lâmpadas de LED no Estádio Municipal, bem como a modernização da iluminação dos vestiários.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo técnico com o objetivo de avaliar a viabilidade da alteração do estacionamento localizado na Praça Alverino Giuseppe Schecheli, Na Avenida Rio Grande do Sul, para o modelo de estacionamento com vagas inclinadas (vertical).</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado a manutenção do asfalto na comunidade São Roque.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo técnico com o objetivo de transformar a Rua Gladiolo_x000D_
 em via preferencial.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a abertura de uma estrada rural na margem da PR 574, com início no distrito da_x000D_
 Nossa Senhora da Penha e término no rio Melissa, na divisa com o Município de Cafelândia.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de agendamento telefônico de consultas nas Unidades Básicas de Saúde para os moradores da área rural.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de um Observatório Municipal de Indicadores Públicos.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação do Programa “Prefeitura Digital”.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de um Plano Municipal de Desburocratização para empreendedores.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a necessidade de demarcação das vagas de estacionamento em vias públicas, especialmente nas vagas paralelas.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a retomada dos atendimentos noturnos nas Unidades de Saúde do Município.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo técnico para a instalação de redutores de velocidades_x000D_
 na Avenida Presidente Getúlio Vargas, no distrito da Penha.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_231-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_231-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de uma Campanha Pública em parceria com a Polícia Civil devido ao_x000D_
 aumento do número de furtos de bicicletas e patinetes elétricos, em Corbélia.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_lira_scooter_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_lira_scooter_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a criação de uma Campanha Pública de Instrução e Educação de Transito voltada ao público infantil que utiliza de patinetes elétricos e outros veículos motorizados.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_233-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_233-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a manutenção do Campinho do Bairro Jardim Juliana.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_234-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_234-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, aquisição de móveis para o Clube das Mães do Distrito de Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_235-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_235-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, aquisição de macas para os ginásios de esportes de Corbélia, Ginásio da Penha, Ginásio do Distrito de Ouro Verde e Estádio Municipal de Corbélia.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_236-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_236-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de uma faixa elevada na Avenida Paraná, esquina com a Rua Lilás.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/ind_237-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/ind_237-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a manutenção do Playground do Bairro Cidade das Flores (Padovani).</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_238-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_238-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a manutenção e reativação da antiga quadra de areia do bairro BNH.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/ind_239-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/ind_239-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente a instalação de ponto de energia elétrica e cobertura no Cemitério do Distrito da Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/ind_240-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/ind_240-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao Setor competente, a necessidade de reforma das Unidades Básicas de Saúde (UBSs) do Município de Corbélia.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/ind_241-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/ind_241-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um a implantação de um  redutor de velocidades  (quebra- molas ) na rua Rainha das Neves, no Município  de  Corbélia  .</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_242-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_242-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente,  a aquisição de um veiculo  exclusivo para o transporte dos pacientes que necessitam realizar  o tratamento  de quimioterapia e radioterapia  fora do Município de Corbélia.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>André Lira, Eli Stefanello, Lucas Bortoluzzi - Luketa, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/ind_243-2025-aprovada_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/ind_243-2025-aprovada_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado a instalação de câmeras de monitoramento em todas a cumunidades rurais do município e nos distritos de Nossa senhora da Penha e Ouro Verde .</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/ind_244-2025-aprovada_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/ind_244-2025-aprovada_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao setor Municipal ,que determine junto ao setor competente, a viabilidade de instalação de um banheiro na brinquedoteca do Centro Municipal de Educação Infantil (CMEI) Iracema Zanato.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_245-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_245-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que providencie a contratação de um médico oftalmologista, a fim de atender à demanda da população do município."</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Eli Stefanello, André Lira, Emanuel Huff - Coeio</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/ind-246-2025-aprovada_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/ind-246-2025-aprovada_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente com urgência a manutenção do campo de futebol com gramado sintético situado no bairro Jardim Juliana, visando melhores condições de uso para a comunidade local."</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_247-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_247-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja feito a realizção de campanha de conscientização sobre o descarte correto de residuos reciclaveis,com a destribuição de planfletos educativos á população</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_248-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_248-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado o acompanhamento pelo oftamologista dos alunos das escolas municipais de Corbélia, após a contratação do profissional responsável.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/ind_249-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/ind_249-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a viabilidade de instalação de um redutor de velocidade na Av. Paraná próximo a borracharia Scuzziatto.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/ind_250-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/ind_250-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de dois pontos de ônibus com cobertura no distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/ind_251-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/ind_251-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado a implantação da rede de energia elétrica até o cemitério do distrito de Ouro Verde.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/ind-252-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/ind-252-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de um calendário de datas especificas para o recolhimento de entulhos em frente ás residências, organizando esse serviço por bairros .Solicita ainda que a divulgação desse calendário seja feita por meio de_x000D_
  panfletos informativos ,afim de garantir que toda a população seja devidamente comunicada.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_andre_colonia_de_ferias_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_andre_colonia_de_ferias_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a realização mensal de eventos recreativos para crianças e famílias, nos moldes da “Colônia de Férias”, com atividades na Praça Paraguai ou em outros espaços públicos do município.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_254-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_254-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade de efetuar reformas no telhado do Ginásio de Esportes do Distrito da Penha.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_255-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_255-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade da construção de uma rampa de acesso para cadeirantes na_x000D_
 calçada do CMAAEE no Jardim Juliana.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/ind_256-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/ind_256-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a disponibilização de assistência técnica veterinária, com profissional capacitado para realização de vacinação de bovinos contra a brucelose e inseminação artificial.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/ind_257-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/ind_257-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizada a recuperação dos cemitérios dos distritos da Penha e de Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/ind-258-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/ind-258-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a abertura do estacionamento dos servidores públicos, localizado no terreno da antiga torre da Oi, para uso da_x000D_
 comunidade em geral, visando ampliar as vagas de estacionamento na região.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Adelar Mujol, Paulo do Raio X</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/ind_259-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/ind_259-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de estudo técnico para a implantação de quiosques na Praça Nilson Ribas.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_260-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_260-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de refletores de luz no Cemitério Municipal de Corbélia.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_262-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_262-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizada a demarcação individual das vagas de estacionamento.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_vereador_lira_-_praca_brasil_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_vereador_lira_-_praca_brasil_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a possibilidade da instalação de um playground na Praça Brasil.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_263-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_263-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente que seja feito a limpeza dos bueiros do Município de Corbélia.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Eli Stefanello, Adelar Mujol, Emanuel Huff - Coeio, Paulinho Zaquette</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/ind_264-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/ind_264-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja realizado um estudo para instalação de bolsão de motos.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_emanuel_curso_idosos_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_emanuel_curso_idosos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a criação de curso de capacitação em tecnologia digital voltado para idosos.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_266-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_266-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de estudo para instalar um redutor de velocidade na Avenida Santa_x000D_
 Catarina, em frente ao Restaurante Sabore.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_267-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_267-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de melhorias na Rua Girassol.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Laine da Saúde, Adelar Mujol</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_268-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_268-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de reforma da calçada e instalação de apoio na escada da Unidade Básica de Saúde (UBS) do Bairro Vila Unida.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_269-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_269-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, para instalação de cobertura adicional na área posterior e lateral da UBS do Bairro_x000D_
 Santa Catarina.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_270-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_270-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que sejam fornecidos EPIs (Equipamentos de Proteção Individual) e uniformes de_x000D_
 esterilização para os profissionais que atuam na UBS do Bairro Vila Unida.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_271-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_271-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a aquisição de aparelhos de ar condicionado ou ventiladores para as UBSs do município.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>Adelar Mujol, Laine da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_272-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_272-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja fornecido café da manhã saudável e materiais para dinâmicas para o Grupo_x000D_
 Hiperdia.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_273-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_273-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a afixação de informativos sobre a Lei de desacato e canais de ouvidoria nas Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacaorua_jose_citon_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacaorua_jose_citon_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, um estudo para o alargamento da Rua José Citon e construção de calçada.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/ind_275-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/ind_275-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que reavalie a decisão de encerramento das oficinas de cultura realizadas no Centro Cultural de Corbélia.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/ind_276-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/ind_276-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a criação de uma forma de ressarcimento para os motoristas do Município que realizam viagens para fora do Município.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>Emanuel Huff - Coeio, Laine da Saúde</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, o retorno do transporte de pacientes do setor de Saúde.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_vereador_lira_-_quebra_molas_rua_anturio_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_vereador_lira_-_quebra_molas_rua_anturio_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar estudo de viabilidade para implantação de um quebra -molas na Rua Antúrio, no Bairro BNH, nas proximidades da Rua Sempre Viva, visando aumentar a segurança dos pedestres e estudantes que circulam na região.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_vereador_lira_-_recape_rua_orquidea_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_vereador_lira_-_recape_rua_orquidea_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar recape asfáltico na Rua Orquídea, no Centro de Corbélia, em direção ao Bairro Santa Catarina, em razão do grande número de buracos e das más condições de tráfego.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_280-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_280-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de tampar a boca de lobo localizada na Rua Rainha da Neve, em uma área rural próxima à esquina com a Rua Violeta, no Centro , em razão do risco de acidentes.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_281-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_281-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar estudo de viabilidade para mudança de local do bueiro localizado na Rua Sempre Viva,_x000D_
 nº 86, no Bairro BNH, tendo em vista os problemas de alagamento causados por falhas na sua instalação.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_vereador_lira_-_bebedouros_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_vereador_lira_-_bebedouros_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a instalação de bebedouros nas quadras esportivas do município.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/ind_283-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/ind_283-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de realizar estudo de viabilidade para implantação de estacionamento transversal na Rua Lírio, esquina com a Rua Hortência, nas proximidades da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/ind_284-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/ind_284-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que conceda isenção ou redução das taxas cobradas aos comerciantes locais para_x000D_
 exposição durante a Expobelia.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/ind_285-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/ind_285-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de aquisição de computadores para as unidades de saúde do Município, especialmente para o Pronto Atendimento Municipal – PAM de Corbélia.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_286-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_286-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de aquisição e instalação de geradores de energia elétrica no Pronto_x000D_
 Atendimento Municipal – PAM de Corbélia.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_287-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_287-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar melhorias no campinho de futebol localizado no Bairro Vila Nova Nazaré (Mutirão).</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/ind_288-2025._assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/ind_288-2025._assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a instalação de redutor de velocidade na Rua Orquídea, esquina com a Rua_x000D_
 Magnólia, próximo ao CMEI Davi Lube.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a reconstrução do quebra-molas da Rua Jasmin, próximo ao Posto Líder.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que realize, com urgência, a poda das árvores localizadas em frente à Coopavel, no trecho que segue em direção ao Centro de Distribuição da Quero Quero.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/ind-291-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/ind-291-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um redutor de velocidade na Rua Tulipa, nas proximidades do_x000D_
 CMEI “Construindo o Saber”.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/ind-292-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/ind-292-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a necessidade de realizar estudo de viabilidade para implantação de estacionamento transversal na Rua Primavera, em frente ao Centro de Convivência.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/ind-293-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/ind-293-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja feito o estudo para implantação de quebra-molas na Avenida Santa Catarina, Avenida Goiás e Rua Tibagi no distrito do Ouro Verde do Piquiri.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/ind-294-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/ind-294-2025_assinado.pdf</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/ind-295-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/ind-295-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja designado um servidor responsável para permanecer com o celular do plantão da UBS nos finais de semana e feriados.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/ind-296-crachas_assinado_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/ind-296-crachas_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine ao setor competente, a implementação de identificação por meio de crachá para todos os servidores_x000D_
 públicos que realizam atendimento direto à população.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_vereador_lira_-_placas_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/ind_297-2026_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente a instalação, manutenção e reforço das placas de identificação com os nomes _x000D_
 das ruas da cidade.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_vereador_lira_-_cmei_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/ind_298-2026_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente, bem como notifique a empresa responsável pela reforma realizada no CMEI Iracema Zanato, para que proceda com verificação técnica e providências necessárias quanto à obra executada.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_vereador_lira_-_ar_centro_cultural_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/ind-299-2026_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente a instalação de novos aparelhos de ar condicionado no Centro Cultural de Corbélia, visando à melhoria das condições de conforto térmico do local.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_vereador_lira_-_hino_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/ind-300-2026_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que avalie a viabilidade de proceder com a regravação do Hino Municipal de Corbélia, em uma versão musicalmente mais atualizada, preservando integralmente a letra e a identidade histórica do hino.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor Luiz Gustavo Valim.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Eli Stefanello, Adelar Mujol, André Lira, Emanuel Huff - Coeio, Geraldinho, Laine da Saúde, Lucas Bortoluzzi - Luketa, Maycon André, Paulinho Zaquette, Paulo do Raio X, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/moc_15-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/moc_15-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento do Dr. Eduardo Walczewski.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Manifesta moção de pesar pelo falecimento do Sr. Erno Afonso Simon.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Adelar Mujol, André Lira, Eli Stefanello, Emanuel Huff - Coeio, Geraldinho, Laine da Saúde, Lucas Bortoluzzi - Luketa, Maycon André, Paulinho Zaquette, Paulo do Raio X, Zezinho Milhome</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/moc_17-2025_aprovado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/moc_17-2025_aprovado.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Supremo Tribunal Federal (STF), para que se manifeste contrário à Ação Direta de Inconstitucionalidade (ADI) n° 7796, que questiona o apoio do Estado do Paraná à educação especial promovida por entidades filantrópicas, como as APAEs e instituições congêneres.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_paulo_de_souza.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_paulo_de_souza.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor Paulo de Souza.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Em reconhecimento ao Senhor Prof. Walter Meier.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_andre_-_renata_drehmer_assinado_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_andre_-_renata_drehmer_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento à Família Drehmer representada por Sra. Renata Drehmer e Sergio Drehmer.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/mocao_andre_-_clenir_krolhing_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/mocao_andre_-_clenir_krolhing_assinado.pdf</t>
   </si>
   <si>
     <t>Em reconhecimento à Sra. Clenir Krolhing pelos seus mais de 30 anos dedicados à igreja católica como Ministra da Eucaristia e por toda a contribuição da_x000D_
 Família Krolhing com o desenvolvimento social e econômico de Corbélia através do Agronegócio.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao-aplausos-mesa-5crpmpr_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao-aplausos-mesa-5crpmpr_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao 5º Comando Regional da Polícia Militar do Paraná pelo transcurso do 15º aniversário de sua criação.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Em reconhecimento à atleta Simone Schaefer Liotto, pelas suas conquistas e destacada trajetória no ciclismo.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Mensagem de Veto Integral ao Projeto de Lei Ordinária n° 148/2025 de 03 de Abril de 2025 que Dispõe sobre a criação da Creche do Idoso no Município de Corbélia e, dá outras providências.</t>
   </si>
@@ -4641,67 +4650,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/projeto_de_proposta_de_emenda_lei_organica_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_complementar_003_planta_generica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_001_concessao_direito_real_de_uso_rodoviaria_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/projeto_de_lei_002_doacao_terra_fossas_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/projeto_de_lei_003_concessao_direito_real_de_uso_abatedouro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/projeto_de_lei_n_004_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_de_lei_n_005_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/projeto_de_lei_n_006_alteracao_tabela_da_lei_1274.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto1_-_reajuste_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/plo-122-projeto_de_lei_08.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/plo-123-projeto_de_lei_09.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/plo-124-projeto_de_lei_10.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/plo-125-projeto_de_lei_11.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/plo-126-projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/plo-127-projeto_de_lei_13.2025_beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/plo-128-projeto_de_lei_14.2025_mae_corbeliense.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/plo-129-projeto_de_lei_15.2025_cartao_mesa_cheia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/minuta_projeto_de_lei_cred_especial_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_fundo_municipal_de_educacao_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_132-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_133-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/minuto_do_projeto_de_lei_22.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/plo_apracor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/plo_apae.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/plo_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/texto_plo_138-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/texto_plo_139-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/texto_plo_140-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/texto_plo_141-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/texto_142-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/plo_143-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/plo_144-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/plo_145-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/plo_146-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/plo_147-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/projeto_de_lei_creche_idoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/plo_149-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/plo_150-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/projeto-programa-adaptacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/plo_152-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/plo_153-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/plo_154-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/plo_155-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/plo_156-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/plo_157-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/plo_158-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/plo_159-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/plo_160-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/plo_161-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/plo_162-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_complementar_02.2025_alteracao_da_cosip.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/plo_164-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/minuta_projeto_de_lei_165-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_166-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/download_9.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/plo_168-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/plo_169-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/plo_170-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/plo_171-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/plo_172-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/plo-173-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_55.2025_nomeia_o_ginasio_de_esportes_da_praca_paraguai.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/projeto_de_lei_56_especial_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_57_cred_adic_exc_arrecad.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/projeto_de_lei_58.2025_alteracao_da_lei_823.2013_cargo_agente_fiscal_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/plo-178-2025-credito-adc-supl-1260k.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/plo-179-2025-cred-adc-supl-4670k.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_61.2025_plano_amortizacao_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_62.2025_altera_lei_874.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_63.2025_conselho_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_64.2025_fumtur.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/minuta_projeto_de_lei_65_pro_moradia_cred_esp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/projeto_de_lei_66_convenios_20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/minuta_projeto_de_lei_67_praca_lutero.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_69.2025_recebimento_de_doacao_area_de_terra.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projeto_de_lei_70.2025_programa_de_desenvolvimento..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/minuta_projeto_de_lei_68_barracao_industrial.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_-_felca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/projeto_de_lei_72._2025_convenio_estado__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_71.2025_alteracao_da_lei_1044._2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/projeto_de_lei_73.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_denominacao_cmei_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/projeto_de_lei_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/projeto_de_lei_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_74.2025__reducao_aliquota_itbi_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_75.2025__moradia_legal.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_79.2025_aquisicao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_isencao_de_taxa_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_80_parc_2025_cassemc_retificado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_81_cred_espcasa_da_mulher_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_lei_82_conv_av_rs_e_estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_083.2025_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/projeto_de_lei_084.2025_cassemc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/projeto_lei_85_cred_especial_cmei_jd_juliana.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/projeto_de_lei_86-2025_folha_pagamento.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_087.2025_agente_fiscal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_lei_088.2025_ratifica_consorcio_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_090.2025_altera_a_lei_1300.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/projeto_de_lei_092.2025_doacao_lote_urbano_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_saude_emenda_mac.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_cred_supl_convenios_estado_pl98.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/projeto_de_lei_96_-2025_anulacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_091.2025_nota_premiada_corbelia_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/projeto_de_lei_095.2025_alteracao_da_lei_1269._1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_097.2025_desafeta_lotes_urbanos_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_099.2025_desafeta_lotes_urbanos_e_autoriza_alienacao..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_100.2025_alteracao_da_lei_286.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_101.2025_plano_de_residuos_solidos_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_102.2025_diarias..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/projeto_de_lei_103.2025_vale_alimentacao..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_receitas_medicas_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_089.2025_alteracao_da_lei_823.2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/projeto_de_lei_104.2025_alteracao_da_lei_1274..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/projeto_de_lei_105.2025_alteracao_da_lei_1220.2023..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emenda_plo_115_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/emenda_plo_117_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/emenda_plo_118_2025_-_cjr_cefo_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/emenda_plo_119_2025_-_cjr_cefo_cvosp_-_substitutiva2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_substitutiva_-_pelom_003-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/emenda_plo_145_2025_-_modificativa_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/emenda_plo_146_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/emenda_plo_138_2025_-_modificativa_-_cecs.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/emenda_plo_150_2025_-_cecs_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/emenda_plo_149_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/emenda_plo_155_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/emenda_plo_139_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emenda_plo_163_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_plo_132_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/emenda_plo_156_2025_-_modificativa_-_cefo_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/emenda_plo_174_2025_-_modificativa_-_cdset_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_plo_169_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_plo_173_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/emendas-impositivas-maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/emendas-impositivas-emanuel_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/emendas-impositivas-paulozaquette_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/emendas-impositivas-josemilhome_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/emendas-impositivas-paulocardoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/emendas-impositivas-adelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/emendas-impositivas-geraldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/emendas-impositivas-lucas_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/emendas-impositivas-andre_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/emendas-impositivas-eli_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/emendas-impositivas-eliane_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_plo_219_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/emenda_plo_224_2025_-_modificativa_-_adelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/emenda_plo_222_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/emenda_plo_227_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/emenda_plo_228_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/emenda_plo_229_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/requerimento_paulo_cardoso_-_casas_populares_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/titulo_merito_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/req_71-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/req_72-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/titulo_merito_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/ind_124-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_retirada_quebra_molas_parque_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/ind_126-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_127-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_128-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_129-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_130-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_136-2025_aproado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_137-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/ind_138-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/ind_139-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/ind_140-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/ind_141-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/ind_142-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/ind_143-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_144-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_145-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/ind_146-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/ind_147-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_148-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_149-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_155-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_156-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_157-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_158-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_159-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_160-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_161-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_162-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_163-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_164-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_165-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_166-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_167-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_168-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_169-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_170-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_emanuel_bollards_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_173-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_174-2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/ind-175-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/ind_176-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/ind-177-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_sistema_de_irrigacao_-_corrigida_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_179-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_180-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/ind_186-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/ind_187-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/ind_188-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/ind_189-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_190-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_191-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/ind_192-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_193-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_194-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_195-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_196-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/ind_197-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_198-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_199-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/ind_200-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_201-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_202-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_203-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/ind_204-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/ind_205-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/ind_206-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/ind_207-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_208-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_mulheres_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_210-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_calcada_maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_212-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_213-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_231-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_lira_scooter_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_233-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_234-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_235-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_236-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/ind_237-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_238-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/ind_239-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/ind_240-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/ind_241-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_242-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/ind_243-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/ind_244-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_245-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/ind-246-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_247-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_248-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/ind_249-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/ind_250-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/ind_251-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/ind-252-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_andre_colonia_de_ferias_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_254-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_255-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/ind_256-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/ind_257-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/ind-258-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/ind_259-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_260-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_262-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_vereador_lira_-_praca_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_263-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/ind_264-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_emanuel_curso_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_266-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_267-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_268-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_269-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_270-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_271-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_272-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_273-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacaorua_jose_citon_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/ind_275-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/ind_276-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_vereador_lira_-_quebra_molas_rua_anturio_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_vereador_lira_-_recape_rua_orquidea_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_280-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_281-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_vereador_lira_-_bebedouros_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/ind_283-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/ind_284-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/ind_285-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_286-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_287-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/ind_288-2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/ind-291-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/ind-292-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/ind-293-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/ind-294-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/ind-295-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/ind-296-crachas_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_vereador_lira_-_placas_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_vereador_lira_-_cmei_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/indicacao_vereador_lira_-_ar_centro_cultural_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_vereador_lira_-_hino_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/moc_15-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/moc_17-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_paulo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_andre_-_renata_drehmer_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/mocao_andre_-_clenir_krolhing_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao-aplausos-mesa-5crpmpr_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/projeto_de_proposta_de_emenda_lei_organica_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/plc_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/projeto_de_lei_complementar_003_planta_generica.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_001_concessao_direito_real_de_uso_rodoviaria_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/projeto_de_lei_002_doacao_terra_fossas_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/projeto_de_lei_003_concessao_direito_real_de_uso_abatedouro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/projeto_de_lei_n_004_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/projeto_de_lei_n_005_aumento_real.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/projeto_de_lei_n_006_alteracao_tabela_da_lei_1274.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/projeto1_-_reajuste_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/plo-122-projeto_de_lei_08.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/plo-123-projeto_de_lei_09.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/plo-124-projeto_de_lei_10.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/plo-125-projeto_de_lei_11.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/plo-126-projeto_de_lei_12.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/plo-127-projeto_de_lei_13.2025_beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/plo-128-projeto_de_lei_14.2025_mae_corbeliense.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/plo-129-projeto_de_lei_15.2025_cartao_mesa_cheia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/minuta_projeto_de_lei_cred_especial_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/projeto_de_lei_fundo_municipal_de_educacao_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_132-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_133-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/minuto_do_projeto_de_lei_22.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/plo_apracor.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/plo_apae.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/plo_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/texto_plo_138-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/texto_plo_139-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/texto_plo_140-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/texto_plo_141-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/texto_142-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/plo_143-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/plo_144-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/plo_145-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/plo_146-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/plo_147-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/projeto_de_lei_creche_idoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/plo_149-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/plo_150-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/projeto-programa-adaptacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/plo_152-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/plo_153-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/plo_154-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/plo_155-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/plo_156-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/plo_157-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/plo_158-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/plo_159-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/plo_160-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/plo_161-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/plo_162-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_complementar_02.2025_alteracao_da_cosip.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2001/plo_164-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/minuta_projeto_de_lei_165-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_166-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/download_9.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/plo_168-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/plo_169-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/plo_170-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/plo_171-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/plo_172-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/plo-173-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_55.2025_nomeia_o_ginasio_de_esportes_da_praca_paraguai.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/projeto_de_lei_56_especial_saude_e_social.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/projeto_de_lei_57_cred_adic_exc_arrecad.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/projeto_de_lei_58.2025_alteracao_da_lei_823.2013_cargo_agente_fiscal_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/plo-178-2025-credito-adc-supl-1260k.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/plo-179-2025-cred-adc-supl-4670k.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/projeto_de_lei_61.2025_plano_amortizacao_deficit_atuarial.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/projeto_de_lei_62.2025_altera_lei_874.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_63.2025_conselho_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2045/projeto_de_lei_64.2025_fumtur.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/minuta_projeto_de_lei_65_pro_moradia_cred_esp.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/projeto_de_lei_66_convenios_20.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/minuta_projeto_de_lei_67_praca_lutero.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/projeto_de_lei_69.2025_recebimento_de_doacao_area_de_terra.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/projeto_de_lei_70.2025_programa_de_desenvolvimento..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/minuta_projeto_de_lei_68_barracao_industrial.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/projeto_de_lei_-_felca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/projeto_de_lei_72._2025_convenio_estado__saude.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/projeto_de_lei_71.2025_alteracao_da_lei_1044._2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/projeto_de_lei_73.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_denominacao_cmei_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/projeto_de_lei_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/projeto_de_lei_ppa_2026-29.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/projeto_de_lei_74.2025__reducao_aliquota_itbi_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/projeto_de_lei_75.2025__moradia_legal.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/projeto_de_lei_78.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_79.2025_aquisicao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_isencao_de_taxa_concurso_publico_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_80_parc_2025_cassemc_retificado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_81_cred_espcasa_da_mulher_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_lei_82_conv_av_rs_e_estrada_rural.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_083.2025_auditor_fiscal.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/projeto_de_lei_084.2025_cassemc.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/projeto_lei_85_cred_especial_cmei_jd_juliana.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/projeto_de_lei_86-2025_folha_pagamento.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_087.2025_agente_fiscal.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/projeto_de_lei_088.2025_ratifica_consorcio_parana_saude.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_090.2025_altera_a_lei_1300.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/projeto_de_lei_092.2025_doacao_lote_urbano_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/projeto_saude_emenda_mac.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/projeto_de_lei_denominacao_salao_comunitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/projeto_de_lei_093.2025_plano_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/projeto_cred_supl_convenios_estado_pl98.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/projeto_de_lei_96_-2025_anulacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_091.2025_nota_premiada_corbelia_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/projeto_de_lei_095.2025_alteracao_da_lei_1269._1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/projeto_de_lei_097.2025_desafeta_lotes_urbanos_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/projeto_de_lei_099.2025_desafeta_lotes_urbanos_e_autoriza_alienacao..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/projeto_de_lei_100.2025_alteracao_da_lei_286.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/projeto_de_lei_101.2025_plano_de_residuos_solidos_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/projeto_de_lei_102.2025_diarias..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/projeto_de_lei_103.2025_vale_alimentacao..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2164/projeto_de_lei_receitas_medicas_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/projeto_de_lei_089.2025_alteracao_da_lei_823.2013.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/projeto_de_lei_104.2025_alteracao_da_lei_1274..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/projeto_de_lei_105.2025_alteracao_da_lei_1220.2023..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/pdl-002-2025_-_titulo_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/pdl-003-2025_-_titulo_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto1-regimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/projeto2-regimento-julgamento-contas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/emenda_plo_116_2024_-_modificativa_-_paulo_aprovado_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emenda_plo_115_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/emenda_plo_117_2025_-_cjr_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/emenda_plo_118_2025_-_cjr_cefo_cvosp_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/emenda_plo_119_2025_-_cjr_cefo_cvosp_-_substitutiva2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/emenda_substitutiva_-_pelom_003-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/emenda_plo_145_2025_-_modificativa_-_cjr.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/emenda_plo_146_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/emenda_plo_138_2025_-_modificativa_-_cecs.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/emenda_plo_150_2025_-_cecs_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/emenda_plo_149_2025_-_modificativa_-_cvosp.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/emenda_plo_155_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/emenda_plo_139_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emenda_plo_163_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/emenda_plo_132_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/emenda_plo_156_2025_-_modificativa_-_cefo_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/emenda_plo_174_2025_-_modificativa_-_cdset_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_plo_169_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_plo_173_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_plo_142_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_plo_162_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_plo_180_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/emenda_plo_206_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/emenda_plo_212_2025_-_modificativa_-_paulo_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/emenda_plo_211_2025_-_cjr_-_substitutiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/emenda_plo_220_2025_-_modificativa_-_cjr_cefo_cvosp_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/emenda_plo_221_2025_-_modificativa_-_cjr_cefo_cvosp_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/emendas-impositivas-maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/emendas-impositivas-emanuel_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/emendas-impositivas-paulozaquette_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/emendas-impositivas-josemilhome_assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/emendas-impositivas-paulocardoso_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/emendas-impositivas-adelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/emendas-impositivas-geraldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/emendas-impositivas-lucas_assinado.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/emendas-impositivas-andre_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/emendas-impositivas-eli_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/emendas-impositivas-eliane_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/emenda_plo_219_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/emenda_plo_224_2025_-_modificativa_-_adelar_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/emenda_plo_222_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/emenda_plo_227_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/emenda_plo_228_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/emenda_plo_229_2025_-_cjr_-_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/101755373_parecer_previo_-_59-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/parecer_tribunal_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/req_65-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/req_66-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/req_67-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/req_68-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/requerimento_paulo_cardoso_-_casas_populares_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/titulo_merito_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/req_71-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/req_72-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/titulo_merito_acomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/ind_124-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_retirada_quebra_molas_parque_rodeio_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/ind_126-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_127-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_128-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_129-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_130-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_131-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_132-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_133-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_134-2025_aprovada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_135-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_136-2025_aproado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_137-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/ind_138-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/ind_139-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/ind_140-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/ind_141-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/ind_142-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/ind_143-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_144-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_145-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/ind_146-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/ind_147-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_148-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_149-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_150-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_151-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/nd_152-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_153-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_154-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_155-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_156-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_157-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_158-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_159-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/ind_160-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_161-2025aprovado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_162-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_163-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/ind_164-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_165-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/ind_166-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_167-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_168-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_169-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_170-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_emanuel_bollards_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_173-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_174-2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/ind-175-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/ind_176-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/ind-177-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_sistema_de_irrigacao_-_corrigida_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_179-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_180-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_181-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_182-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_183-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/ind_184-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/ind_185-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/ind_186-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/ind_187-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/ind_188-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/ind_189-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_190-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/ind_191-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/ind_192-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_193-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_194-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_195-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/ind_196-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/ind_197-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_198-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_199-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/ind_200-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_201-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_202-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_203-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/ind_204-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/ind_205-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/ind_206-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/ind_207-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_208-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_mulheres_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_210-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_calcada_maycon_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_212-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_213-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_214-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_215-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_216-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_217-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_218-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/ind_219-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_220-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_221-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_222-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/ind_223-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/ind_224-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/ind_225-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/ind_226-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_227-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_228-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_229-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_230-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_231-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_lira_scooter_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_233-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_234-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_235-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_236-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/ind_237-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_238-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/ind_239-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/ind_240-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2000/ind_241-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_242-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/ind_243-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/ind_244-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_245-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/ind-246-2025-aprovada_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_247-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/ind_248-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/ind_249-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/ind_250-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/ind_251-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/ind-252-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/indicacao_andre_colonia_de_ferias_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_254-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_255-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/ind_256-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/ind_257-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/ind-258-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/ind_259-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_260-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_262-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_vereador_lira_-_praca_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_263-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/ind_264-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_emanuel_curso_idosos_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_266-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_267-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_268-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_269-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_270-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_271-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_272-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_273-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacaorua_jose_citon_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/ind_275-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/ind_276-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_vereador_lira_-_quebra_molas_rua_anturio_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_vereador_lira_-_recape_rua_orquidea_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_280-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_281-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/indicacao_vereador_lira_-_bebedouros_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/ind_283-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/ind_284-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/ind_285-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_286-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_287-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/ind_288-2025._assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_289-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_290-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/ind-291-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/ind-292-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/ind-293-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/ind-294-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/ind-295-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/ind-296-crachas_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/ind_297-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/ind_298-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/ind-299-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/ind-300-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_014-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/moc_15-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/moc_17-2025_aprovado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/mocao_paulo_de_souza.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/mocao_andre_-_renata_drehmer_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/mocao_andre_-_clenir_krolhing_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/mocao-aplausos-mesa-5crpmpr_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H370"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -8425,5904 +8434,5904 @@
       </c>
       <c r="H144" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>611</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>612</v>
       </c>
       <c r="D145" t="s">
         <v>516</v>
       </c>
       <c r="E145" t="s">
         <v>517</v>
       </c>
       <c r="F145" t="s">
         <v>536</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H145" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D146" t="s">
         <v>516</v>
       </c>
       <c r="E146" t="s">
         <v>517</v>
       </c>
       <c r="F146" t="s">
         <v>536</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H146" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D147" t="s">
         <v>516</v>
       </c>
       <c r="E147" t="s">
         <v>517</v>
       </c>
       <c r="F147" t="s">
         <v>536</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H147" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D148" t="s">
         <v>516</v>
       </c>
       <c r="E148" t="s">
         <v>517</v>
       </c>
       <c r="F148" t="s">
         <v>176</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H148" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D149" t="s">
         <v>516</v>
       </c>
       <c r="E149" t="s">
         <v>517</v>
       </c>
       <c r="F149" t="s">
         <v>536</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H149" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D150" t="s">
         <v>516</v>
       </c>
       <c r="E150" t="s">
         <v>517</v>
       </c>
       <c r="F150" t="s">
         <v>536</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>513</v>
+        <v>633</v>
       </c>
       <c r="H150" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D151" t="s">
         <v>516</v>
       </c>
       <c r="E151" t="s">
         <v>517</v>
       </c>
       <c r="F151" t="s">
         <v>536</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>513</v>
+        <v>637</v>
       </c>
       <c r="H151" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D152" t="s">
         <v>516</v>
       </c>
       <c r="E152" t="s">
         <v>517</v>
       </c>
       <c r="F152" t="s">
         <v>163</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="H152" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D153" t="s">
         <v>516</v>
       </c>
       <c r="E153" t="s">
         <v>517</v>
       </c>
       <c r="F153" t="s">
+        <v>645</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H153" t="s">
         <v>642</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D154" t="s">
         <v>516</v>
       </c>
       <c r="E154" t="s">
         <v>517</v>
       </c>
       <c r="F154" t="s">
         <v>142</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="H154" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="D155" t="s">
         <v>516</v>
       </c>
       <c r="E155" t="s">
         <v>517</v>
       </c>
       <c r="F155" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="H155" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D156" t="s">
         <v>516</v>
       </c>
       <c r="E156" t="s">
         <v>517</v>
       </c>
       <c r="F156" t="s">
         <v>176</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="H156" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="D157" t="s">
         <v>516</v>
       </c>
       <c r="E157" t="s">
         <v>517</v>
       </c>
       <c r="F157" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="H157" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D158" t="s">
         <v>516</v>
       </c>
       <c r="E158" t="s">
         <v>517</v>
       </c>
       <c r="F158" t="s">
         <v>432</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="H158" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D159" t="s">
         <v>516</v>
       </c>
       <c r="E159" t="s">
         <v>517</v>
       </c>
       <c r="F159" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="H159" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D160" t="s">
         <v>516</v>
       </c>
       <c r="E160" t="s">
         <v>517</v>
       </c>
       <c r="F160" t="s">
         <v>333</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="H160" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="D161" t="s">
         <v>516</v>
       </c>
       <c r="E161" t="s">
         <v>517</v>
       </c>
       <c r="F161" t="s">
         <v>379</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="H161" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D162" t="s">
         <v>516</v>
       </c>
       <c r="E162" t="s">
         <v>517</v>
       </c>
       <c r="F162" t="s">
         <v>350</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="H162" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D163" t="s">
         <v>516</v>
       </c>
       <c r="E163" t="s">
         <v>517</v>
       </c>
       <c r="F163" t="s">
         <v>536</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="H163" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="D164" t="s">
         <v>516</v>
       </c>
       <c r="E164" t="s">
         <v>517</v>
       </c>
       <c r="F164" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="H164" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="D165" t="s">
         <v>516</v>
       </c>
       <c r="E165" t="s">
         <v>517</v>
       </c>
       <c r="F165" t="s">
         <v>531</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="H165" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="D166" t="s">
         <v>516</v>
       </c>
       <c r="E166" t="s">
         <v>517</v>
       </c>
       <c r="F166" t="s">
         <v>536</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="H166" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="D167" t="s">
         <v>516</v>
       </c>
       <c r="E167" t="s">
         <v>517</v>
       </c>
       <c r="F167" t="s">
         <v>536</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="H167" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D168" t="s">
         <v>516</v>
       </c>
       <c r="E168" t="s">
         <v>517</v>
       </c>
       <c r="F168" t="s">
         <v>536</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="H168" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>17</v>
       </c>
       <c r="D169" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="E169" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="F169" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="H169" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>10</v>
       </c>
       <c r="D170" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="E170" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="F170" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="H170" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>586</v>
       </c>
       <c r="D171" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E171" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F171" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="H171" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>591</v>
       </c>
       <c r="D172" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E172" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F172" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="H172" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>596</v>
       </c>
       <c r="D173" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E173" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F173" t="s">
         <v>333</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="H173" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>600</v>
       </c>
       <c r="D174" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E174" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F174" t="s">
         <v>333</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="H174" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>604</v>
       </c>
       <c r="D175" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E175" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F175" t="s">
         <v>176</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="H175" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>608</v>
       </c>
       <c r="D176" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E176" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F176" t="s">
         <v>499</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="H176" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>612</v>
       </c>
       <c r="D177" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E177" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F177" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="H177" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D178" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E178" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F178" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="H178" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D179" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E179" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F179" t="s">
         <v>333</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="H179" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D180" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="E180" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="F180" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H180" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>65</v>
       </c>
       <c r="D181" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E181" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F181" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="H181" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>69</v>
       </c>
       <c r="D182" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E182" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F182" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="H182" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>73</v>
       </c>
       <c r="D183" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E183" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F183" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="H183" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>77</v>
       </c>
       <c r="D184" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E184" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F184" t="s">
         <v>163</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="H184" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>81</v>
       </c>
       <c r="D185" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E185" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F185" t="s">
         <v>163</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H185" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>85</v>
       </c>
       <c r="D186" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E186" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F186" t="s">
         <v>163</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="H186" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>89</v>
       </c>
       <c r="D187" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E187" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F187" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="H187" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>93</v>
       </c>
       <c r="D188" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E188" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F188" t="s">
         <v>350</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="H188" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>97</v>
       </c>
       <c r="D189" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E189" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F189" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="H189" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>101</v>
       </c>
       <c r="D190" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E190" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F190" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="H190" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>105</v>
       </c>
       <c r="D191" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E191" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F191" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="H191" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>109</v>
       </c>
       <c r="D192" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E192" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F192" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="H192" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>113</v>
       </c>
       <c r="D193" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E193" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F193" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="H193" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>117</v>
       </c>
       <c r="D194" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E194" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F194" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="H194" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
         <v>121</v>
       </c>
       <c r="D195" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E195" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F195" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="H195" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
         <v>125</v>
       </c>
       <c r="D196" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E196" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F196" t="s">
         <v>333</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="H196" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
         <v>129</v>
       </c>
       <c r="D197" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E197" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F197" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="H197" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
         <v>133</v>
       </c>
       <c r="D198" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E198" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F198" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="H198" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
         <v>137</v>
       </c>
       <c r="D199" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E199" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F199" t="s">
         <v>333</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="H199" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
         <v>141</v>
       </c>
       <c r="D200" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E200" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F200" t="s">
         <v>333</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="H200" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
         <v>146</v>
       </c>
       <c r="D201" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E201" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F201" t="s">
         <v>333</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="H201" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
         <v>150</v>
       </c>
       <c r="D202" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E202" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F202" t="s">
         <v>333</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="H202" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
         <v>154</v>
       </c>
       <c r="D203" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E203" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F203" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="H203" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
         <v>158</v>
       </c>
       <c r="D204" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E204" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F204" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="H204" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
         <v>162</v>
       </c>
       <c r="D205" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E205" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F205" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="H205" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
         <v>167</v>
       </c>
       <c r="D206" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E206" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F206" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="H206" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
         <v>171</v>
       </c>
       <c r="D207" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E207" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F207" t="s">
         <v>350</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="H207" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
         <v>175</v>
       </c>
       <c r="D208" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E208" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F208" t="s">
         <v>163</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="H208" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
         <v>180</v>
       </c>
       <c r="D209" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E209" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F209" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="H209" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
         <v>184</v>
       </c>
       <c r="D210" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E210" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F210" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="H210" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
         <v>188</v>
       </c>
       <c r="D211" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E211" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F211" t="s">
         <v>432</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="H211" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
         <v>192</v>
       </c>
       <c r="D212" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E212" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F212" t="s">
         <v>432</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="H212" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
         <v>196</v>
       </c>
       <c r="D213" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E213" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F213" t="s">
         <v>432</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="H213" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>200</v>
       </c>
       <c r="D214" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E214" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F214" t="s">
         <v>432</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="H214" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>204</v>
       </c>
       <c r="D215" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E215" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F215" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="H215" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
         <v>208</v>
       </c>
       <c r="D216" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E216" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F216" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="H216" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
         <v>212</v>
       </c>
       <c r="D217" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E217" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F217" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="H217" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>216</v>
       </c>
       <c r="D218" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E218" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F218" t="s">
         <v>163</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="H218" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
         <v>220</v>
       </c>
       <c r="D219" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E219" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F219" t="s">
         <v>163</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="H219" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
         <v>224</v>
       </c>
       <c r="D220" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E220" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F220" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="H220" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
         <v>228</v>
       </c>
       <c r="D221" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E221" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F221" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="H221" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
         <v>233</v>
       </c>
       <c r="D222" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E222" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F222" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="H222" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
         <v>237</v>
       </c>
       <c r="D223" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E223" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F223" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="H223" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
         <v>241</v>
       </c>
       <c r="D224" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E224" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F224" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="H224" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
         <v>245</v>
       </c>
       <c r="D225" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E225" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F225" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="H225" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>249</v>
       </c>
       <c r="D226" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E226" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F226" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="H226" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
         <v>253</v>
       </c>
       <c r="D227" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E227" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F227" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="H227" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>257</v>
       </c>
       <c r="D228" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E228" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F228" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H228" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
         <v>261</v>
       </c>
       <c r="D229" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E229" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F229" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="H229" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>265</v>
       </c>
       <c r="D230" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E230" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F230" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="H230" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>269</v>
       </c>
       <c r="D231" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E231" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F231" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="H231" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
         <v>273</v>
       </c>
       <c r="D232" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E232" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F232" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="H232" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
         <v>277</v>
       </c>
       <c r="D233" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E233" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F233" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="H233" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
         <v>281</v>
       </c>
       <c r="D234" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E234" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F234" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="H234" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
         <v>285</v>
       </c>
       <c r="D235" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E235" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F235" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="H235" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
         <v>288</v>
       </c>
       <c r="D236" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E236" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F236" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="H236" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
         <v>292</v>
       </c>
       <c r="D237" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E237" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F237" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="H237" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>296</v>
       </c>
       <c r="D238" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E238" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F238" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="H238" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>300</v>
       </c>
       <c r="D239" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E239" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F239" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="H239" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
         <v>304</v>
       </c>
       <c r="D240" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E240" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F240" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="H240" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
         <v>308</v>
       </c>
       <c r="D241" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E241" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F241" t="s">
         <v>432</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="H241" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
         <v>312</v>
       </c>
       <c r="D242" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E242" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F242" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="H242" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
         <v>316</v>
       </c>
       <c r="D243" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E243" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F243" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="H243" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
         <v>320</v>
       </c>
       <c r="D244" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E244" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F244" t="s">
         <v>163</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="H244" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
         <v>324</v>
       </c>
       <c r="D245" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E245" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F245" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="H245" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
         <v>328</v>
       </c>
       <c r="D246" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E246" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F246" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="H246" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
         <v>332</v>
       </c>
       <c r="D247" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E247" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F247" t="s">
         <v>142</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="H247" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
         <v>337</v>
       </c>
       <c r="D248" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E248" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F248" t="s">
         <v>163</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="H248" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
         <v>341</v>
       </c>
       <c r="D249" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E249" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F249" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="H249" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
         <v>345</v>
       </c>
       <c r="D250" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E250" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F250" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="H250" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
         <v>349</v>
       </c>
       <c r="D251" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E251" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F251" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="H251" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
         <v>354</v>
       </c>
       <c r="D252" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E252" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F252" t="s">
         <v>350</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="H252" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
         <v>358</v>
       </c>
       <c r="D253" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E253" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F253" t="s">
         <v>163</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="H253" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
         <v>362</v>
       </c>
       <c r="D254" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E254" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F254" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="H254" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
         <v>366</v>
       </c>
       <c r="D255" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E255" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F255" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="H255" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
         <v>370</v>
       </c>
       <c r="D256" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E256" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F256" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="H256" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
         <v>374</v>
       </c>
       <c r="D257" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E257" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F257" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="H257" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
         <v>378</v>
       </c>
       <c r="D258" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E258" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F258" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="H258" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
         <v>383</v>
       </c>
       <c r="D259" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E259" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F259" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="H259" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
         <v>387</v>
       </c>
       <c r="D260" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E260" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F260" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="H260" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>391</v>
       </c>
       <c r="D261" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E261" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F261" t="s">
         <v>333</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="H261" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>395</v>
       </c>
       <c r="D262" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E262" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F262" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="H262" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
         <v>399</v>
       </c>
       <c r="D263" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E263" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F263" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="H263" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
         <v>403</v>
       </c>
       <c r="D264" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E264" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F264" t="s">
         <v>350</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="H264" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
         <v>407</v>
       </c>
       <c r="D265" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E265" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F265" t="s">
         <v>333</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="H265" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
         <v>411</v>
       </c>
       <c r="D266" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E266" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F266" t="s">
         <v>163</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="H266" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
         <v>415</v>
       </c>
       <c r="D267" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E267" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F267" t="s">
         <v>350</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="H267" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
         <v>419</v>
       </c>
       <c r="D268" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E268" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F268" t="s">
         <v>163</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="H268" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
         <v>423</v>
       </c>
       <c r="D269" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E269" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F269" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="H269" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
         <v>427</v>
       </c>
       <c r="D270" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E270" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F270" t="s">
         <v>350</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="H270" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
         <v>431</v>
       </c>
       <c r="D271" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E271" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F271" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="H271" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
         <v>436</v>
       </c>
       <c r="D272" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E272" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F272" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="H272" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
         <v>440</v>
       </c>
       <c r="D273" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E273" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F273" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="H273" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
         <v>444</v>
       </c>
       <c r="D274" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E274" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F274" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="H274" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
         <v>448</v>
       </c>
       <c r="D275" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E275" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F275" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="H275" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
         <v>452</v>
       </c>
       <c r="D276" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E276" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F276" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="H276" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
         <v>456</v>
       </c>
       <c r="D277" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E277" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F277" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="H277" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
         <v>460</v>
       </c>
       <c r="D278" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E278" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F278" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="H278" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
         <v>464</v>
       </c>
       <c r="D279" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E279" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F279" t="s">
         <v>350</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="H279" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
         <v>468</v>
       </c>
       <c r="D280" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E280" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F280" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="H280" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
         <v>472</v>
       </c>
       <c r="D281" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E281" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F281" t="s">
         <v>350</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="H281" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
         <v>476</v>
       </c>
       <c r="D282" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E282" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F282" t="s">
         <v>333</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="H282" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
         <v>480</v>
       </c>
       <c r="D283" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E283" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F283" t="s">
         <v>333</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="H283" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
         <v>485</v>
       </c>
       <c r="D284" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E284" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F284" t="s">
         <v>333</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="H284" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
         <v>489</v>
       </c>
       <c r="D285" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E285" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F285" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="H285" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
         <v>493</v>
       </c>
       <c r="D286" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E286" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F286" t="s">
         <v>350</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="H286" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="D287" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E287" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F287" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="H287" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="D288" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E288" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F288" t="s">
         <v>333</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="H288" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="D289" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E289" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F289" t="s">
         <v>333</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="H289" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="D290" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E290" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F290" t="s">
         <v>333</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="H290" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D291" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E291" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F291" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="H291" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="D292" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E292" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F292" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="H292" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="D293" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E293" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F293" t="s">
         <v>379</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="H293" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="D294" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E294" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F294" t="s">
         <v>333</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="H294" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="D295" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E295" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F295" t="s">
         <v>333</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="H295" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D296" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E296" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F296" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="H296" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D297" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E297" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F297" t="s">
         <v>350</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="H297" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="D298" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E298" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F298" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="H298" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="D299" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E299" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F299" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="H299" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="D300" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E300" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F300" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="H300" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="D301" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E301" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F301" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="H301" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="D302" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E302" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F302" t="s">
         <v>350</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="H302" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="D303" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E303" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F303" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H303" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="D304" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E304" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F304" t="s">
         <v>350</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="H304" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D305" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E305" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F305" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="H305" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="D306" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E306" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F306" t="s">
         <v>350</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="H306" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="D307" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E307" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F307" t="s">
         <v>432</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="H307" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="D308" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E308" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F308" t="s">
         <v>432</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="H308" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D309" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E309" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F309" t="s">
         <v>350</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="H309" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="D310" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E310" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F310" t="s">
         <v>333</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="H310" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="D311" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E311" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F311" t="s">
         <v>333</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="H311" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="D312" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E312" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F312" t="s">
         <v>333</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="H312" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="D313" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E313" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F313" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="H313" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="D314" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E314" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F314" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="H314" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="D315" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E315" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F315" t="s">
         <v>333</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="H315" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="D316" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E316" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F316" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="H316" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="D317" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E317" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F317" t="s">
         <v>350</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="H317" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="D318" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E318" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F318" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="H318" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="D319" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E319" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F319" t="s">
         <v>333</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="H319" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="D320" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E320" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F320" t="s">
         <v>163</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="H320" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="D321" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E321" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F321" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="H321" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="D322" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E322" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F322" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="H322" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="D323" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E323" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F323" t="s">
         <v>163</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="H323" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="D324" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E324" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F324" t="s">
         <v>163</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="H324" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="D325" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E325" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F325" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="H325" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D326" t="s">
+        <v>745</v>
+      </c>
+      <c r="E326" t="s">
+        <v>746</v>
+      </c>
+      <c r="F326" t="s">
         <v>1234</v>
       </c>
-      <c r="B326" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G326" s="1" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="H326" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="D327" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E327" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F327" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="H327" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="D328" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E328" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F328" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="H328" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="D329" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E329" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F329" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="H329" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D330" t="s">
+        <v>745</v>
+      </c>
+      <c r="E330" t="s">
+        <v>746</v>
+      </c>
+      <c r="F330" t="s">
         <v>1251</v>
       </c>
-      <c r="B330" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G330" s="1" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="H330" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="D331" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E331" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F331" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="H331" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="D332" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E332" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F332" t="s">
         <v>333</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="H332" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="D333" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E333" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F333" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="H333" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="D334" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E334" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F334" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H334" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="D335" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E335" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F335" t="s">
         <v>333</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="H335" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="D336" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E336" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F336" t="s">
         <v>333</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="H336" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="D337" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E337" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F337" t="s">
         <v>333</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="H337" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="D338" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E338" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F338" t="s">
         <v>333</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="H338" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="D339" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E339" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F339" t="s">
         <v>333</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="H339" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="D340" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E340" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F340" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="H340" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D341" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E341" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F341" t="s">
         <v>350</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="H341" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="D342" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E342" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F342" t="s">
         <v>350</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="H342" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="D343" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E343" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F343" t="s">
         <v>350</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="H343" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="D344" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E344" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F344" t="s">
         <v>333</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="H344" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="D345" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E345" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F345" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="H345" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="D346" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E346" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F346" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="H346" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="D347" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E347" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F347" t="s">
         <v>333</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="H347" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="D348" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E348" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F348" t="s">
         <v>379</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="H348" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="D349" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E349" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F349" t="s">
         <v>142</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="H349" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="D350" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E350" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F350" t="s">
         <v>432</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="H350" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="D351" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E351" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F351" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="H351" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="D352" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E352" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F352" t="s">
         <v>350</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="H352" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="D353" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E353" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F353" t="s">
         <v>350</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="H353" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="D354" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E354" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F354" t="s">
         <v>333</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
       <c r="H354" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="D355" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E355" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F355" t="s">
         <v>333</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="H355" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="D356" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E356" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F356" t="s">
         <v>333</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="H356" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
       <c r="D357" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="E357" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F357" t="s">
         <v>333</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="H357" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="D358" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E358" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F358" t="s">
         <v>379</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="H358" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E359" t="s">
         <v>1368</v>
       </c>
-      <c r="B359" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F359" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="H359" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F360" t="s">
         <v>1373</v>
       </c>
-      <c r="B360" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G360" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H360" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="D361" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E361" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F361" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="H361" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="D362" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E362" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F362" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="H362" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="D363" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E363" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F363" t="s">
         <v>379</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H363" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="D364" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E364" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F364" t="s">
         <v>333</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="H364" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="D365" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E365" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F365" t="s">
         <v>333</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="H365" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="D366" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E366" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F366" t="s">
         <v>53</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="H366" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="D367" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="E367" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="F367" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H367" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
         <v>17</v>
       </c>
       <c r="D368" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="E368" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="F368" t="s">
         <v>13</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H368" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="D369" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="E369" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="F369" t="s">
         <v>53</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H369" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D370" t="s">
         <v>1412</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="E370" t="s">
         <v>1413</v>
-      </c>
-[...4 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="F370" t="s">
         <v>53</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>513</v>
+        <v>613</v>
       </c>
       <c r="H370" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>