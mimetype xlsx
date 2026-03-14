--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -10,219 +10,945 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="552" uniqueCount="296">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2213</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Poder Executivo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2213/projeto_de_lei_complementar_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do inciso II do artigo 13 e do parágrafo único do artigo 55 da Lei Complementar nº 01, de 29 de março de 2022, que "Dispõe sobre o Regime Próprio de Previdência Social do Município de Corbélia e dá outras providências".</t>
+  </si>
+  <si>
     <t>2185</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>230</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Poder Executivo Municipal</t>
-[...2 lines deleted...]
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2185/projeto_de_lei_001_recape_e_pavim.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2185/projeto_de_lei_001_recape_e_pavim.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 20.826.530,95 (vinte milhões, oitocentos e vinte e seis mil, quinhentos e trinta reais e noventa e cinco centavos), na forma em que especifica abaixo.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2187/projeto_de_lei_02.2026_concessao_de_uso_de_imovel_a_coopracor.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2187/projeto_de_lei_02.2026_concessao_de_uso_de_imovel_a_coopracor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de direito real de uso do imóvel Lote de Terras urbano nº 1 da quadra nº 3 da planta do loteamento denominado “Jardim Mariana”, com área de 2.510,36 m2.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2188/projeto_de_lei_03.2026_alteracao_da_lei_1356.2025.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2188/projeto_de_lei_03.2026_alteracao_da_lei_1356.2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da lei 1356 de 14 de outubro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2189/projeto_de_lei_04.2026_altera_a_lei_760.2012_conselho_da_mulher..pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2189/projeto_de_lei_04.2026_altera_a_lei_760.2012_conselho_da_mulher..pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 760 de 23 de abril de 2012, que dispõe sobre a criação e estruturação do Conselho Municipal dos Direitos da Mulher de Corbélia e dá outras providências.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2190/projeto_de_lei_05.2026_reposicao_inflacionaria.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2190/projeto_de_lei_05.2026_reposicao_inflacionaria.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária aos servidores Municipais do Poder Executivo, ativos, inativos, pensionistas, Quadro Próprio do Magistério, Conselheiros_x000D_
 Tutelares, bem como dos empregados regidos pela CLT -, Agente de Defesa Civil, Profissional de Apoio, a todos os demais servidores da administração direta e autárquica – CASSEMC, e a todos os servidores do legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
+    <t>2210</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2210/projeto_06.2026._projeto_de_lei_pro_moradia.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 1.935.000,00 (um milhão, novecentos e trinta e cinco mil reais), na forma em que especifica abaixo.</t>
+  </si>
+  <si>
+    <t>2211</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2211/projeto_de_lei_07.2026_recebimento_de_recursos_copacol.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município a receber doação da COPACOL – Cooperativa Agroindustrial Consolata e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2212</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2212/projeto_de_lei_08.2026_alteracao_da_lei_1358.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do artigo 3º da Lei Ordinária nº 1.358, de 29 de outubro de 2025, que "Dispõe sobre o parcelamento e o reparcelamento de débitos do Município de Corbélia, com seu Regime Próprio de Previdência Social-RPPS".</t>
+  </si>
+  <si>
+    <t>2223</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2223/projeto_de_lei_09.2026_autorizacao_termo_de_acordo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a firmar Termo de Acordo, conforme minuta anexa, e a repassar recursos financeiros a título de auxílio para viabilizar a desocupação de área pública, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2224</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2224/projeto_de_lei_010.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a abrir crédito adicional especial no orçamento do Município, com base em anulação parcial de dotação orçamentária, no valor de R$ 40.000,00 (quarenta mil reais), na forma em que especifica abaixo".</t>
+  </si>
+  <si>
+    <t>2232</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2232/projeto_de_lei_11.2026_termo_de_fomento_apae.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Fomento com a APAE de Corbélia - Associação de Pais e Amigos dos Excepcionais de Corbélia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2235</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2235/projeto_de_lei_012.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, com base em excesso de arrecadação, no valor de R$ 2.830.000,00 (dois milhões, oitocentos e trinta mil reais), na forma em que especifica abaixo".</t>
+  </si>
+  <si>
+    <t>2239</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>Eli Stefanello, Lucas Bortoluzzi - Luketa</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2239/projeto_de_lei_patinetes_eli_e_luketa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a circulação, uso e estacionamento de equipamentos de mobilidade individual autopropelidos, bicicletas, bicicletas elétricas e ciclomotores no Município de Corbélia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2240</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>Eli Stefanello, Zezinho Milhome</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2240/projeto_de_lei_limpeza_fossas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Limpeza de Fossas Sépticas, Negras ou Similares no Município de Corbélia, estabelece regras para a prestação do serviço e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2219</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Mesa Diretiva</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2219/projeto3-regimento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Regimento Interno da Câmara Municipal de Corbélia, para disciplinar a admissibilidade das indicações.</t>
+  </si>
+  <si>
+    <t>2196</t>
+  </si>
+  <si>
+    <t>PTCE</t>
+  </si>
+  <si>
+    <t>Parecer do Tribunal de Contas Estadual</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas do Estado do Paraná</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2196/20-parecer_previo_-_403-25_-_s1c.pdf</t>
+  </si>
+  <si>
+    <t>PARECER PRÉVIO Nº 403/2025 – Primeira Câmara. Prestação de Contas de Prefeito Municipal. (i) Resultado Financeiro de fontes não vinculadas a programas, convênios, operações de crédito e ao Regime Próprio de Previdência Social (RPPS), em descumprimento ao disposto nos artigos 1º, § 1º, da LRF e 48, alínea b, da Lei Federal nº 4.320/64. (ii) Obrigações de Despesas contraídas nos últimos dois quadrimestres do mandato, em descumprimento ao disposto no artigo 42 da LRF. (iii) Aportes para cobertura do déficit atuarial em montante inferior ao previsto no resultado de avaliação atuarial, em descumprimento ao disposto no artigo 9º da Lei Federal n.º 9.717/1998 e nos artigos 53, § 1º, e 55, da Portaria MF n.º 464/2018. Exercício de 2024. Parecer prévio pela irregularidade com ressalvas em relação à Avaliação da Atuação Governamental na área de Educação (5,85), Administração Financeira (3,08) e Previdência Social (4,93).</t>
+  </si>
+  <si>
+    <t>2237</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>André Lira, Laine da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2237/requerimento_laine_e_andre_lei_fibromialgia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer à Secretaria Municipal de Saúde informações sobre a implementação das Leis 14.705/2023 e 15.176/2025 relativas à Fibromialgia.</t>
+  </si>
+  <si>
     <t>2181</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>André Lira</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2181/indicacao_vereador_lira_-_uniformes_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2181/indicacao_vereador_lira_-_uniformes_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente que estude a viabilidade técnica, financeira e administrativa para a distribuição de uniformes e materiais escolares aos alunos da rede municipal de ensino neste ano de 2026.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2182/indicacao_vereador_lira_-_transporte_universitario_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2182/indicacao_vereador_lira_-_transporte_universitario_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente que estude a viabilidade técnica, financeira e administrativa para a implantação de transporte universitário destinado aos estudantes do município que frequentam instituições de ensino superior e técnico na cidade de Cascavel, ou, alternativamente, a concessão de auxílio financeiro parcial para custeio do transporte, neste ano de 2026.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2183/indicacao_vereador_lira_-_calcada_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2183/ind_303-2026_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente a realização de estudo de viabilidade técnica e orçamentária para a construção de calçada na lateral da Rua José Citon, no trecho que liga à Avenida Rio Grande do Sul.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2184/indicacao_vereador_lira_-_terrenos_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2184/indicacao_vereador_lira_-_terrenos_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que determine ao setor competente que amplie a fiscalização dos lotes baldios existentes no perímetro urbano, intensificando as ações de notificação, limpeza e aplicação das penalidades previstas em lei, em razão do aumento significativo de aparecimento de cobras na cidade.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Laine da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2186/indicacao_laine_recapeamento_asfaltico_assinado.pdf</t>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2186/ind_305-2026_assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal, que determine junto ao setor competente, que seja realizado um Recapeamento Asfáltico em todos os Bairros do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2191</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2191/ind_306-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine junto ao setor competente, que seja realizado a limpeza das placas de sinalização e a pintura dos quebra-molas no Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2192</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>Paulinho Zaquette</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2192/ind_307-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de quebra-molas na Rua Duque de Caxias, em frente ao imóvel nº 454.</t>
+  </si>
+  <si>
+    <t>2193</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>Emanuel Huff - Coeio</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2193/ind_308-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a reinstalação do arco da tabela da quadra de basquete 3x3 localizada na Praça da_x000D_
+Avenida Paraná.</t>
+  </si>
+  <si>
+    <t>2194</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2194/ind_309-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de estações de hidratação ao longo da Avenida São Paulo e na Praça_x000D_
+Paraguay.</t>
+  </si>
+  <si>
+    <t>2195</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2195/ind_310-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a aquisição de drone para fiscalização da dengue e demais ações de fiscalização.</t>
+  </si>
+  <si>
+    <t>2197</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2197/ind-311-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a aquisição e instalação de Árvore Digital com wi-fi gratuito e pontos para carregamento de dispositivos eletrônicos.</t>
+  </si>
+  <si>
+    <t>2198</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2198/indicacao_reforma_alambrado_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a reforma do alambrado lateral do Centro de Convenções e Eventos.</t>
+  </si>
+  <si>
+    <t>2199</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2199/ind-313-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de estudo para que comerciantes também sejam premiados no âmbito do Programa Municipal Nota Premiada.</t>
+  </si>
+  <si>
+    <t>2200</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>Lucas Bortoluzzi - Luketa</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2200/indicacao_lousas_escolas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a substituição das lousas de giz por lousas para uso de canetão nas escolas da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2201</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2201/ind-315-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine junto ao setor competente, que seja realizado a liberação de wi-fi para pacientes nas unidades de saúde do_x000D_
+Município.</t>
+  </si>
+  <si>
+    <t>2202</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>Adelar Mujol, Paulo do Raio X</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2202/ind_316-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a disponibilização de médico veterinário para atendimento aos proprietários_x000D_
+rurais, com a finalidade de realizar a vacinação obrigatória dos rebanhos, em especial contra a brucelose.</t>
+  </si>
+  <si>
+    <t>2203</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a realização de jantar para o sorteio do Programa Municipal Nota Premiada, com o objetivo de fortalecer e ampliar o programa.</t>
+  </si>
+  <si>
+    <t>2204</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a construção de Parque Sensorial para crianças com Transtorno do Espectro Autista (TEA) na Praça Paraguai.</t>
+  </si>
+  <si>
+    <t>2205</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação do Cartão Saúde Corbélia, com histórico do paciente.</t>
+  </si>
+  <si>
+    <t>2206</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a criação do Programa Escolar “Feira de Projetos”.</t>
+  </si>
+  <si>
+    <t>2207</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>Emanuel Huff - Coeio, Maycon André</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2207/indicacao_programa_pomar_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instituição do Programa “Pomar Corbélia”.</t>
+  </si>
+  <si>
+    <t>2208</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>Adelar Mujol</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2208/ind-322-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine junto ao setor competente, a transformação das Ruas José de Alencar e Boca de Leão em vias preferenciais e adequação de quebra-molas.</t>
+  </si>
+  <si>
+    <t>2209</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2209/ind-323-2026_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de quebra-molas na Rua Castro Alves, Bairro Vila São José.</t>
+  </si>
+  <si>
+    <t>2214</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>Maycon André</t>
+  </si>
+  <si>
+    <t>Aquisição de carteiras plásticas para entrega de documentos pelo Posto do Detran no Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2215</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de câmeras de monitoramento em todos os bairros do Município.</t>
+  </si>
+  <si>
+    <t>2216</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que determine ao setor competente, a realização de limpeza e manutenção dos bueiros localizados no final da Rua Rosa, nas proximidades da BR 369, no Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2217</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, que determine ao setor competente, a elaboração de e divulgação de calendário oficial para coleta e retirada de entulhos nos bairros e destritos do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2218</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>Eli Stefanello</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2218/indicacao_eli_poda_de_arvores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente a verificação e poda das arvores que oferecem risco ao Município.</t>
+  </si>
+  <si>
+    <t>2220</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2220/indicacao_academia_ar_livre_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de uma Academia ao Ar Livre no Bairro Vila Nova Nazaré.</t>
+  </si>
+  <si>
+    <t>2221</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2221/indicacao_cacamba_solidaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a implantação de Caçambas Solidárias nos bairros do Município.</t>
+  </si>
+  <si>
+    <t>2222</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2222/indicacao_mudas_de_arvores_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, fornecimento de mudas de árvores para formação de barreira verde no Bairro Vila Nova Nazaré.</t>
+  </si>
+  <si>
+    <t>2225</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2225/ind_332-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito que viabilize serviços de recuperação, em duas pontes, localizadas na estrada da Comunidade de São Pedro e uma ponte que liga a Vila Nova Nazaré a Linha Rancho Mundo.</t>
+  </si>
+  <si>
+    <t>2226</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2226/ind_333-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a Instalação de bebedouro nas salas da Prefeitura no Residencial Peroza.</t>
+  </si>
+  <si>
+    <t>2227</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>Geraldinho</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2227/ind_334-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a aplicação de pó de pedra e manutenção das estradas rurais com pavimentação_x000D_
+em pedras irregulares.</t>
+  </si>
+  <si>
+    <t>2228</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2228/ind_335-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, para realização de estudo técnico para implantação de lombadas/redutores de velocidade nos novos trechos asfaltados do Município.</t>
+  </si>
+  <si>
+    <t>2229</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>Adelar Mujol, Laine da Saúde</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2229/ind_336-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de lombada elevada na Rua Tulipa, na quadra abaixo do Sindicato dos Trabalhadores.</t>
+  </si>
+  <si>
+    <t>2230</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>Zezinho Milhome</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2230/ind_337-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, para que seja disponibilizado um caminhão para limpar fossas no Distrito da Penha.</t>
+  </si>
+  <si>
+    <t>2231</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2231/ind_338-2026_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de redutor de velocidade na Rua Tiradentes, em frente à residência nº 188.</t>
+  </si>
+  <si>
+    <t>2233</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2233/indicacao_laine_parque_verde_vila_nova_nazare_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a Implantação de Parque/Bosque no Bairro Vila Nova Nazaré.</t>
+  </si>
+  <si>
+    <t>2234</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2234/indicacao_paulinho_redutor_bairro_berte_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de redutor de velocidade na Rua Dionísio Berte, em frente à residência nº 211.</t>
+  </si>
+  <si>
+    <t>2236</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, a instalação de um quebra-molas na Av. Paraná em frente a Mecânica Donato.</t>
+  </si>
+  <si>
+    <t>2241</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja_x000D_
+feito a solicitação de um curso e treinamento de algum funcionário do município para que seja feito as manutenções de máquinas pequenas como motoserras e roçadeiras do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2242</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja feita a substituição ou reforma e ampliação da academia ao ar livre em frente o ginásio de esportes José Bento Rodrigues Ouro verde do distrito do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2243</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja feito a solicitação de um local para de destino para os entulhos e lixos diversos nos distritos do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2244</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja adquiridos cortadoras de grama motorizado para o Município e também para os distritos do Ouro Verde e Penha.</t>
+  </si>
+  <si>
+    <t>2246</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que seja feito um estudo para implantação de câmeras de monitoramento nos transportes escolares e da rede da Saúde do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2247</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que  seja feito um estudo para implantação de plantio de grama ao lado das estradas de  pedras irregulares  do Município de Corbélia</t>
+  </si>
+  <si>
+    <t>2248</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que  seja feito um estudo para reforma do local e restauração  do telefone público “orelhão” da rodoviaria  do Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2249</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal, que determine ao setor competente, que  seja feito um estudo para a contratação de uma empresa responsável para fazer a limpeza das bocas de lobo do   Município de Corbélia.</t>
+  </si>
+  <si>
+    <t>2245</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Em reconhecimento à Senhora Erotides da Silva Jandrey e ao Senhor Hugo Valter Jandrey.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -526,67 +1252,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2185/projeto_de_lei_001_recape_e_pavim.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2187/projeto_de_lei_02.2026_concessao_de_uso_de_imovel_a_coopracor.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2188/projeto_de_lei_03.2026_alteracao_da_lei_1356.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2189/projeto_de_lei_04.2026_altera_a_lei_760.2012_conselho_da_mulher..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2190/projeto_de_lei_05.2026_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2181/indicacao_vereador_lira_-_uniformes_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2182/indicacao_vereador_lira_-_transporte_universitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2183/indicacao_vereador_lira_-_calcada_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2184/indicacao_vereador_lira_-_terrenos_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2186/indicacao_laine_recapeamento_asfaltico_assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2213/projeto_de_lei_complementar_01.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2185/projeto_de_lei_001_recape_e_pavim.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2187/projeto_de_lei_02.2026_concessao_de_uso_de_imovel_a_coopracor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2188/projeto_de_lei_03.2026_alteracao_da_lei_1356.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2189/projeto_de_lei_04.2026_altera_a_lei_760.2012_conselho_da_mulher..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2190/projeto_de_lei_05.2026_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2210/projeto_06.2026._projeto_de_lei_pro_moradia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2211/projeto_de_lei_07.2026_recebimento_de_recursos_copacol.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2212/projeto_de_lei_08.2026_alteracao_da_lei_1358.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2223/projeto_de_lei_09.2026_autorizacao_termo_de_acordo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2224/projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2232/projeto_de_lei_11.2026_termo_de_fomento_apae.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2235/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2239/projeto_de_lei_patinetes_eli_e_luketa_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2240/projeto_de_lei_limpeza_fossas_assinado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2219/projeto3-regimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2196/20-parecer_previo_-_403-25_-_s1c.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2237/requerimento_laine_e_andre_lei_fibromialgia_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2181/indicacao_vereador_lira_-_uniformes_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2182/indicacao_vereador_lira_-_transporte_universitario_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2183/ind_303-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2184/indicacao_vereador_lira_-_terrenos_assinado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2186/ind_305-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2191/ind_306-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2192/ind_307-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2193/ind_308-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2194/ind_309-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2195/ind_310-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2197/ind-311-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2198/indicacao_reforma_alambrado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2199/ind-313-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2200/indicacao_lousas_escolas_assinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2201/ind-315-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2202/ind_316-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2207/indicacao_programa_pomar_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2208/ind-322-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2209/ind-323-2026_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2218/indicacao_eli_poda_de_arvores_assinado.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2220/indicacao_academia_ar_livre_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2221/indicacao_cacamba_solidaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2222/indicacao_mudas_de_arvores_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2225/ind_332-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2226/ind_333-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2227/ind_334-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2228/ind_335-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2229/ind_336-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2230/ind_337-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2231/ind_338-2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2233/indicacao_laine_parque_verde_vila_nova_nazare_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/sapl/public/materialegislativa/2026/2234/indicacao_paulinho_redutor_bairro_berte_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.corbelia.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="35.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -609,285 +1335,1851 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>47</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>51</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>53</v>
       </c>
-      <c r="G11" s="1" t="s">
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
         <v>54</v>
       </c>
-      <c r="H11" t="s">
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>18</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" t="s">
+        <v>86</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" t="s">
+        <v>91</v>
+      </c>
+      <c r="E19" t="s">
+        <v>92</v>
+      </c>
+      <c r="F19" t="s">
+        <v>93</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H19" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>96</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>100</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" t="s">
+        <v>100</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H21" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>107</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" t="s">
+        <v>99</v>
+      </c>
+      <c r="F22" t="s">
+        <v>100</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" t="s">
+        <v>98</v>
+      </c>
+      <c r="E23" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" t="s">
+        <v>100</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H23" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>115</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" t="s">
+        <v>98</v>
+      </c>
+      <c r="E24" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" t="s">
+        <v>117</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H24" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>120</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>121</v>
+      </c>
+      <c r="D25" t="s">
+        <v>98</v>
+      </c>
+      <c r="E25" t="s">
+        <v>99</v>
+      </c>
+      <c r="F25" t="s">
+        <v>117</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H25" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" t="s">
+        <v>126</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H26" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>129</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" t="s">
+        <v>98</v>
+      </c>
+      <c r="E27" t="s">
+        <v>99</v>
+      </c>
+      <c r="F27" t="s">
+        <v>131</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H27" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>134</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>135</v>
+      </c>
+      <c r="D28" t="s">
+        <v>98</v>
+      </c>
+      <c r="E28" t="s">
+        <v>99</v>
+      </c>
+      <c r="F28" t="s">
+        <v>131</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H28" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>138</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>139</v>
+      </c>
+      <c r="D29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29" t="s">
+        <v>99</v>
+      </c>
+      <c r="F29" t="s">
+        <v>131</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H29" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>142</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>143</v>
+      </c>
+      <c r="D30" t="s">
+        <v>98</v>
+      </c>
+      <c r="E30" t="s">
+        <v>99</v>
+      </c>
+      <c r="F30" t="s">
+        <v>131</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H30" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>146</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>147</v>
+      </c>
+      <c r="D31" t="s">
+        <v>98</v>
+      </c>
+      <c r="E31" t="s">
+        <v>99</v>
+      </c>
+      <c r="F31" t="s">
+        <v>131</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H31" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>150</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32" t="s">
+        <v>98</v>
+      </c>
+      <c r="E32" t="s">
+        <v>99</v>
+      </c>
+      <c r="F32" t="s">
+        <v>131</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H32" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>154</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>155</v>
+      </c>
+      <c r="D33" t="s">
+        <v>98</v>
+      </c>
+      <c r="E33" t="s">
+        <v>99</v>
+      </c>
+      <c r="F33" t="s">
+        <v>156</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H33" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>159</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>160</v>
+      </c>
+      <c r="D34" t="s">
+        <v>98</v>
+      </c>
+      <c r="E34" t="s">
+        <v>99</v>
+      </c>
+      <c r="F34" t="s">
+        <v>117</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H34" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>163</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>164</v>
+      </c>
+      <c r="D35" t="s">
+        <v>98</v>
+      </c>
+      <c r="E35" t="s">
+        <v>99</v>
+      </c>
+      <c r="F35" t="s">
+        <v>165</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H35" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>168</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>169</v>
+      </c>
+      <c r="D36" t="s">
+        <v>98</v>
+      </c>
+      <c r="E36" t="s">
+        <v>99</v>
+      </c>
+      <c r="F36" t="s">
+        <v>131</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H36" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>172</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>173</v>
+      </c>
+      <c r="D37" t="s">
+        <v>98</v>
+      </c>
+      <c r="E37" t="s">
+        <v>99</v>
+      </c>
+      <c r="F37" t="s">
+        <v>131</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H37" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>175</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>176</v>
+      </c>
+      <c r="D38" t="s">
+        <v>98</v>
+      </c>
+      <c r="E38" t="s">
+        <v>99</v>
+      </c>
+      <c r="F38" t="s">
+        <v>131</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H38" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>178</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>179</v>
+      </c>
+      <c r="D39" t="s">
+        <v>98</v>
+      </c>
+      <c r="E39" t="s">
+        <v>99</v>
+      </c>
+      <c r="F39" t="s">
+        <v>131</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H39" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>181</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>182</v>
+      </c>
+      <c r="D40" t="s">
+        <v>98</v>
+      </c>
+      <c r="E40" t="s">
+        <v>99</v>
+      </c>
+      <c r="F40" t="s">
+        <v>183</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H40" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>186</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>187</v>
+      </c>
+      <c r="D41" t="s">
+        <v>98</v>
+      </c>
+      <c r="E41" t="s">
+        <v>99</v>
+      </c>
+      <c r="F41" t="s">
+        <v>188</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H41" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>191</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>192</v>
+      </c>
+      <c r="D42" t="s">
+        <v>98</v>
+      </c>
+      <c r="E42" t="s">
+        <v>99</v>
+      </c>
+      <c r="F42" t="s">
+        <v>126</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H42" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>195</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>196</v>
+      </c>
+      <c r="D43" t="s">
+        <v>98</v>
+      </c>
+      <c r="E43" t="s">
+        <v>99</v>
+      </c>
+      <c r="F43" t="s">
+        <v>197</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H43" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>199</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>200</v>
+      </c>
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44" t="s">
+        <v>99</v>
+      </c>
+      <c r="F44" t="s">
+        <v>117</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H44" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>202</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>203</v>
+      </c>
+      <c r="D45" t="s">
+        <v>98</v>
+      </c>
+      <c r="E45" t="s">
+        <v>99</v>
+      </c>
+      <c r="F45" t="s">
+        <v>188</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H45" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>205</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>206</v>
+      </c>
+      <c r="D46" t="s">
+        <v>98</v>
+      </c>
+      <c r="E46" t="s">
+        <v>99</v>
+      </c>
+      <c r="F46" t="s">
+        <v>188</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H46" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>208</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>209</v>
+      </c>
+      <c r="D47" t="s">
+        <v>98</v>
+      </c>
+      <c r="E47" t="s">
+        <v>99</v>
+      </c>
+      <c r="F47" t="s">
+        <v>210</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H47" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>213</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>214</v>
+      </c>
+      <c r="D48" t="s">
+        <v>98</v>
+      </c>
+      <c r="E48" t="s">
+        <v>99</v>
+      </c>
+      <c r="F48" t="s">
+        <v>117</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H48" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>217</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>218</v>
+      </c>
+      <c r="D49" t="s">
+        <v>98</v>
+      </c>
+      <c r="E49" t="s">
+        <v>99</v>
+      </c>
+      <c r="F49" t="s">
+        <v>117</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H49" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>221</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>222</v>
+      </c>
+      <c r="D50" t="s">
+        <v>98</v>
+      </c>
+      <c r="E50" t="s">
+        <v>99</v>
+      </c>
+      <c r="F50" t="s">
+        <v>117</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H50" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>225</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>226</v>
+      </c>
+      <c r="D51" t="s">
+        <v>98</v>
+      </c>
+      <c r="E51" t="s">
+        <v>99</v>
+      </c>
+      <c r="F51" t="s">
+        <v>210</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H51" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>229</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>230</v>
+      </c>
+      <c r="D52" t="s">
+        <v>98</v>
+      </c>
+      <c r="E52" t="s">
+        <v>99</v>
+      </c>
+      <c r="F52" t="s">
+        <v>117</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H52" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>233</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>234</v>
+      </c>
+      <c r="D53" t="s">
+        <v>98</v>
+      </c>
+      <c r="E53" t="s">
+        <v>99</v>
+      </c>
+      <c r="F53" t="s">
+        <v>235</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H53" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>238</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>239</v>
+      </c>
+      <c r="D54" t="s">
+        <v>98</v>
+      </c>
+      <c r="E54" t="s">
+        <v>99</v>
+      </c>
+      <c r="F54" t="s">
+        <v>117</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H54" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>242</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>243</v>
+      </c>
+      <c r="D55" t="s">
+        <v>98</v>
+      </c>
+      <c r="E55" t="s">
+        <v>99</v>
+      </c>
+      <c r="F55" t="s">
+        <v>244</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H55" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>247</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>248</v>
+      </c>
+      <c r="D56" t="s">
+        <v>98</v>
+      </c>
+      <c r="E56" t="s">
+        <v>99</v>
+      </c>
+      <c r="F56" t="s">
+        <v>249</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H56" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>252</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>253</v>
+      </c>
+      <c r="D57" t="s">
+        <v>98</v>
+      </c>
+      <c r="E57" t="s">
+        <v>99</v>
+      </c>
+      <c r="F57" t="s">
+        <v>126</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H57" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>256</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>257</v>
+      </c>
+      <c r="D58" t="s">
+        <v>98</v>
+      </c>
+      <c r="E58" t="s">
+        <v>99</v>
+      </c>
+      <c r="F58" t="s">
+        <v>117</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H58" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>260</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>261</v>
+      </c>
+      <c r="D59" t="s">
+        <v>98</v>
+      </c>
+      <c r="E59" t="s">
+        <v>99</v>
+      </c>
+      <c r="F59" t="s">
+        <v>126</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H59" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>264</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>265</v>
+      </c>
+      <c r="D60" t="s">
+        <v>98</v>
+      </c>
+      <c r="E60" t="s">
+        <v>99</v>
+      </c>
+      <c r="F60" t="s">
+        <v>197</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H60" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>267</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>268</v>
+      </c>
+      <c r="D61" t="s">
+        <v>98</v>
+      </c>
+      <c r="E61" t="s">
+        <v>99</v>
+      </c>
+      <c r="F61" t="s">
+        <v>235</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H61" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>270</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>271</v>
+      </c>
+      <c r="D62" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" t="s">
+        <v>235</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H62" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>273</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>274</v>
+      </c>
+      <c r="D63" t="s">
+        <v>98</v>
+      </c>
+      <c r="E63" t="s">
+        <v>99</v>
+      </c>
+      <c r="F63" t="s">
+        <v>235</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H63" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>276</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>277</v>
+      </c>
+      <c r="D64" t="s">
+        <v>98</v>
+      </c>
+      <c r="E64" t="s">
+        <v>99</v>
+      </c>
+      <c r="F64" t="s">
+        <v>235</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H64" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>279</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>280</v>
+      </c>
+      <c r="D65" t="s">
+        <v>98</v>
+      </c>
+      <c r="E65" t="s">
+        <v>99</v>
+      </c>
+      <c r="F65" t="s">
+        <v>117</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H65" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>282</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>283</v>
+      </c>
+      <c r="D66" t="s">
+        <v>98</v>
+      </c>
+      <c r="E66" t="s">
+        <v>99</v>
+      </c>
+      <c r="F66" t="s">
+        <v>210</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H66" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>285</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>286</v>
+      </c>
+      <c r="D67" t="s">
+        <v>98</v>
+      </c>
+      <c r="E67" t="s">
+        <v>99</v>
+      </c>
+      <c r="F67" t="s">
+        <v>210</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H67" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>288</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>289</v>
+      </c>
+      <c r="D68" t="s">
+        <v>98</v>
+      </c>
+      <c r="E68" t="s">
+        <v>99</v>
+      </c>
+      <c r="F68" t="s">
+        <v>210</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H68" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>291</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>292</v>
+      </c>
+      <c r="D69" t="s">
+        <v>293</v>
+      </c>
+      <c r="E69" t="s">
+        <v>294</v>
+      </c>
+      <c r="F69" t="s">
+        <v>126</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H69" t="s">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>